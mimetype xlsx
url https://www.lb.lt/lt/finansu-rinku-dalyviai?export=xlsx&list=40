--- v0 (2025-10-16)
+++ v1 (2025-12-05)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="39">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="40">
   <si>
     <t>Pavadinimas</t>
   </si>
   <si>
     <t>Tipas</t>
   </si>
   <si>
     <t>Verslo forma</t>
   </si>
   <si>
     <t>Įmonės kodas</t>
   </si>
   <si>
     <t>Kitos šalies suteiktas kodas</t>
   </si>
   <si>
     <t>Licencijos tipas/rūšis</t>
   </si>
   <si>
     <t>Autorizacijos kodas</t>
   </si>
   <si>
     <t>galioja nuo</t>
   </si>
   <si>
@@ -80,57 +80,60 @@
   <si>
     <t>Coreco Specialist Finance Limited</t>
   </si>
   <si>
     <t>ES/EEE kredito, susijusio su nekilnojamuoju turtu, tarpininkas</t>
   </si>
   <si>
     <t>Donatas Sadonis</t>
   </si>
   <si>
     <t>UAB „Finker“</t>
   </si>
   <si>
     <t>Impact Specialist Finance Limited</t>
   </si>
   <si>
     <t>MB Kredito tarpininkas</t>
   </si>
   <si>
     <t>Life Map Limited</t>
   </si>
   <si>
     <t>MB "Finansų brokeris"</t>
   </si>
   <si>
+    <t>MB „Finansų patarimai“</t>
+  </si>
+  <si>
+    <t>Kredito, susijusio su nekilnojamuoju turtu, tarpininkas, Vartojimo kredito tarpininkas</t>
+  </si>
+  <si>
+    <t>Nepriklausomi vartojimo kredito tarpininkai, Nepriklausomas kredito tarpininkas, veikiantis pagal Lietuvos Respublikos su nekilnojamuoju turtu susijusio kredito įstatymą</t>
+  </si>
+  <si>
     <t>MB „Investolita“</t>
-  </si>
-[...4 lines deleted...]
-    <t>Nepriklausomi vartojimo kredito tarpininkai, Nepriklausomas kredito tarpininkas, veikiantis pagal Lietuvos Respublikos su nekilnojamuoju turtu susijusio kredito įstatymą</t>
   </si>
   <si>
     <t>UAB Paskolų brokeriai</t>
   </si>
   <si>
     <t>Saulius Ciesiūnas</t>
   </si>
   <si>
     <t>SIA „BIOENERGY TRADE LTD</t>
   </si>
   <si>
     <t xml:space="preserve">UAB „Business mind“ </t>
   </si>
   <si>
     <t>UAB Būsto paskolų konsultantai</t>
   </si>
   <si>
     <t>UAB Būsto paskolų refinansavimas</t>
   </si>
   <si>
     <t>UAB „Finbro“</t>
   </si>
   <si>
     <t>Kredito, susijusio su nekilnojamuoju turtu, tarpininkas, Vartojimo kredito davėjas</t>
   </si>
@@ -487,54 +490,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I23"/>
+  <dimension ref="A1:I24"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I23" sqref="I23"/>
+      <selection activeCell="I24" sqref="I24"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="40" customWidth="true" style="0"/>
     <col min="2" max="2" width="40" customWidth="true" style="0"/>
     <col min="3" max="3" width="40" customWidth="true" style="0"/>
     <col min="4" max="4" width="40" customWidth="true" style="0"/>
     <col min="5" max="5" width="40" customWidth="true" style="0"/>
     <col min="6" max="6" width="40" customWidth="true" style="0"/>
     <col min="7" max="7" width="40" customWidth="true" style="0"/>
     <col min="8" max="8" width="40" customWidth="true" style="0"/>
     <col min="9" max="9" width="40" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
@@ -715,283 +718,302 @@
         <v>10</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D10" s="2">
         <v>304423068</v>
       </c>
       <c r="E10" s="2"/>
       <c r="F10" s="2"/>
       <c r="G10" s="2"/>
       <c r="H10" s="2"/>
       <c r="I10" s="2"/>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" s="2" t="s">
         <v>22</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>23</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>24</v>
       </c>
       <c r="D11" s="2">
-        <v>305117989</v>
+        <v>305261427</v>
       </c>
       <c r="E11" s="2"/>
       <c r="F11" s="2"/>
       <c r="G11" s="2"/>
       <c r="H11" s="2"/>
       <c r="I11" s="2"/>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B12" s="2" t="s">
-        <v>10</v>
+        <v>23</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>11</v>
+        <v>24</v>
       </c>
       <c r="D12" s="2">
-        <v>304935111</v>
+        <v>305117989</v>
       </c>
       <c r="E12" s="2"/>
       <c r="F12" s="2"/>
       <c r="G12" s="2"/>
       <c r="H12" s="2"/>
       <c r="I12" s="2"/>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" s="2" t="s">
         <v>26</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="D13" s="2"/>
+      <c r="D13" s="2">
+        <v>304935111</v>
+      </c>
       <c r="E13" s="2"/>
       <c r="F13" s="2"/>
       <c r="G13" s="2"/>
       <c r="H13" s="2"/>
       <c r="I13" s="2"/>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" s="2" t="s">
         <v>27</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="D14" s="2"/>
-      <c r="E14" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E14" s="2"/>
       <c r="F14" s="2"/>
       <c r="G14" s="2"/>
       <c r="H14" s="2"/>
       <c r="I14" s="2"/>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" s="2" t="s">
         <v>28</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>11</v>
-[...4 lines deleted...]
-      <c r="E15" s="2"/>
+        <v>15</v>
+      </c>
+      <c r="D15" s="2"/>
+      <c r="E15" s="2">
+        <v>50103846821</v>
+      </c>
       <c r="F15" s="2"/>
       <c r="G15" s="2"/>
       <c r="H15" s="2"/>
       <c r="I15" s="2"/>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" s="2" t="s">
         <v>29</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D16" s="2">
-        <v>306004784</v>
+        <v>303239656</v>
       </c>
       <c r="E16" s="2"/>
       <c r="F16" s="2"/>
       <c r="G16" s="2"/>
       <c r="H16" s="2"/>
       <c r="I16" s="2"/>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" s="2" t="s">
         <v>30</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D17" s="2">
-        <v>306388096</v>
+        <v>306004784</v>
       </c>
       <c r="E17" s="2"/>
       <c r="F17" s="2"/>
       <c r="G17" s="2"/>
       <c r="H17" s="2"/>
       <c r="I17" s="2"/>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B18" s="2" t="s">
-        <v>32</v>
+        <v>10</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>33</v>
+        <v>11</v>
       </c>
       <c r="D18" s="2">
-        <v>305377937</v>
+        <v>306388096</v>
       </c>
       <c r="E18" s="2"/>
       <c r="F18" s="2"/>
       <c r="G18" s="2"/>
       <c r="H18" s="2"/>
       <c r="I18" s="2"/>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="B19" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="C19" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="B19" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D19" s="2">
-        <v>305757537</v>
+        <v>305377937</v>
       </c>
       <c r="E19" s="2"/>
       <c r="F19" s="2"/>
       <c r="G19" s="2"/>
       <c r="H19" s="2"/>
       <c r="I19" s="2"/>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" s="2" t="s">
         <v>35</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D20" s="2">
-        <v>302996838</v>
+        <v>305757537</v>
       </c>
       <c r="E20" s="2"/>
       <c r="F20" s="2"/>
       <c r="G20" s="2"/>
       <c r="H20" s="2"/>
       <c r="I20" s="2"/>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" s="2" t="s">
         <v>36</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C21" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D21" s="2">
-        <v>111645042</v>
+        <v>302996838</v>
       </c>
       <c r="E21" s="2"/>
       <c r="F21" s="2"/>
       <c r="G21" s="2"/>
       <c r="H21" s="2"/>
       <c r="I21" s="2"/>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" s="2" t="s">
         <v>37</v>
       </c>
       <c r="B22" s="2" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>24</v>
+        <v>11</v>
       </c>
       <c r="D22" s="2">
-        <v>303466497</v>
+        <v>111645042</v>
       </c>
       <c r="E22" s="2"/>
       <c r="F22" s="2"/>
       <c r="G22" s="2"/>
       <c r="H22" s="2"/>
       <c r="I22" s="2"/>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" s="2" t="s">
         <v>38</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>23</v>
       </c>
       <c r="C23" s="2" t="s">
         <v>24</v>
       </c>
       <c r="D23" s="2">
-        <v>305578452</v>
+        <v>303466497</v>
       </c>
       <c r="E23" s="2"/>
       <c r="F23" s="2"/>
       <c r="G23" s="2"/>
       <c r="H23" s="2"/>
       <c r="I23" s="2"/>
+    </row>
+    <row r="24" spans="1:9">
+      <c r="A24" s="2" t="s">
+        <v>39</v>
+      </c>
+      <c r="B24" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="C24" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="D24" s="2">
+        <v>305578452</v>
+      </c>
+      <c r="E24" s="2"/>
+      <c r="F24" s="2"/>
+      <c r="G24" s="2"/>
+      <c r="H24" s="2"/>
+      <c r="I24" s="2"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>