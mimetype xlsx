--- v1 (2025-12-05)
+++ v2 (2026-01-21)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="40">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="41">
   <si>
     <t>Pavadinimas</t>
   </si>
   <si>
     <t>Tipas</t>
   </si>
   <si>
     <t>Verslo forma</t>
   </si>
   <si>
     <t>Įmonės kodas</t>
   </si>
   <si>
     <t>Kitos šalies suteiktas kodas</t>
   </si>
   <si>
     <t>Licencijos tipas/rūšis</t>
   </si>
   <si>
     <t>Autorizacijos kodas</t>
   </si>
   <si>
     <t>galioja nuo</t>
   </si>
   <si>
@@ -99,50 +99,53 @@
     <t>Life Map Limited</t>
   </si>
   <si>
     <t>MB "Finansų brokeris"</t>
   </si>
   <si>
     <t>MB „Finansų patarimai“</t>
   </si>
   <si>
     <t>Kredito, susijusio su nekilnojamuoju turtu, tarpininkas, Vartojimo kredito tarpininkas</t>
   </si>
   <si>
     <t>Nepriklausomi vartojimo kredito tarpininkai, Nepriklausomas kredito tarpininkas, veikiantis pagal Lietuvos Respublikos su nekilnojamuoju turtu susijusio kredito įstatymą</t>
   </si>
   <si>
     <t>MB „Investolita“</t>
   </si>
   <si>
     <t>UAB Paskolų brokeriai</t>
   </si>
   <si>
     <t>Saulius Ciesiūnas</t>
   </si>
   <si>
     <t>SIA „BIOENERGY TRADE LTD</t>
+  </si>
+  <si>
+    <t>UAB Aura domus</t>
   </si>
   <si>
     <t xml:space="preserve">UAB „Business mind“ </t>
   </si>
   <si>
     <t>UAB Būsto paskolų konsultantai</t>
   </si>
   <si>
     <t>UAB Būsto paskolų refinansavimas</t>
   </si>
   <si>
     <t>UAB „Finbro“</t>
   </si>
   <si>
     <t>Kredito, susijusio su nekilnojamuoju turtu, tarpininkas, Vartojimo kredito davėjas</t>
   </si>
   <si>
     <t>Vartojimo kredito davėjas, Nepriklausomas kredito tarpininkas, veikiantis pagal Lietuvos Respublikos su nekilnojamuoju turtu susijusio kredito įstatymą</t>
   </si>
   <si>
     <t>UAB „Kreditguru“</t>
   </si>
   <si>
     <t>UAB "LENDERS"</t>
   </si>
@@ -490,54 +493,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I24"/>
+  <dimension ref="A1:I25"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I24" sqref="I24"/>
+      <selection activeCell="I25" sqref="I25"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="40" customWidth="true" style="0"/>
     <col min="2" max="2" width="40" customWidth="true" style="0"/>
     <col min="3" max="3" width="40" customWidth="true" style="0"/>
     <col min="4" max="4" width="40" customWidth="true" style="0"/>
     <col min="5" max="5" width="40" customWidth="true" style="0"/>
     <col min="6" max="6" width="40" customWidth="true" style="0"/>
     <col min="7" max="7" width="40" customWidth="true" style="0"/>
     <col min="8" max="8" width="40" customWidth="true" style="0"/>
     <col min="9" max="9" width="40" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
@@ -811,209 +814,228 @@
         <v>10</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>15</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2">
         <v>50103846821</v>
       </c>
       <c r="F15" s="2"/>
       <c r="G15" s="2"/>
       <c r="H15" s="2"/>
       <c r="I15" s="2"/>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" s="2" t="s">
         <v>29</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D16" s="2">
-        <v>303239656</v>
+        <v>307472070</v>
       </c>
       <c r="E16" s="2"/>
       <c r="F16" s="2"/>
       <c r="G16" s="2"/>
       <c r="H16" s="2"/>
       <c r="I16" s="2"/>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" s="2" t="s">
         <v>30</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D17" s="2">
-        <v>306004784</v>
+        <v>303239656</v>
       </c>
       <c r="E17" s="2"/>
       <c r="F17" s="2"/>
       <c r="G17" s="2"/>
       <c r="H17" s="2"/>
       <c r="I17" s="2"/>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D18" s="2">
-        <v>306388096</v>
+        <v>306004784</v>
       </c>
       <c r="E18" s="2"/>
       <c r="F18" s="2"/>
       <c r="G18" s="2"/>
       <c r="H18" s="2"/>
       <c r="I18" s="2"/>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" s="2" t="s">
         <v>32</v>
       </c>
       <c r="B19" s="2" t="s">
-        <v>33</v>
+        <v>10</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>34</v>
+        <v>11</v>
       </c>
       <c r="D19" s="2">
-        <v>305377937</v>
+        <v>306388096</v>
       </c>
       <c r="E19" s="2"/>
       <c r="F19" s="2"/>
       <c r="G19" s="2"/>
       <c r="H19" s="2"/>
       <c r="I19" s="2"/>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="B20" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="C20" s="2" t="s">
         <v>35</v>
       </c>
-      <c r="B20" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D20" s="2">
-        <v>305757537</v>
+        <v>305377937</v>
       </c>
       <c r="E20" s="2"/>
       <c r="F20" s="2"/>
       <c r="G20" s="2"/>
       <c r="H20" s="2"/>
       <c r="I20" s="2"/>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" s="2" t="s">
         <v>36</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C21" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D21" s="2">
-        <v>302996838</v>
+        <v>305757537</v>
       </c>
       <c r="E21" s="2"/>
       <c r="F21" s="2"/>
       <c r="G21" s="2"/>
       <c r="H21" s="2"/>
       <c r="I21" s="2"/>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" s="2" t="s">
         <v>37</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D22" s="2">
-        <v>111645042</v>
+        <v>302996838</v>
       </c>
       <c r="E22" s="2"/>
       <c r="F22" s="2"/>
       <c r="G22" s="2"/>
       <c r="H22" s="2"/>
       <c r="I22" s="2"/>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" s="2" t="s">
         <v>38</v>
       </c>
       <c r="B23" s="2" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>24</v>
+        <v>11</v>
       </c>
       <c r="D23" s="2">
-        <v>303466497</v>
+        <v>111645042</v>
       </c>
       <c r="E23" s="2"/>
       <c r="F23" s="2"/>
       <c r="G23" s="2"/>
       <c r="H23" s="2"/>
       <c r="I23" s="2"/>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" s="2" t="s">
         <v>39</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>23</v>
       </c>
       <c r="C24" s="2" t="s">
         <v>24</v>
       </c>
       <c r="D24" s="2">
-        <v>305578452</v>
+        <v>303466497</v>
       </c>
       <c r="E24" s="2"/>
       <c r="F24" s="2"/>
       <c r="G24" s="2"/>
       <c r="H24" s="2"/>
       <c r="I24" s="2"/>
+    </row>
+    <row r="25" spans="1:9">
+      <c r="A25" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="B25" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="C25" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="D25" s="2">
+        <v>305578452</v>
+      </c>
+      <c r="E25" s="2"/>
+      <c r="F25" s="2"/>
+      <c r="G25" s="2"/>
+      <c r="H25" s="2"/>
+      <c r="I25" s="2"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>