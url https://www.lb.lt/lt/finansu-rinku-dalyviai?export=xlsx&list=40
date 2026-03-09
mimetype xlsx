--- v2 (2026-01-21)
+++ v3 (2026-03-09)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="41">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
   <si>
     <t>Pavadinimas</t>
   </si>
   <si>
     <t>Tipas</t>
   </si>
   <si>
     <t>Verslo forma</t>
   </si>
   <si>
     <t>Įmonės kodas</t>
   </si>
   <si>
     <t>Kitos šalies suteiktas kodas</t>
   </si>
   <si>
     <t>Licencijos tipas/rūšis</t>
   </si>
   <si>
     <t>Autorizacijos kodas</t>
   </si>
   <si>
     <t>galioja nuo</t>
   </si>
   <si>
@@ -92,87 +92,93 @@
   <si>
     <t>Impact Specialist Finance Limited</t>
   </si>
   <si>
     <t>MB Kredito tarpininkas</t>
   </si>
   <si>
     <t>Life Map Limited</t>
   </si>
   <si>
     <t>MB "Finansų brokeris"</t>
   </si>
   <si>
     <t>MB „Finansų patarimai“</t>
   </si>
   <si>
     <t>Kredito, susijusio su nekilnojamuoju turtu, tarpininkas, Vartojimo kredito tarpininkas</t>
   </si>
   <si>
     <t>Nepriklausomi vartojimo kredito tarpininkai, Nepriklausomas kredito tarpininkas, veikiantis pagal Lietuvos Respublikos su nekilnojamuoju turtu susijusio kredito įstatymą</t>
   </si>
   <si>
     <t>MB „Investolita“</t>
   </si>
   <si>
+    <t>Monvera, MB</t>
+  </si>
+  <si>
     <t>UAB Paskolų brokeriai</t>
   </si>
   <si>
     <t>Saulius Ciesiūnas</t>
   </si>
   <si>
     <t>SIA „BIOENERGY TRADE LTD</t>
   </si>
   <si>
     <t>UAB Aura domus</t>
   </si>
   <si>
-    <t xml:space="preserve">UAB „Business mind“ </t>
-[...1 lines deleted...]
-  <si>
     <t>UAB Būsto paskolų konsultantai</t>
   </si>
   <si>
     <t>UAB Būsto paskolų refinansavimas</t>
   </si>
   <si>
     <t>UAB „Finbro“</t>
   </si>
   <si>
     <t>Kredito, susijusio su nekilnojamuoju turtu, tarpininkas, Vartojimo kredito davėjas</t>
   </si>
   <si>
     <t>Vartojimo kredito davėjas, Nepriklausomas kredito tarpininkas, veikiantis pagal Lietuvos Respublikos su nekilnojamuoju turtu susijusio kredito įstatymą</t>
   </si>
   <si>
+    <t xml:space="preserve">UAB iFuture Finance </t>
+  </si>
+  <si>
     <t>UAB „Kreditguru“</t>
   </si>
   <si>
     <t>UAB "LENDERS"</t>
   </si>
   <si>
     <t>Uždaroji akcinė bendrovė „OBER-HAUS“ nekilnojamas turtas</t>
+  </si>
+  <si>
+    <t xml:space="preserve">UAB „Paskolų birža“ </t>
   </si>
   <si>
     <t>UAB ,,Paskolų tarpininkai"</t>
   </si>
   <si>
     <t>UAB „VIP Finance“</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="3">
@@ -493,54 +499,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I25"/>
+  <dimension ref="A1:I27"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I25" sqref="I25"/>
+      <selection activeCell="I27" sqref="I27"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="40" customWidth="true" style="0"/>
     <col min="2" max="2" width="40" customWidth="true" style="0"/>
     <col min="3" max="3" width="40" customWidth="true" style="0"/>
     <col min="4" max="4" width="40" customWidth="true" style="0"/>
     <col min="5" max="5" width="40" customWidth="true" style="0"/>
     <col min="6" max="6" width="40" customWidth="true" style="0"/>
     <col min="7" max="7" width="40" customWidth="true" style="0"/>
     <col min="8" max="8" width="40" customWidth="true" style="0"/>
     <col min="9" max="9" width="40" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
@@ -753,131 +759,131 @@
     </row>
     <row r="12" spans="1:9">
       <c r="A12" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>23</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>24</v>
       </c>
       <c r="D12" s="2">
         <v>305117989</v>
       </c>
       <c r="E12" s="2"/>
       <c r="F12" s="2"/>
       <c r="G12" s="2"/>
       <c r="H12" s="2"/>
       <c r="I12" s="2"/>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" s="2" t="s">
         <v>26</v>
       </c>
       <c r="B13" s="2" t="s">
-        <v>10</v>
+        <v>23</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>11</v>
+        <v>24</v>
       </c>
       <c r="D13" s="2">
-        <v>304935111</v>
+        <v>307536562</v>
       </c>
       <c r="E13" s="2"/>
       <c r="F13" s="2"/>
       <c r="G13" s="2"/>
       <c r="H13" s="2"/>
       <c r="I13" s="2"/>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" s="2" t="s">
         <v>27</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="D14" s="2"/>
+      <c r="D14" s="2">
+        <v>304935111</v>
+      </c>
       <c r="E14" s="2"/>
       <c r="F14" s="2"/>
       <c r="G14" s="2"/>
       <c r="H14" s="2"/>
       <c r="I14" s="2"/>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" s="2" t="s">
         <v>28</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="D15" s="2"/>
-      <c r="E15" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E15" s="2"/>
       <c r="F15" s="2"/>
       <c r="G15" s="2"/>
       <c r="H15" s="2"/>
       <c r="I15" s="2"/>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" s="2" t="s">
         <v>29</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>11</v>
-[...4 lines deleted...]
-      <c r="E16" s="2"/>
+        <v>15</v>
+      </c>
+      <c r="D16" s="2"/>
+      <c r="E16" s="2">
+        <v>50103846821</v>
+      </c>
       <c r="F16" s="2"/>
       <c r="G16" s="2"/>
       <c r="H16" s="2"/>
       <c r="I16" s="2"/>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" s="2" t="s">
         <v>30</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D17" s="2">
-        <v>303239656</v>
+        <v>307472070</v>
       </c>
       <c r="E17" s="2"/>
       <c r="F17" s="2"/>
       <c r="G17" s="2"/>
       <c r="H17" s="2"/>
       <c r="I17" s="2"/>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D18" s="2">
         <v>306004784</v>
       </c>
       <c r="E18" s="2"/>
       <c r="F18" s="2"/>
       <c r="G18" s="2"/>
       <c r="H18" s="2"/>
       <c r="I18" s="2"/>
@@ -909,133 +915,173 @@
         <v>34</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>35</v>
       </c>
       <c r="D20" s="2">
         <v>305377937</v>
       </c>
       <c r="E20" s="2"/>
       <c r="F20" s="2"/>
       <c r="G20" s="2"/>
       <c r="H20" s="2"/>
       <c r="I20" s="2"/>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" s="2" t="s">
         <v>36</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C21" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D21" s="2">
-        <v>305757537</v>
-[...1 lines deleted...]
-      <c r="E21" s="2"/>
+        <v>305222239</v>
+      </c>
+      <c r="E21" s="2">
+        <v>305222239</v>
+      </c>
       <c r="F21" s="2"/>
       <c r="G21" s="2"/>
       <c r="H21" s="2"/>
       <c r="I21" s="2"/>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" s="2" t="s">
         <v>37</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D22" s="2">
-        <v>302996838</v>
+        <v>305757537</v>
       </c>
       <c r="E22" s="2"/>
       <c r="F22" s="2"/>
       <c r="G22" s="2"/>
       <c r="H22" s="2"/>
       <c r="I22" s="2"/>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" s="2" t="s">
         <v>38</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C23" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D23" s="2">
-        <v>111645042</v>
+        <v>302996838</v>
       </c>
       <c r="E23" s="2"/>
       <c r="F23" s="2"/>
       <c r="G23" s="2"/>
       <c r="H23" s="2"/>
       <c r="I23" s="2"/>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" s="2" t="s">
         <v>39</v>
       </c>
       <c r="B24" s="2" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>24</v>
+        <v>11</v>
       </c>
       <c r="D24" s="2">
-        <v>303466497</v>
+        <v>111645042</v>
       </c>
       <c r="E24" s="2"/>
       <c r="F24" s="2"/>
       <c r="G24" s="2"/>
       <c r="H24" s="2"/>
       <c r="I24" s="2"/>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" s="2" t="s">
         <v>40</v>
       </c>
       <c r="B25" s="2" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>24</v>
+        <v>11</v>
       </c>
       <c r="D25" s="2">
-        <v>305578452</v>
+        <v>303239656</v>
       </c>
       <c r="E25" s="2"/>
       <c r="F25" s="2"/>
       <c r="G25" s="2"/>
       <c r="H25" s="2"/>
       <c r="I25" s="2"/>
+    </row>
+    <row r="26" spans="1:9">
+      <c r="A26" s="2" t="s">
+        <v>41</v>
+      </c>
+      <c r="B26" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="C26" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="D26" s="2">
+        <v>303466497</v>
+      </c>
+      <c r="E26" s="2"/>
+      <c r="F26" s="2"/>
+      <c r="G26" s="2"/>
+      <c r="H26" s="2"/>
+      <c r="I26" s="2"/>
+    </row>
+    <row r="27" spans="1:9">
+      <c r="A27" s="2" t="s">
+        <v>42</v>
+      </c>
+      <c r="B27" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="C27" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="D27" s="2">
+        <v>305578452</v>
+      </c>
+      <c r="E27" s="2"/>
+      <c r="F27" s="2"/>
+      <c r="G27" s="2"/>
+      <c r="H27" s="2"/>
+      <c r="I27" s="2"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>