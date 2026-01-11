--- v0 (2025-10-06)
+++ v1 (2026-01-11)
@@ -12,149 +12,146 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="40">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="39">
   <si>
     <t>Pavadinimas</t>
   </si>
   <si>
     <t>Tipas</t>
   </si>
   <si>
     <t>Verslo forma</t>
   </si>
   <si>
     <t>Įmonės kodas</t>
   </si>
   <si>
     <t>Kitos šalies suteiktas kodas</t>
   </si>
   <si>
     <t>Licencijos tipas/rūšis</t>
   </si>
   <si>
     <t>Autorizacijos kodas</t>
   </si>
   <si>
     <t>galioja nuo</t>
   </si>
   <si>
     <t>galioja iki</t>
   </si>
   <si>
     <t>"Alende Marketplace (Lithuania)" UAB</t>
   </si>
   <si>
     <t>Kredito, susijusio su nekilnojamuoju turtu, davėjas, Vartojimo kredito davėjas</t>
   </si>
   <si>
+    <t>Kredito davėjas, veikiantis pagal Lietuvos Respublikos su nekilnojamuoju turtu susijusio kredito įstatymą</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AS „West Kredit“ filialas </t>
+  </si>
+  <si>
+    <t>Kredito, susijusio su nekilnojamuoju turtu, davėjas</t>
+  </si>
+  <si>
+    <t> UAB „Bendras finansavimas“</t>
+  </si>
+  <si>
+    <t>Kredito, susijusio su nekilnojamuoju turtu, davėjas, Tarpusavio skolinimo platformos operatorius, veikiantis pagal Lietuvos Respublikos su nekilnojamuoju turtu susijusio kredito įstatymą, Tarpusavio skolinimo platformos operatorius, Vartojimo kredito davėjas, Sutelktinio finansavimo paslaugų teikėjas</t>
+  </si>
+  <si>
+    <t>Vartojimo kredito davėjas, Tarpusavio skolinimo platformos operatorius, veikiantis pagal VKĮ, Kredito davėjas, veikiantis pagal Lietuvos Respublikos su nekilnojamuoju turtu susijusio kredito įstatymą, Tarpusavio skolinimo platformos operatorius, veikiantis pagal SNTSKĮ, Sutelktinio finansavimo paslaugų teikėjas</t>
+  </si>
+  <si>
+    <t>Sutelktinio finansavimo paslaugų teikėjo licencija</t>
+  </si>
+  <si>
+    <t>LB002207</t>
+  </si>
+  <si>
+    <t>2023-08-01</t>
+  </si>
+  <si>
+    <t>Credit Solutions UAB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">UAB EDS INVEST </t>
+  </si>
+  <si>
+    <t>Kredito, susijusio su nekilnojamuoju turtu, davėjas, Vartojimo kredito tarpininkas, Vartojimo kredito davėjas</t>
+  </si>
+  <si>
+    <t>Vartojimo kredito davėjas, Nepriklausomi vartojimo kredito tarpininkai, Kredito davėjas, veikiantis pagal Lietuvos Respublikos su nekilnojamuoju turtu susijusio kredito įstatymą</t>
+  </si>
+  <si>
+    <t>Revolut Bank UAB</t>
+  </si>
+  <si>
+    <t>Bankas, Valiutos keityklos operatorius, Kredito, susijusio su nekilnojamuoju turtu, davėjas, Vartojimo kredito davėjas</t>
+  </si>
+  <si>
+    <t>Vartojimo kredito davėjas, LR licencijuotas valiutos keityklos operatorius, LR licencijuotas bankas, Kredito davėjas, veikiantis pagal Lietuvos Respublikos su nekilnojamuoju turtu susijusio kredito įstatymą</t>
+  </si>
+  <si>
+    <t>Banko licencija</t>
+  </si>
+  <si>
+    <t>LB002119</t>
+  </si>
+  <si>
+    <t>2021-12-13</t>
+  </si>
+  <si>
+    <t>UAB EDS INVEST 2</t>
+  </si>
+  <si>
     <t>Vartojimo kredito davėjas, Kredito davėjas, veikiantis pagal Lietuvos Respublikos su nekilnojamuoju turtu susijusio kredito įstatymą</t>
-  </si>
-[...61 lines deleted...]
-    <t>UAB EDS INVEST 2</t>
   </si>
   <si>
     <t>UAB "Hipotekiniai kreditai"</t>
   </si>
   <si>
     <t>Kredito, susijusio su nekilnojamuoju turtu, davėjas, Kredito, susijusio su nekilnojamuoju turtu, tarpininkas</t>
   </si>
   <si>
     <t>Kredito davėjas, veikiantis pagal Lietuvos Respublikos su nekilnojamuoju turtu susijusio kredito įstatymą, Priklausomas kredito tarpininkas, veikiantis daugiau negu vieno kredito davėjo vardu, pagal Lietuvos Respublikos su nekilnojamuoju turtu susijusio kredito įstatymą</t>
   </si>
   <si>
     <t>UAB "Kredito garantas"</t>
   </si>
   <si>
     <t>UAB ,,Kredito partneris"</t>
   </si>
   <si>
     <t>UAB „Nordecum“ </t>
   </si>
   <si>
     <t>UAB "Vakarų kreditas"</t>
   </si>
 </sst>
 </file>
 
@@ -490,54 +487,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I14"/>
+  <dimension ref="A1:I13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I14" sqref="I14"/>
+      <selection activeCell="I13" sqref="I13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="40" customWidth="true" style="0"/>
     <col min="2" max="2" width="40" customWidth="true" style="0"/>
     <col min="3" max="3" width="40" customWidth="true" style="0"/>
     <col min="4" max="4" width="40" customWidth="true" style="0"/>
     <col min="5" max="5" width="40" customWidth="true" style="0"/>
     <col min="6" max="6" width="40" customWidth="true" style="0"/>
     <col min="7" max="7" width="40" customWidth="true" style="0"/>
     <col min="8" max="8" width="40" customWidth="true" style="0"/>
     <col min="9" max="9" width="40" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
@@ -565,281 +562,262 @@
         <v>9</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D2" s="2">
         <v>306059186</v>
       </c>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" s="2" t="s">
         <v>12</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="2" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="D3" s="2">
         <v>304254999</v>
       </c>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="B4" s="2" t="s">
         <v>15</v>
       </c>
-      <c r="B4" s="2" t="s">
+      <c r="C4" s="2" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
       <c r="D4" s="2">
         <v>303259527</v>
       </c>
       <c r="E4" s="2"/>
       <c r="F4" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G4" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="G4" s="2" t="s">
+      <c r="H4" s="2" t="s">
         <v>19</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
       <c r="I4" s="2"/>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="D5" s="2">
         <v>305952640</v>
       </c>
       <c r="E5" s="2"/>
       <c r="F5" s="2"/>
       <c r="G5" s="2"/>
       <c r="H5" s="2"/>
       <c r="I5" s="2"/>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="B6" s="2" t="s">
         <v>22</v>
       </c>
-      <c r="B6" s="2" t="s">
+      <c r="C6" s="2" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
       <c r="D6" s="2">
         <v>304478449</v>
       </c>
       <c r="E6" s="2"/>
       <c r="F6" s="2"/>
       <c r="G6" s="2"/>
       <c r="H6" s="2"/>
       <c r="I6" s="2"/>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="B7" s="2" t="s">
         <v>25</v>
       </c>
-      <c r="B7" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C7" s="2" t="s">
-        <v>11</v>
+        <v>26</v>
       </c>
       <c r="D7" s="2">
-        <v>305864279</v>
+        <v>304580906</v>
       </c>
       <c r="E7" s="2"/>
-      <c r="F7" s="2"/>
-[...1 lines deleted...]
-      <c r="H7" s="2"/>
+      <c r="F7" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="G7" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="H7" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="I7" s="2"/>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" s="2" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="B8" s="2" t="s">
-        <v>27</v>
+        <v>10</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="D8" s="2">
-        <v>304580906</v>
+        <v>302583330</v>
       </c>
       <c r="E8" s="2"/>
-      <c r="F8" s="2" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="F8" s="2"/>
+      <c r="G8" s="2"/>
+      <c r="H8" s="2"/>
       <c r="I8" s="2"/>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" s="2" t="s">
         <v>32</v>
       </c>
       <c r="B9" s="2" t="s">
-        <v>10</v>
+        <v>33</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>11</v>
+        <v>34</v>
       </c>
       <c r="D9" s="2">
-        <v>302583330</v>
+        <v>304374977</v>
       </c>
       <c r="E9" s="2"/>
       <c r="F9" s="2"/>
       <c r="G9" s="2"/>
       <c r="H9" s="2"/>
       <c r="I9" s="2"/>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" s="2" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="B10" s="2" t="s">
-        <v>34</v>
+        <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>35</v>
+        <v>11</v>
       </c>
       <c r="D10" s="2">
-        <v>304374977</v>
+        <v>302667426</v>
       </c>
       <c r="E10" s="2"/>
       <c r="F10" s="2"/>
       <c r="G10" s="2"/>
       <c r="H10" s="2"/>
       <c r="I10" s="2"/>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" s="2" t="s">
         <v>36</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="D11" s="2">
-        <v>302667426</v>
+        <v>305137493</v>
       </c>
       <c r="E11" s="2"/>
       <c r="F11" s="2"/>
       <c r="G11" s="2"/>
       <c r="H11" s="2"/>
       <c r="I11" s="2"/>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" s="2" t="s">
         <v>37</v>
       </c>
       <c r="B12" s="2" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>14</v>
+        <v>31</v>
       </c>
       <c r="D12" s="2">
-        <v>305137493</v>
+        <v>302535232</v>
       </c>
       <c r="E12" s="2"/>
       <c r="F12" s="2"/>
       <c r="G12" s="2"/>
       <c r="H12" s="2"/>
       <c r="I12" s="2"/>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" s="2" t="s">
         <v>38</v>
       </c>
       <c r="B13" s="2" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D13" s="2">
-        <v>302535232</v>
+        <v>303872850</v>
       </c>
       <c r="E13" s="2"/>
       <c r="F13" s="2"/>
       <c r="G13" s="2"/>
       <c r="H13" s="2"/>
       <c r="I13" s="2"/>
-    </row>
-[...17 lines deleted...]
-      <c r="I14" s="2"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>