--- v1 (2026-01-11)
+++ v2 (2026-02-26)
@@ -44,111 +44,111 @@
   <si>
     <t>Verslo forma</t>
   </si>
   <si>
     <t>Įmonės kodas</t>
   </si>
   <si>
     <t>Kitos šalies suteiktas kodas</t>
   </si>
   <si>
     <t>Licencijos tipas/rūšis</t>
   </si>
   <si>
     <t>Autorizacijos kodas</t>
   </si>
   <si>
     <t>galioja nuo</t>
   </si>
   <si>
     <t>galioja iki</t>
   </si>
   <si>
     <t>"Alende Marketplace (Lithuania)" UAB</t>
   </si>
   <si>
+    <t>Kredito, susijusio su nekilnojamuoju turtu, davėjas</t>
+  </si>
+  <si>
+    <t>Kredito davėjas, veikiantis pagal Lietuvos Respublikos su nekilnojamuoju turtu susijusio kredito įstatymą</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AS „West Kredit“ filialas </t>
+  </si>
+  <si>
+    <t> UAB „Bendras finansavimas“</t>
+  </si>
+  <si>
+    <t>Kredito, susijusio su nekilnojamuoju turtu, davėjas, Tarpusavio skolinimo platformos operatorius, veikiantis pagal Lietuvos Respublikos su nekilnojamuoju turtu susijusio kredito įstatymą, Tarpusavio skolinimo platformos operatorius, Vartojimo kredito davėjas, Sutelktinio finansavimo paslaugų teikėjas</t>
+  </si>
+  <si>
+    <t>Vartojimo kredito davėjas, Tarpusavio skolinimo platformos operatorius, veikiantis pagal VKĮ, Kredito davėjas, veikiantis pagal Lietuvos Respublikos su nekilnojamuoju turtu susijusio kredito įstatymą, Tarpusavio skolinimo platformos operatorius, veikiantis pagal SNTSKĮ, Sutelktinio finansavimo paslaugų teikėjas</t>
+  </si>
+  <si>
+    <t>Sutelktinio finansavimo paslaugų teikėjo licencija</t>
+  </si>
+  <si>
+    <t>LB002207</t>
+  </si>
+  <si>
+    <t>2023-08-01</t>
+  </si>
+  <si>
+    <t>Credit Solutions UAB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">UAB EDS INVEST </t>
+  </si>
+  <si>
+    <t>Kredito, susijusio su nekilnojamuoju turtu, davėjas, Vartojimo kredito tarpininkas, Vartojimo kredito davėjas</t>
+  </si>
+  <si>
+    <t>Vartojimo kredito davėjas, Nepriklausomi vartojimo kredito tarpininkai, Kredito davėjas, veikiantis pagal Lietuvos Respublikos su nekilnojamuoju turtu susijusio kredito įstatymą</t>
+  </si>
+  <si>
+    <t>Revolut Bank UAB</t>
+  </si>
+  <si>
+    <t>Bankas, Valiutos keityklos operatorius, Kredito, susijusio su nekilnojamuoju turtu, davėjas, Vartojimo kredito davėjas</t>
+  </si>
+  <si>
+    <t>Vartojimo kredito davėjas, LR licencijuotas valiutos keityklos operatorius, LR licencijuotas bankas, Kredito davėjas, veikiantis pagal Lietuvos Respublikos su nekilnojamuoju turtu susijusio kredito įstatymą</t>
+  </si>
+  <si>
+    <t>Banko licencija</t>
+  </si>
+  <si>
+    <t>LB002119</t>
+  </si>
+  <si>
+    <t>2021-12-13</t>
+  </si>
+  <si>
+    <t>UAB EDS INVEST 2</t>
+  </si>
+  <si>
     <t>Kredito, susijusio su nekilnojamuoju turtu, davėjas, Vartojimo kredito davėjas</t>
-  </si>
-[...58 lines deleted...]
-    <t>UAB EDS INVEST 2</t>
   </si>
   <si>
     <t>Vartojimo kredito davėjas, Kredito davėjas, veikiantis pagal Lietuvos Respublikos su nekilnojamuoju turtu susijusio kredito įstatymą</t>
   </si>
   <si>
     <t>UAB "Hipotekiniai kreditai"</t>
   </si>
   <si>
     <t>Kredito, susijusio su nekilnojamuoju turtu, davėjas, Kredito, susijusio su nekilnojamuoju turtu, tarpininkas</t>
   </si>
   <si>
     <t>Kredito davėjas, veikiantis pagal Lietuvos Respublikos su nekilnojamuoju turtu susijusio kredito įstatymą, Priklausomas kredito tarpininkas, veikiantis daugiau negu vieno kredito davėjo vardu, pagal Lietuvos Respublikos su nekilnojamuoju turtu susijusio kredito įstatymą</t>
   </si>
   <si>
     <t>UAB "Kredito garantas"</t>
   </si>
   <si>
     <t>UAB ,,Kredito partneris"</t>
   </si>
   <si>
     <t>UAB „Nordecum“ </t>
   </si>
   <si>
     <t>UAB "Vakarų kreditas"</t>
   </si>
@@ -559,253 +559,253 @@
     </row>
     <row r="2" spans="1:9">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D2" s="2">
         <v>306059186</v>
       </c>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" s="2" t="s">
         <v>12</v>
       </c>
       <c r="B3" s="2" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D3" s="2">
         <v>304254999</v>
       </c>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="B4" s="2" t="s">
         <v>14</v>
       </c>
-      <c r="B4" s="2" t="s">
+      <c r="C4" s="2" t="s">
         <v>15</v>
-      </c>
-[...1 lines deleted...]
-        <v>16</v>
       </c>
       <c r="D4" s="2">
         <v>303259527</v>
       </c>
       <c r="E4" s="2"/>
       <c r="F4" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="G4" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="G4" s="2" t="s">
+      <c r="H4" s="2" t="s">
         <v>18</v>
-      </c>
-[...1 lines deleted...]
-        <v>19</v>
       </c>
       <c r="I4" s="2"/>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="B5" s="2" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D5" s="2">
         <v>305952640</v>
       </c>
       <c r="E5" s="2"/>
       <c r="F5" s="2"/>
       <c r="G5" s="2"/>
       <c r="H5" s="2"/>
       <c r="I5" s="2"/>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="B6" s="2" t="s">
         <v>21</v>
       </c>
-      <c r="B6" s="2" t="s">
+      <c r="C6" s="2" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
       <c r="D6" s="2">
         <v>304478449</v>
       </c>
       <c r="E6" s="2"/>
       <c r="F6" s="2"/>
       <c r="G6" s="2"/>
       <c r="H6" s="2"/>
       <c r="I6" s="2"/>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="B7" s="2" t="s">
         <v>24</v>
       </c>
-      <c r="B7" s="2" t="s">
+      <c r="C7" s="2" t="s">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
       <c r="D7" s="2">
         <v>304580906</v>
       </c>
       <c r="E7" s="2"/>
       <c r="F7" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="G7" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="G7" s="2" t="s">
+      <c r="H7" s="2" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>29</v>
       </c>
       <c r="I7" s="2"/>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="B8" s="2" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>10</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>31</v>
       </c>
       <c r="D8" s="2">
         <v>302583330</v>
       </c>
       <c r="E8" s="2"/>
       <c r="F8" s="2"/>
       <c r="G8" s="2"/>
       <c r="H8" s="2"/>
       <c r="I8" s="2"/>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" s="2" t="s">
         <v>32</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>33</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>34</v>
       </c>
       <c r="D9" s="2">
         <v>304374977</v>
       </c>
       <c r="E9" s="2"/>
       <c r="F9" s="2"/>
       <c r="G9" s="2"/>
       <c r="H9" s="2"/>
       <c r="I9" s="2"/>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" s="2" t="s">
         <v>35</v>
       </c>
       <c r="B10" s="2" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D10" s="2">
         <v>302667426</v>
       </c>
       <c r="E10" s="2"/>
       <c r="F10" s="2"/>
       <c r="G10" s="2"/>
       <c r="H10" s="2"/>
       <c r="I10" s="2"/>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" s="2" t="s">
         <v>36</v>
       </c>
       <c r="B11" s="2" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D11" s="2">
         <v>305137493</v>
       </c>
       <c r="E11" s="2"/>
       <c r="F11" s="2"/>
       <c r="G11" s="2"/>
       <c r="H11" s="2"/>
       <c r="I11" s="2"/>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" s="2" t="s">
         <v>37</v>
       </c>
       <c r="B12" s="2" t="s">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>31</v>
       </c>
       <c r="D12" s="2">
         <v>302535232</v>
       </c>
       <c r="E12" s="2"/>
       <c r="F12" s="2"/>
       <c r="G12" s="2"/>
       <c r="H12" s="2"/>
       <c r="I12" s="2"/>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" s="2" t="s">
         <v>38</v>
       </c>
       <c r="B13" s="2" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D13" s="2">
         <v>303872850</v>
       </c>
       <c r="E13" s="2"/>
       <c r="F13" s="2"/>
       <c r="G13" s="2"/>
       <c r="H13" s="2"/>
       <c r="I13" s="2"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>