--- v0 (2025-10-24)
+++ v1 (2026-01-30)
@@ -47,51 +47,51 @@
   <si>
     <t>Įmonės kodas</t>
   </si>
   <si>
     <t>Kitos šalies suteiktas kodas</t>
   </si>
   <si>
     <t>Licencijos tipas/rūšis</t>
   </si>
   <si>
     <t>Autorizacijos kodas</t>
   </si>
   <si>
     <t>galioja nuo</t>
   </si>
   <si>
     <t>galioja iki</t>
   </si>
   <si>
     <t>Societe Generale - Forge</t>
   </si>
   <si>
     <t>Elektroninių pinigų įstaiga</t>
   </si>
   <si>
-    <t>ES/EEE elektroninių pinigų įstaiga, teikianti paslaugas LR neįsisteigus, ES/EEE alternatyvusis kolektyvinio investavimo subjektas</t>
+    <t>ES/EEE elektroninių pinigų įstaiga, teikianti paslaugas LR neįsisteigus, ES/EEE alternatyvusis kolektyvinio investavimo subjektas, ES/EEE kriptoturto paslaugų teikėjas, teikiantis paslaugas LR neįsisteigus</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>