--- v0 (2025-10-01)
+++ v1 (2026-01-11)
@@ -12,92 +12,92 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="64">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="63">
   <si>
     <t>Pavadinimas</t>
   </si>
   <si>
     <t>Tipas</t>
   </si>
   <si>
     <t>Verslo forma</t>
   </si>
   <si>
     <t>Įmonės kodas</t>
   </si>
   <si>
     <t>Kitos šalies suteiktas kodas</t>
   </si>
   <si>
     <t>Licencijos tipas/rūšis</t>
   </si>
   <si>
     <t>Autorizacijos kodas</t>
   </si>
   <si>
     <t>galioja nuo</t>
   </si>
   <si>
     <t>galioja iki</t>
   </si>
   <si>
     <t xml:space="preserve"> ICP Nederland B.V. (Apribota veikla)</t>
   </si>
   <si>
     <t>Elektroninių pinigų įstaigos tarpininkas</t>
   </si>
   <si>
     <t>Asmuo, platinantis ES/EEE elektroninių pinigų įstaigos e-pinigus (distributorius)</t>
   </si>
   <si>
     <t>09176877</t>
   </si>
   <si>
-    <t>Amnis Europe AG</t>
+    <t>Amnis Europe AG (Activity under temporary suspension till separate decision)</t>
   </si>
   <si>
     <t>Asmuo, platinantis ir/arba išperkantis LR licencijuotos elektroninių pinigų įstaigos el. pinigus</t>
   </si>
   <si>
     <t>FL-0002.647.164-7</t>
   </si>
   <si>
     <t>UAB "ASHBURN International"</t>
   </si>
   <si>
     <t>Mokėjimo įstaiga, Valiutos keityklos operatorius, Elektroninių pinigų įstaigos tarpininkas</t>
   </si>
   <si>
     <t>LR licencijuota mokėjimo įstaiga, turinti ribotos veiklos licenciją, LR licencijuotas valiutos keityklos operatorius, Asmuo, platinantis ES/EEE elektroninių pinigų įstaigos e-pinigus (distributorius)</t>
   </si>
   <si>
     <t>Mokėjimo įstaigos ribotos veiklos licencija</t>
   </si>
   <si>
     <t>LB000224</t>
   </si>
   <si>
     <t>2011-04-28</t>
   </si>
@@ -171,53 +171,50 @@
     <t>Uždaroji akcinė bendrovė ,,NORFOS MAŽMENA"</t>
   </si>
   <si>
     <t>ONE.IO CYPRUS LIMITED</t>
   </si>
   <si>
     <t>60049971Q</t>
   </si>
   <si>
     <t>UAB "Perlas Network"</t>
   </si>
   <si>
     <t>Purse Money Sp. Z o.o.</t>
   </si>
   <si>
     <t>QUICKPAY LIMITED</t>
   </si>
   <si>
     <t>Qulisteph Limited</t>
   </si>
   <si>
     <t>60111410U</t>
   </si>
   <si>
     <t>Uždaroji akcinė bendrovė "RIMI LIETUVA"</t>
-  </si>
-[...1 lines deleted...]
-    <t>UAB Spectro Finance</t>
   </si>
   <si>
     <t>Uždaroji akcinė bendrovė "Staginis"</t>
   </si>
   <si>
     <t>UAB "Šilutės prekyba"</t>
   </si>
   <si>
     <t>Transactworld Limited</t>
   </si>
   <si>
     <t>HE303056</t>
   </si>
   <si>
     <t>Transferclear CY Limited</t>
   </si>
   <si>
     <t>10384614I</t>
   </si>
   <si>
     <t>UAB "Tailord"</t>
   </si>
   <si>
     <t>Universal Cover, S.A.</t>
   </si>
@@ -562,54 +559,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I34"/>
+  <dimension ref="A1:I33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I34" sqref="I34"/>
+      <selection activeCell="I33" sqref="I33"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="40" customWidth="true" style="0"/>
     <col min="2" max="2" width="40" customWidth="true" style="0"/>
     <col min="3" max="3" width="40" customWidth="true" style="0"/>
     <col min="4" max="4" width="40" customWidth="true" style="0"/>
     <col min="5" max="5" width="40" customWidth="true" style="0"/>
     <col min="6" max="6" width="40" customWidth="true" style="0"/>
     <col min="7" max="7" width="40" customWidth="true" style="0"/>
     <col min="8" max="8" width="40" customWidth="true" style="0"/>
     <col min="9" max="9" width="40" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
@@ -1083,205 +1080,186 @@
         <v>10</v>
       </c>
       <c r="C25" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D25" s="2">
         <v>123715317</v>
       </c>
       <c r="E25" s="2"/>
       <c r="F25" s="2"/>
       <c r="G25" s="2"/>
       <c r="H25" s="2"/>
       <c r="I25" s="2"/>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" s="2" t="s">
         <v>53</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C26" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D26" s="2">
-        <v>303008845</v>
+        <v>184555731</v>
       </c>
       <c r="E26" s="2"/>
       <c r="F26" s="2"/>
       <c r="G26" s="2"/>
       <c r="H26" s="2"/>
       <c r="I26" s="2"/>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" s="2" t="s">
         <v>54</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C27" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D27" s="2">
-        <v>184555731</v>
+        <v>177197426</v>
       </c>
       <c r="E27" s="2"/>
       <c r="F27" s="2"/>
       <c r="G27" s="2"/>
       <c r="H27" s="2"/>
       <c r="I27" s="2"/>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" s="2" t="s">
         <v>55</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C28" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="D28" s="2">
-[...2 lines deleted...]
-      <c r="E28" s="2"/>
+      <c r="D28" s="2"/>
+      <c r="E28" s="2" t="s">
+        <v>56</v>
+      </c>
       <c r="F28" s="2"/>
       <c r="G28" s="2"/>
       <c r="H28" s="2"/>
       <c r="I28" s="2"/>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" s="2" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C29" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="F29" s="2"/>
       <c r="G29" s="2"/>
       <c r="H29" s="2"/>
       <c r="I29" s="2"/>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" s="2" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C30" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="D30" s="2"/>
-[...2 lines deleted...]
-      </c>
+      <c r="D30" s="2">
+        <v>304956707</v>
+      </c>
+      <c r="E30" s="2"/>
       <c r="F30" s="2"/>
       <c r="G30" s="2"/>
       <c r="H30" s="2"/>
       <c r="I30" s="2"/>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" s="2" t="s">
         <v>60</v>
       </c>
       <c r="B31" s="2" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="C31" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="D31" s="2">
-[...2 lines deleted...]
-      <c r="E31" s="2"/>
+      <c r="D31" s="2"/>
+      <c r="E31" s="2">
+        <v>515428515</v>
+      </c>
       <c r="F31" s="2"/>
       <c r="G31" s="2"/>
       <c r="H31" s="2"/>
       <c r="I31" s="2"/>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" s="2" t="s">
         <v>61</v>
       </c>
       <c r="B32" s="2" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="C32" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D32" s="2"/>
-      <c r="E32" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E32" s="2"/>
       <c r="F32" s="2"/>
       <c r="G32" s="2"/>
       <c r="H32" s="2"/>
       <c r="I32" s="2"/>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" s="2" t="s">
         <v>62</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C33" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2"/>
       <c r="F33" s="2"/>
       <c r="G33" s="2"/>
       <c r="H33" s="2"/>
       <c r="I33" s="2"/>
-    </row>
-[...15 lines deleted...]
-      <c r="I34" s="2"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>