--- v1 (2026-01-11)
+++ v2 (2026-02-26)
@@ -12,121 +12,115 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="63">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="60">
   <si>
     <t>Pavadinimas</t>
   </si>
   <si>
     <t>Tipas</t>
   </si>
   <si>
     <t>Verslo forma</t>
   </si>
   <si>
     <t>Įmonės kodas</t>
   </si>
   <si>
     <t>Kitos šalies suteiktas kodas</t>
   </si>
   <si>
     <t>Licencijos tipas/rūšis</t>
   </si>
   <si>
     <t>Autorizacijos kodas</t>
   </si>
   <si>
     <t>galioja nuo</t>
   </si>
   <si>
     <t>galioja iki</t>
   </si>
   <si>
     <t xml:space="preserve"> ICP Nederland B.V. (Apribota veikla)</t>
   </si>
   <si>
     <t>Elektroninių pinigų įstaigos tarpininkas</t>
   </si>
   <si>
     <t>Asmuo, platinantis ES/EEE elektroninių pinigų įstaigos e-pinigus (distributorius)</t>
   </si>
   <si>
     <t>09176877</t>
   </si>
   <si>
-    <t>Amnis Europe AG (Activity under temporary suspension till separate decision)</t>
+    <t>UAB "ASHBURN International"</t>
+  </si>
+  <si>
+    <t>Mokėjimo įstaiga, Valiutos keityklos operatorius, Elektroninių pinigų įstaigos tarpininkas</t>
+  </si>
+  <si>
+    <t>LR licencijuota mokėjimo įstaiga, turinti ribotos veiklos licenciją, LR licencijuotas valiutos keityklos operatorius, Asmuo, platinantis ES/EEE elektroninių pinigų įstaigos e-pinigus (distributorius)</t>
+  </si>
+  <si>
+    <t>Mokėjimo įstaigos ribotos veiklos licencija</t>
+  </si>
+  <si>
+    <t>LB000224</t>
+  </si>
+  <si>
+    <t>2011-04-28</t>
+  </si>
+  <si>
+    <t>Creacard SA</t>
   </si>
   <si>
     <t>Asmuo, platinantis ir/arba išperkantis LR licencijuotos elektroninių pinigų įstaigos el. pinigus</t>
   </si>
   <si>
-    <t>FL-0002.647.164-7</t>
-[...22 lines deleted...]
-  <si>
     <t xml:space="preserve">EPS, LT UAB </t>
   </si>
   <si>
     <t>Everypay Payments Services Single Member Societe Anonyme</t>
   </si>
   <si>
     <t>Flexe Payments (MLT) Ltd</t>
   </si>
   <si>
     <t>C83024</t>
   </si>
   <si>
     <t>Funanga AG</t>
   </si>
   <si>
     <t>HRB 147973 B</t>
   </si>
   <si>
     <t>IKI Lietuva, UAB</t>
   </si>
   <si>
     <t>Elektroninių pinigų įstaigos tarpininkas, Paslaugų teikėjai (ne mokėjimo įstaigos), kuriems netaikomas Mokėjimų įstatymas</t>
   </si>
   <si>
     <t>Asmuo, platinantis ES/EEE elektroninių pinigų įstaigos e-pinigus (distributorius), Paslaugos mokėjimo priemonėmis, kurias galima naudoti ribotai mokėjimo priemonės išleidėjo patalpose arba ribotame paslaugų teikėjų tinkle</t>
@@ -134,84 +128,81 @@
   <si>
     <t>InComm Austria GmbH</t>
   </si>
   <si>
     <t>FN 322903 h</t>
   </si>
   <si>
     <t>Uždaroji akcinė bendrovė "Indritus"</t>
   </si>
   <si>
     <t>Klopercom Limited</t>
   </si>
   <si>
     <t>HE 285991</t>
   </si>
   <si>
     <t>KORSIT B.V.</t>
   </si>
   <si>
     <t>Chamber of Commerce (KvK) number 69094438</t>
   </si>
   <si>
     <t>UAB "Teledema"</t>
   </si>
   <si>
+    <t>Linkfluencer SAS</t>
+  </si>
+  <si>
     <t>Luxon EU ApS</t>
   </si>
   <si>
     <t>MCG Multimedia SAS</t>
   </si>
   <si>
     <t>SIREN 815 016 357</t>
   </si>
   <si>
     <t>ME Company OU</t>
   </si>
   <si>
     <t>Uždaroji akcinė bendrovė ,,NORFOS MAŽMENA"</t>
   </si>
   <si>
     <t>ONE.IO CYPRUS LIMITED</t>
   </si>
   <si>
     <t>60049971Q</t>
   </si>
   <si>
     <t>UAB "Perlas Network"</t>
   </si>
   <si>
     <t>Purse Money Sp. Z o.o.</t>
   </si>
   <si>
     <t>QUICKPAY LIMITED</t>
-  </si>
-[...4 lines deleted...]
-    <t>60111410U</t>
   </si>
   <si>
     <t>Uždaroji akcinė bendrovė "RIMI LIETUVA"</t>
   </si>
   <si>
     <t>Uždaroji akcinė bendrovė "Staginis"</t>
   </si>
   <si>
     <t>UAB "Šilutės prekyba"</t>
   </si>
   <si>
     <t>Transactworld Limited</t>
   </si>
   <si>
     <t>HE303056</t>
   </si>
   <si>
     <t>Transferclear CY Limited</t>
   </si>
   <si>
     <t>10384614I</t>
   </si>
   <si>
     <t>UAB "Tailord"</t>
   </si>
@@ -559,54 +550,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I33"/>
+  <dimension ref="A1:I32"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I33" sqref="I33"/>
+      <selection activeCell="I32" sqref="I32"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="40" customWidth="true" style="0"/>
     <col min="2" max="2" width="40" customWidth="true" style="0"/>
     <col min="3" max="3" width="40" customWidth="true" style="0"/>
     <col min="4" max="4" width="40" customWidth="true" style="0"/>
     <col min="5" max="5" width="40" customWidth="true" style="0"/>
     <col min="6" max="6" width="40" customWidth="true" style="0"/>
     <col min="7" max="7" width="40" customWidth="true" style="0"/>
     <col min="8" max="8" width="40" customWidth="true" style="0"/>
     <col min="9" max="9" width="40" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
@@ -634,632 +625,613 @@
         <v>9</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D2" s="2"/>
       <c r="E2" s="2" t="s">
         <v>12</v>
       </c>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C3" s="2" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-      <c r="E3" s="2" t="s">
         <v>15</v>
       </c>
-      <c r="F3" s="2"/>
-[...1 lines deleted...]
-      <c r="H3" s="2"/>
+      <c r="D3" s="2">
+        <v>111637661</v>
+      </c>
+      <c r="E3" s="2"/>
+      <c r="F3" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="G3" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H3" s="2" t="s">
+        <v>18</v>
+      </c>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" s="2" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="B4" s="2" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="C4" s="2" t="s">
-        <v>18</v>
-[...13 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="D4" s="2"/>
+      <c r="E4" s="2">
+        <v>52083330200034</v>
+      </c>
+      <c r="F4" s="2"/>
+      <c r="G4" s="2"/>
+      <c r="H4" s="2"/>
       <c r="I4" s="2"/>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" s="2" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="B5" s="2" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="D5" s="2"/>
-[...2 lines deleted...]
-      </c>
+      <c r="D5" s="2">
+        <v>302413851</v>
+      </c>
+      <c r="E5" s="2"/>
       <c r="F5" s="2"/>
       <c r="G5" s="2"/>
       <c r="H5" s="2"/>
       <c r="I5" s="2"/>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" s="2" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="B6" s="2" t="s">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="D6" s="2">
-[...2 lines deleted...]
-      <c r="E6" s="2"/>
+      <c r="D6" s="2"/>
+      <c r="E6" s="2">
+        <v>126422001000</v>
+      </c>
       <c r="F6" s="2"/>
       <c r="G6" s="2"/>
       <c r="H6" s="2"/>
       <c r="I6" s="2"/>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="B7" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="C7" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D7" s="2"/>
+      <c r="E7" s="2" t="s">
         <v>24</v>
-      </c>
-[...8 lines deleted...]
-        <v>126422001000</v>
       </c>
       <c r="F7" s="2"/>
       <c r="G7" s="2"/>
       <c r="H7" s="2"/>
       <c r="I7" s="2"/>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
         <v>26</v>
       </c>
       <c r="F8" s="2"/>
       <c r="G8" s="2"/>
       <c r="H8" s="2"/>
       <c r="I8" s="2"/>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" s="2" t="s">
         <v>27</v>
       </c>
       <c r="B9" s="2" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>11</v>
-[...4 lines deleted...]
-      </c>
+        <v>29</v>
+      </c>
+      <c r="D9" s="2">
+        <v>110193723</v>
+      </c>
+      <c r="E9" s="2"/>
       <c r="F9" s="2"/>
       <c r="G9" s="2"/>
       <c r="H9" s="2"/>
       <c r="I9" s="2"/>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" s="2" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B10" s="2" t="s">
-        <v>30</v>
+        <v>10</v>
       </c>
       <c r="C10" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D10" s="2"/>
+      <c r="E10" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="D10" s="2">
-[...2 lines deleted...]
-      <c r="E10" s="2"/>
       <c r="F10" s="2"/>
       <c r="G10" s="2"/>
       <c r="H10" s="2"/>
       <c r="I10" s="2"/>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" s="2" t="s">
         <v>32</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="D11" s="2"/>
-[...2 lines deleted...]
-      </c>
+      <c r="D11" s="2">
+        <v>169289946</v>
+      </c>
+      <c r="E11" s="2"/>
       <c r="F11" s="2"/>
       <c r="G11" s="2"/>
       <c r="H11" s="2"/>
       <c r="I11" s="2"/>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="B12" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="C12" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D12" s="2"/>
+      <c r="E12" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="B12" s="2" t="s">
-[...8 lines deleted...]
-      <c r="E12" s="2"/>
       <c r="F12" s="2"/>
       <c r="G12" s="2"/>
       <c r="H12" s="2"/>
       <c r="I12" s="2"/>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" s="2" t="s">
         <v>35</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
         <v>36</v>
       </c>
       <c r="F13" s="2"/>
       <c r="G13" s="2"/>
       <c r="H13" s="2"/>
       <c r="I13" s="2"/>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" s="2" t="s">
         <v>37</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="D14" s="2"/>
-[...2 lines deleted...]
-      </c>
+      <c r="D14" s="2">
+        <v>135989386</v>
+      </c>
+      <c r="E14" s="2"/>
       <c r="F14" s="2"/>
       <c r="G14" s="2"/>
       <c r="H14" s="2"/>
       <c r="I14" s="2"/>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" s="2" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="B15" s="2" t="s">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="D15" s="2">
-[...2 lines deleted...]
-      <c r="E15" s="2"/>
+      <c r="D15" s="2"/>
+      <c r="E15" s="2">
+        <v>929237451</v>
+      </c>
       <c r="F15" s="2"/>
       <c r="G15" s="2"/>
       <c r="H15" s="2"/>
       <c r="I15" s="2"/>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" s="2" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2">
         <v>32895468</v>
       </c>
       <c r="F16" s="2"/>
       <c r="G16" s="2"/>
       <c r="H16" s="2"/>
       <c r="I16" s="2"/>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" s="2" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="F17" s="2"/>
       <c r="G17" s="2"/>
       <c r="H17" s="2"/>
       <c r="I17" s="2"/>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" s="2" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2">
         <v>129618457</v>
       </c>
       <c r="F18" s="2"/>
       <c r="G18" s="2"/>
       <c r="H18" s="2"/>
       <c r="I18" s="2"/>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" s="2" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D19" s="2">
         <v>110778328</v>
       </c>
       <c r="E19" s="2"/>
       <c r="F19" s="2"/>
       <c r="G19" s="2"/>
       <c r="H19" s="2"/>
       <c r="I19" s="2"/>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" s="2" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="F20" s="2"/>
       <c r="G20" s="2"/>
       <c r="H20" s="2"/>
       <c r="I20" s="2"/>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" s="2" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C21" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D21" s="2">
         <v>126298569</v>
       </c>
       <c r="E21" s="2"/>
       <c r="F21" s="2"/>
       <c r="G21" s="2"/>
       <c r="H21" s="2"/>
       <c r="I21" s="2"/>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" s="2" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2">
         <v>7252330290</v>
       </c>
       <c r="F22" s="2"/>
       <c r="G22" s="2"/>
       <c r="H22" s="2"/>
       <c r="I22" s="2"/>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" s="2" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C23" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2">
         <v>641373</v>
       </c>
       <c r="F23" s="2"/>
       <c r="G23" s="2"/>
       <c r="H23" s="2"/>
       <c r="I23" s="2"/>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" s="2" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C24" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="D24" s="2"/>
-[...2 lines deleted...]
-      </c>
+      <c r="D24" s="2">
+        <v>123715317</v>
+      </c>
+      <c r="E24" s="2"/>
       <c r="F24" s="2"/>
       <c r="G24" s="2"/>
       <c r="H24" s="2"/>
       <c r="I24" s="2"/>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" s="2" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C25" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D25" s="2">
-        <v>123715317</v>
+        <v>184555731</v>
       </c>
       <c r="E25" s="2"/>
       <c r="F25" s="2"/>
       <c r="G25" s="2"/>
       <c r="H25" s="2"/>
       <c r="I25" s="2"/>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" s="2" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C26" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D26" s="2">
-        <v>184555731</v>
+        <v>177197426</v>
       </c>
       <c r="E26" s="2"/>
       <c r="F26" s="2"/>
       <c r="G26" s="2"/>
       <c r="H26" s="2"/>
       <c r="I26" s="2"/>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" s="2" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C27" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="D27" s="2">
-[...2 lines deleted...]
-      <c r="E27" s="2"/>
+      <c r="D27" s="2"/>
+      <c r="E27" s="2" t="s">
+        <v>53</v>
+      </c>
       <c r="F27" s="2"/>
       <c r="G27" s="2"/>
       <c r="H27" s="2"/>
       <c r="I27" s="2"/>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" s="2" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C28" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="F28" s="2"/>
       <c r="G28" s="2"/>
       <c r="H28" s="2"/>
       <c r="I28" s="2"/>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" s="2" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C29" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="D29" s="2"/>
-[...2 lines deleted...]
-      </c>
+      <c r="D29" s="2">
+        <v>304956707</v>
+      </c>
+      <c r="E29" s="2"/>
       <c r="F29" s="2"/>
       <c r="G29" s="2"/>
       <c r="H29" s="2"/>
       <c r="I29" s="2"/>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" s="2" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="B30" s="2" t="s">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="C30" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="D30" s="2">
-[...2 lines deleted...]
-      <c r="E30" s="2"/>
+      <c r="D30" s="2"/>
+      <c r="E30" s="2">
+        <v>515428515</v>
+      </c>
       <c r="F30" s="2"/>
       <c r="G30" s="2"/>
       <c r="H30" s="2"/>
       <c r="I30" s="2"/>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" s="2" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="B31" s="2" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="C31" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D31" s="2"/>
-      <c r="E31" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E31" s="2"/>
       <c r="F31" s="2"/>
       <c r="G31" s="2"/>
       <c r="H31" s="2"/>
       <c r="I31" s="2"/>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" s="2" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C32" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2"/>
       <c r="F32" s="2"/>
       <c r="G32" s="2"/>
       <c r="H32" s="2"/>
       <c r="I32" s="2"/>
-    </row>
-[...15 lines deleted...]
-      <c r="I33" s="2"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>