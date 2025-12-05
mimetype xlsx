--- v0 (2025-10-16)
+++ v1 (2025-12-05)
@@ -134,53 +134,50 @@
   <si>
     <t>Vartojimo kredito davėjas, Nepriklausomi vartojimo kredito tarpininkai, Kredito davėjas, veikiantis pagal Lietuvos Respublikos su nekilnojamuoju turtu susijusio kredito įstatymą</t>
   </si>
   <si>
     <t>Fresh Finance UAB</t>
   </si>
   <si>
     <t>IĮ "Aujama-credit"</t>
   </si>
   <si>
     <t>Intesa Sanpaolo Bank Luxembourg S.A.</t>
   </si>
   <si>
     <t>Bankas, Vartojimo kredito davėjas</t>
   </si>
   <si>
     <t>Vartojimo kredito davėjas, ES/EEE bankas, teikiantis paslaugas LR neįsisteigus</t>
   </si>
   <si>
     <t>549300H62SNDRT0PS319</t>
   </si>
   <si>
     <t>IPF Digital Lietuva, UAB</t>
   </si>
   <si>
-    <t>Kredu, UAB</t>
-[...1 lines deleted...]
-  <si>
     <t>LPB Capital, UAB</t>
   </si>
   <si>
     <t>Luminor Lizingas UAB</t>
   </si>
   <si>
     <t>myTU credit, UAB</t>
   </si>
   <si>
     <t>UAB „mogo LT“</t>
   </si>
   <si>
     <t>NEO Finance, AB</t>
   </si>
   <si>
     <t>Elektroninių pinigų įstaiga, Valiutos keityklos operatorius, Tarpusavio skolinimo platformos operatorius, Vartojimo kredito davėjas</t>
   </si>
   <si>
     <t>Vartojimo kredito davėjas, Tarpusavio skolinimo platformos operatorius, veikiantis pagal VKĮ, LR licencijuota elektroninių pinigų įstaiga, LR licencijuotas valiutos keityklos operatorius, Emitentas, kurio VP yra įtraukti į prekybą daugiašalėse prekybos sistemose</t>
   </si>
   <si>
     <t>LB000247</t>
   </si>
   <si>
     <t>2017-01-05</t>
@@ -264,50 +261,53 @@
     <t>UAB EDS INVEST 2</t>
   </si>
   <si>
     <t>UAB EDS INVEST 3</t>
   </si>
   <si>
     <t>UAB ESTO</t>
   </si>
   <si>
     <t>UAB „Finansų bitė“</t>
   </si>
   <si>
     <t>Elektroninių pinigų įstaigos tarpininkas, Tarpusavio skolinimo platformos operatorius, Vartojimo kredito davėjas</t>
   </si>
   <si>
     <t>Vartojimo kredito davėjas, Tarpusavio skolinimo platformos operatorius, veikiantis pagal VKĮ</t>
   </si>
   <si>
     <t>UAB „Finbro“</t>
   </si>
   <si>
     <t>Kredito, susijusio su nekilnojamuoju turtu, tarpininkas, Vartojimo kredito davėjas</t>
   </si>
   <si>
     <t>Vartojimo kredito davėjas, Nepriklausomas kredito tarpininkas, veikiantis pagal Lietuvos Respublikos su nekilnojamuoju turtu susijusio kredito įstatymą</t>
+  </si>
+  <si>
+    <t>UAB "Flexy LT"</t>
   </si>
   <si>
     <t>UAB GF bankas</t>
   </si>
   <si>
     <t>Vartojimo kredito davėjas, LR licencijuotas specializuotas bankas</t>
   </si>
   <si>
     <t>Specializuoto banko licencija</t>
   </si>
   <si>
     <t>LB001878</t>
   </si>
   <si>
     <t>2019-06-25</t>
   </si>
   <si>
     <t>UAB "Giantus finance” (Bankrutuojanti)</t>
   </si>
   <si>
     <t>UAB Kredus</t>
   </si>
   <si>
     <t>UAB „LSV Intergroup"</t>
   </si>
@@ -975,565 +975,563 @@
         <v>25</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>25</v>
       </c>
       <c r="D13" s="2">
         <v>300622891</v>
       </c>
       <c r="E13" s="2"/>
       <c r="F13" s="2"/>
       <c r="G13" s="2"/>
       <c r="H13" s="2"/>
       <c r="I13" s="2"/>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" s="2" t="s">
         <v>40</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>25</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>25</v>
       </c>
       <c r="D14" s="2">
-        <v>306100989</v>
-[...3 lines deleted...]
-      </c>
+        <v>111746792</v>
+      </c>
+      <c r="E14" s="2"/>
       <c r="F14" s="2"/>
       <c r="G14" s="2"/>
       <c r="H14" s="2"/>
       <c r="I14" s="2"/>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" s="2" t="s">
         <v>41</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>25</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>25</v>
       </c>
       <c r="D15" s="2">
-        <v>111746792</v>
+        <v>111667277</v>
       </c>
       <c r="E15" s="2"/>
       <c r="F15" s="2"/>
       <c r="G15" s="2"/>
       <c r="H15" s="2"/>
       <c r="I15" s="2"/>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" s="2" t="s">
         <v>42</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>25</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>25</v>
       </c>
       <c r="D16" s="2">
-        <v>111667277</v>
+        <v>306138630</v>
       </c>
       <c r="E16" s="2"/>
       <c r="F16" s="2"/>
       <c r="G16" s="2"/>
       <c r="H16" s="2"/>
       <c r="I16" s="2"/>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" s="2" t="s">
         <v>43</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>25</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>25</v>
       </c>
       <c r="D17" s="2">
-        <v>306138630</v>
+        <v>302943102</v>
       </c>
       <c r="E17" s="2"/>
       <c r="F17" s="2"/>
       <c r="G17" s="2"/>
       <c r="H17" s="2"/>
       <c r="I17" s="2"/>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" s="2" t="s">
         <v>44</v>
       </c>
       <c r="B18" s="2" t="s">
-        <v>25</v>
+        <v>45</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="D18" s="2">
-        <v>302943102</v>
+        <v>303225546</v>
       </c>
       <c r="E18" s="2"/>
-      <c r="F18" s="2"/>
-[...1 lines deleted...]
-      <c r="H18" s="2"/>
+      <c r="F18" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" s="2" t="s">
+        <v>47</v>
+      </c>
+      <c r="H18" s="2" t="s">
+        <v>48</v>
+      </c>
       <c r="I18" s="2"/>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" s="2" t="s">
+        <v>49</v>
+      </c>
+      <c r="B19" s="2" t="s">
         <v>45</v>
       </c>
-      <c r="B19" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C19" s="2" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="D19" s="2">
-        <v>303225546</v>
+        <v>300060819</v>
       </c>
       <c r="E19" s="2"/>
       <c r="F19" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G19" s="2" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="H19" s="2" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="I19" s="2"/>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" s="2" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="B20" s="2" t="s">
-        <v>46</v>
+        <v>10</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>51</v>
+        <v>11</v>
       </c>
       <c r="D20" s="2">
-        <v>300060819</v>
+        <v>305864279</v>
       </c>
       <c r="E20" s="2"/>
-      <c r="F20" s="2" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="F20" s="2"/>
+      <c r="G20" s="2"/>
+      <c r="H20" s="2"/>
       <c r="I20" s="2"/>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" s="2" t="s">
         <v>54</v>
       </c>
       <c r="B21" s="2" t="s">
-        <v>10</v>
+        <v>55</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>11</v>
+        <v>56</v>
       </c>
       <c r="D21" s="2">
-        <v>305864279</v>
+        <v>304580906</v>
       </c>
       <c r="E21" s="2"/>
-      <c r="F21" s="2"/>
-[...1 lines deleted...]
-      <c r="H21" s="2"/>
+      <c r="F21" s="2" t="s">
+        <v>57</v>
+      </c>
+      <c r="G21" s="2" t="s">
+        <v>58</v>
+      </c>
+      <c r="H21" s="2" t="s">
+        <v>59</v>
+      </c>
       <c r="I21" s="2"/>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" s="2" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="B22" s="2" t="s">
-        <v>56</v>
+        <v>25</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>57</v>
+        <v>25</v>
       </c>
       <c r="D22" s="2">
-        <v>304580906</v>
+        <v>302629475</v>
       </c>
       <c r="E22" s="2"/>
-      <c r="F22" s="2" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="F22" s="2"/>
+      <c r="G22" s="2"/>
+      <c r="H22" s="2"/>
       <c r="I22" s="2"/>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" s="2" t="s">
         <v>61</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>25</v>
       </c>
       <c r="C23" s="2" t="s">
         <v>25</v>
       </c>
       <c r="D23" s="2">
-        <v>302629475</v>
+        <v>303026868</v>
       </c>
       <c r="E23" s="2"/>
       <c r="F23" s="2"/>
       <c r="G23" s="2"/>
       <c r="H23" s="2"/>
       <c r="I23" s="2"/>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" s="2" t="s">
         <v>62</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>25</v>
       </c>
       <c r="C24" s="2" t="s">
         <v>25</v>
       </c>
       <c r="D24" s="2">
-        <v>303026868</v>
+        <v>111568069</v>
       </c>
       <c r="E24" s="2"/>
       <c r="F24" s="2"/>
       <c r="G24" s="2"/>
       <c r="H24" s="2"/>
       <c r="I24" s="2"/>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" s="2" t="s">
         <v>63</v>
       </c>
       <c r="B25" s="2" t="s">
-        <v>25</v>
+        <v>36</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>25</v>
-[...4 lines deleted...]
-      <c r="E25" s="2"/>
+        <v>37</v>
+      </c>
+      <c r="D25" s="2"/>
+      <c r="E25" s="2" t="s">
+        <v>64</v>
+      </c>
       <c r="F25" s="2"/>
       <c r="G25" s="2"/>
       <c r="H25" s="2"/>
       <c r="I25" s="2"/>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" s="2" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B26" s="2" t="s">
-        <v>36</v>
+        <v>25</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>37</v>
-[...4 lines deleted...]
-      </c>
+        <v>25</v>
+      </c>
+      <c r="D26" s="2">
+        <v>304097804</v>
+      </c>
+      <c r="E26" s="2"/>
       <c r="F26" s="2"/>
       <c r="G26" s="2"/>
       <c r="H26" s="2"/>
       <c r="I26" s="2"/>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" s="2" t="s">
         <v>66</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>25</v>
       </c>
       <c r="C27" s="2" t="s">
         <v>25</v>
       </c>
       <c r="D27" s="2">
-        <v>304097804</v>
+        <v>302249035</v>
       </c>
       <c r="E27" s="2"/>
       <c r="F27" s="2"/>
       <c r="G27" s="2"/>
       <c r="H27" s="2"/>
       <c r="I27" s="2"/>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" s="2" t="s">
         <v>67</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>25</v>
       </c>
       <c r="C28" s="2" t="s">
         <v>25</v>
       </c>
       <c r="D28" s="2">
-        <v>302249035</v>
+        <v>234995490</v>
       </c>
       <c r="E28" s="2"/>
       <c r="F28" s="2"/>
       <c r="G28" s="2"/>
       <c r="H28" s="2"/>
       <c r="I28" s="2"/>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" s="2" t="s">
         <v>68</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>25</v>
       </c>
       <c r="C29" s="2" t="s">
         <v>25</v>
       </c>
       <c r="D29" s="2">
-        <v>234995490</v>
+        <v>305353384</v>
       </c>
       <c r="E29" s="2"/>
       <c r="F29" s="2"/>
       <c r="G29" s="2"/>
       <c r="H29" s="2"/>
       <c r="I29" s="2"/>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" s="2" t="s">
         <v>69</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>25</v>
       </c>
       <c r="C30" s="2" t="s">
         <v>25</v>
       </c>
       <c r="D30" s="2">
-        <v>305353384</v>
+        <v>305955152</v>
       </c>
       <c r="E30" s="2"/>
       <c r="F30" s="2"/>
       <c r="G30" s="2"/>
       <c r="H30" s="2"/>
       <c r="I30" s="2"/>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" s="2" t="s">
         <v>70</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>25</v>
       </c>
       <c r="C31" s="2" t="s">
         <v>25</v>
       </c>
       <c r="D31" s="2">
-        <v>305955152</v>
+        <v>126233315</v>
       </c>
       <c r="E31" s="2"/>
       <c r="F31" s="2"/>
       <c r="G31" s="2"/>
       <c r="H31" s="2"/>
       <c r="I31" s="2"/>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" s="2" t="s">
         <v>71</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>25</v>
       </c>
       <c r="C32" s="2" t="s">
         <v>25</v>
       </c>
       <c r="D32" s="2">
-        <v>126233315</v>
+        <v>305543622</v>
       </c>
       <c r="E32" s="2"/>
       <c r="F32" s="2"/>
       <c r="G32" s="2"/>
       <c r="H32" s="2"/>
       <c r="I32" s="2"/>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" s="2" t="s">
         <v>72</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>25</v>
       </c>
       <c r="C33" s="2" t="s">
         <v>25</v>
       </c>
       <c r="D33" s="2">
-        <v>305543622</v>
+        <v>302314255</v>
       </c>
       <c r="E33" s="2"/>
       <c r="F33" s="2"/>
       <c r="G33" s="2"/>
       <c r="H33" s="2"/>
       <c r="I33" s="2"/>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" s="2" t="s">
         <v>73</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>25</v>
       </c>
       <c r="C34" s="2" t="s">
         <v>25</v>
       </c>
       <c r="D34" s="2">
-        <v>302314255</v>
+        <v>302431575</v>
       </c>
       <c r="E34" s="2"/>
       <c r="F34" s="2"/>
       <c r="G34" s="2"/>
       <c r="H34" s="2"/>
       <c r="I34" s="2"/>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" s="2" t="s">
         <v>74</v>
       </c>
       <c r="B35" s="2" t="s">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>25</v>
+        <v>11</v>
       </c>
       <c r="D35" s="2">
-        <v>302431575</v>
+        <v>302583330</v>
       </c>
       <c r="E35" s="2"/>
       <c r="F35" s="2"/>
       <c r="G35" s="2"/>
       <c r="H35" s="2"/>
       <c r="I35" s="2"/>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" s="2" t="s">
         <v>75</v>
       </c>
       <c r="B36" s="2" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="D36" s="2">
-        <v>302583330</v>
+        <v>304990969</v>
       </c>
       <c r="E36" s="2"/>
       <c r="F36" s="2"/>
       <c r="G36" s="2"/>
       <c r="H36" s="2"/>
       <c r="I36" s="2"/>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" s="2" t="s">
         <v>76</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>25</v>
       </c>
       <c r="C37" s="2" t="s">
         <v>25</v>
       </c>
       <c r="D37" s="2">
-        <v>304990969</v>
+        <v>305219905</v>
       </c>
       <c r="E37" s="2"/>
       <c r="F37" s="2"/>
       <c r="G37" s="2"/>
       <c r="H37" s="2"/>
       <c r="I37" s="2"/>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" s="2" t="s">
         <v>77</v>
       </c>
       <c r="B38" s="2" t="s">
-        <v>25</v>
+        <v>78</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>25</v>
+        <v>79</v>
       </c>
       <c r="D38" s="2">
-        <v>305219905</v>
+        <v>304051511</v>
       </c>
       <c r="E38" s="2"/>
       <c r="F38" s="2"/>
       <c r="G38" s="2"/>
       <c r="H38" s="2"/>
       <c r="I38" s="2"/>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" s="2" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="B39" s="2" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="D39" s="2">
-        <v>304051511</v>
+        <v>305377937</v>
       </c>
       <c r="E39" s="2"/>
       <c r="F39" s="2"/>
       <c r="G39" s="2"/>
       <c r="H39" s="2"/>
       <c r="I39" s="2"/>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" s="2" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="B40" s="2" t="s">
-        <v>82</v>
+        <v>25</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>83</v>
+        <v>25</v>
       </c>
       <c r="D40" s="2">
-        <v>305377937</v>
+        <v>307157103</v>
       </c>
       <c r="E40" s="2"/>
       <c r="F40" s="2"/>
       <c r="G40" s="2"/>
       <c r="H40" s="2"/>
       <c r="I40" s="2"/>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" s="2" t="s">
         <v>84</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>36</v>
       </c>
       <c r="C41" s="2" t="s">
         <v>85</v>
       </c>
       <c r="D41" s="2">
         <v>300515252</v>
       </c>
       <c r="E41" s="2"/>
       <c r="F41" s="2" t="s">
         <v>86</v>
       </c>
       <c r="G41" s="2" t="s">