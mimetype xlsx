--- v1 (2025-12-05)
+++ v2 (2026-01-21)
@@ -12,277 +12,274 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="102">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="100">
   <si>
     <t>Pavadinimas</t>
   </si>
   <si>
     <t>Tipas</t>
   </si>
   <si>
     <t>Verslo forma</t>
   </si>
   <si>
     <t>Įmonės kodas</t>
   </si>
   <si>
     <t>Kitos šalies suteiktas kodas</t>
   </si>
   <si>
     <t>Licencijos tipas/rūšis</t>
   </si>
   <si>
     <t>Autorizacijos kodas</t>
   </si>
   <si>
     <t>galioja nuo</t>
   </si>
   <si>
     <t>galioja iki</t>
   </si>
   <si>
-    <t>"Alende Marketplace (Lithuania)" UAB</t>
+    <t> UAB „Bendras finansavimas“</t>
+  </si>
+  <si>
+    <t>Kredito, susijusio su nekilnojamuoju turtu, davėjas, Tarpusavio skolinimo platformos operatorius, veikiantis pagal Lietuvos Respublikos su nekilnojamuoju turtu susijusio kredito įstatymą, Tarpusavio skolinimo platformos operatorius, Vartojimo kredito davėjas, Sutelktinio finansavimo paslaugų teikėjas</t>
+  </si>
+  <si>
+    <t>Vartojimo kredito davėjas, Tarpusavio skolinimo platformos operatorius, veikiantis pagal VKĮ, Kredito davėjas, veikiantis pagal Lietuvos Respublikos su nekilnojamuoju turtu susijusio kredito įstatymą, Tarpusavio skolinimo platformos operatorius, veikiantis pagal SNTSKĮ, Sutelktinio finansavimo paslaugų teikėjas</t>
+  </si>
+  <si>
+    <t>Sutelktinio finansavimo paslaugų teikėjo licencija</t>
+  </si>
+  <si>
+    <t>LB002207</t>
+  </si>
+  <si>
+    <t>2023-08-01</t>
+  </si>
+  <si>
+    <t>UAB BLENDER LITHUANIA</t>
+  </si>
+  <si>
+    <t>Elektroninių pinigų įstaiga, Valiutos keityklos operatorius, Vartojimo kredito davėjas</t>
+  </si>
+  <si>
+    <t>Vartojimo kredito davėjas, LR licencijuota elektroninių pinigų įstaiga, LR licencijuotas valiutos keityklos operatorius</t>
+  </si>
+  <si>
+    <t>Elektroninių pinigų įstaigos licencija</t>
+  </si>
+  <si>
+    <t>LB000244</t>
+  </si>
+  <si>
+    <t>2017-02-14</t>
+  </si>
+  <si>
+    <t>BnP Finance, UAB</t>
+  </si>
+  <si>
+    <t>Vartojimo kredito davėjas</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bondora AS </t>
+  </si>
+  <si>
+    <t>Curve Europe, UAB</t>
+  </si>
+  <si>
+    <t>LR licencijuota draudimo brokerių įmonė, Vartojimo kredito davėjas, LR licencijuota elektroninių pinigų įstaiga, LR licencijuotas valiutos keityklos operatorius</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DelfinGroup LT UAB </t>
+  </si>
+  <si>
+    <t xml:space="preserve">UAB EDS INVEST </t>
+  </si>
+  <si>
+    <t>Kredito, susijusio su nekilnojamuoju turtu, davėjas, Vartojimo kredito tarpininkas, Vartojimo kredito davėjas</t>
+  </si>
+  <si>
+    <t>Vartojimo kredito davėjas, Nepriklausomi vartojimo kredito tarpininkai, Kredito davėjas, veikiantis pagal Lietuvos Respublikos su nekilnojamuoju turtu susijusio kredito įstatymą</t>
+  </si>
+  <si>
+    <t>Fresh Finance UAB</t>
+  </si>
+  <si>
+    <t>IĮ "Aujama-credit"</t>
+  </si>
+  <si>
+    <t>Intesa Sanpaolo Bank Luxembourg S.A.</t>
+  </si>
+  <si>
+    <t>Bankas, Vartojimo kredito davėjas</t>
+  </si>
+  <si>
+    <t>Vartojimo kredito davėjas, ES/EEE bankas, teikiantis paslaugas LR neįsisteigus</t>
+  </si>
+  <si>
+    <t>549300H62SNDRT0PS319</t>
+  </si>
+  <si>
+    <t>IPF Digital Lietuva, UAB</t>
+  </si>
+  <si>
+    <t>LPB Capital, UAB</t>
+  </si>
+  <si>
+    <t>Luminor Lizingas UAB</t>
+  </si>
+  <si>
+    <t>myTU credit, UAB</t>
+  </si>
+  <si>
+    <t>UAB „mogo LT“</t>
+  </si>
+  <si>
+    <t>NEO Finance, AB</t>
+  </si>
+  <si>
+    <t>Elektroninių pinigų įstaiga, Valiutos keityklos operatorius, Tarpusavio skolinimo platformos operatorius, Vartojimo kredito davėjas</t>
+  </si>
+  <si>
+    <t>Vartojimo kredito davėjas, Tarpusavio skolinimo platformos operatorius, veikiantis pagal VKĮ, LR licencijuota elektroninių pinigų įstaiga, LR licencijuotas valiutos keityklos operatorius, Emitentas, kurio VP yra įtraukti į prekybą daugiašalėse prekybos sistemose</t>
+  </si>
+  <si>
+    <t>LB000247</t>
+  </si>
+  <si>
+    <t>2017-01-05</t>
+  </si>
+  <si>
+    <t>"Paysera LT", UAB</t>
+  </si>
+  <si>
+    <t>Vartojimo kredito davėjas, Tarpusavio skolinimo platformos operatorius, veikiantis pagal VKĮ, LR licencijuota elektroninių pinigų įstaiga, LR licencijuotas valiutos keityklos operatorius</t>
+  </si>
+  <si>
+    <t>LB000251</t>
+  </si>
+  <si>
+    <t>2012-09-27</t>
+  </si>
+  <si>
+    <t>REGO.LT, UAB</t>
+  </si>
+  <si>
+    <t>Revolut Bank UAB</t>
+  </si>
+  <si>
+    <t>Bankas, Valiutos keityklos operatorius, Kredito, susijusio su nekilnojamuoju turtu, davėjas, Vartojimo kredito davėjas</t>
+  </si>
+  <si>
+    <t>Vartojimo kredito davėjas, LR licencijuotas valiutos keityklos operatorius, LR licencijuotas bankas, Kredito davėjas, veikiantis pagal Lietuvos Respublikos su nekilnojamuoju turtu susijusio kredito įstatymą</t>
+  </si>
+  <si>
+    <t>Banko licencija</t>
+  </si>
+  <si>
+    <t>LB002119</t>
+  </si>
+  <si>
+    <t>2021-12-13</t>
+  </si>
+  <si>
+    <t>SIA ,,Citadele Leasing“ Lietuvos filialas</t>
+  </si>
+  <si>
+    <t>Stokker Finance, UAB</t>
+  </si>
+  <si>
+    <t>„Swedbank lizingas“, UAB </t>
+  </si>
+  <si>
+    <t>TRUMPF Financial Services GmbH</t>
+  </si>
+  <si>
+    <t>BAK 130120</t>
+  </si>
+  <si>
+    <t> UAB „Amberio kreditas“</t>
+  </si>
+  <si>
+    <t>UAB „ARN group"</t>
+  </si>
+  <si>
+    <t>UAB Artea lizingas</t>
+  </si>
+  <si>
+    <t>UAB BLENDER LITHUANIA F1</t>
+  </si>
+  <si>
+    <t>UAB BLENDER LITHUANIA F2</t>
+  </si>
+  <si>
+    <t>UAB „Citadele Factoring“</t>
+  </si>
+  <si>
+    <t>UAB Craftsoft</t>
+  </si>
+  <si>
+    <t>UAB "Credit Consulting Services"</t>
+  </si>
+  <si>
+    <t>UAB „Credit Service“ </t>
+  </si>
+  <si>
+    <t>UAB EDS INVEST 2</t>
   </si>
   <si>
     <t>Kredito, susijusio su nekilnojamuoju turtu, davėjas, Vartojimo kredito davėjas</t>
   </si>
   <si>
     <t>Vartojimo kredito davėjas, Kredito davėjas, veikiantis pagal Lietuvos Respublikos su nekilnojamuoju turtu susijusio kredito įstatymą</t>
   </si>
   <si>
-    <t> UAB „Bendras finansavimas“</t>
-[...187 lines deleted...]
-  <si>
     <t>UAB EDS INVEST 3</t>
   </si>
   <si>
     <t>UAB ESTO</t>
   </si>
   <si>
     <t>UAB „Finansų bitė“</t>
   </si>
   <si>
     <t>Elektroninių pinigų įstaigos tarpininkas, Tarpusavio skolinimo platformos operatorius, Vartojimo kredito davėjas</t>
   </si>
   <si>
     <t>Vartojimo kredito davėjas, Tarpusavio skolinimo platformos operatorius, veikiantis pagal VKĮ</t>
   </si>
   <si>
     <t>UAB „Finbro“</t>
   </si>
   <si>
     <t>Kredito, susijusio su nekilnojamuoju turtu, tarpininkas, Vartojimo kredito davėjas</t>
   </si>
   <si>
     <t>Vartojimo kredito davėjas, Nepriklausomas kredito tarpininkas, veikiantis pagal Lietuvos Respublikos su nekilnojamuoju turtu susijusio kredito įstatymą</t>
   </si>
   <si>
     <t>UAB "Flexy LT"</t>
@@ -303,53 +300,50 @@
     <t>2019-06-25</t>
   </si>
   <si>
     <t>UAB "Giantus finance” (Bankrutuojanti)</t>
   </si>
   <si>
     <t>UAB Kredus</t>
   </si>
   <si>
     <t>UAB „LSV Intergroup"</t>
   </si>
   <si>
     <t>UAB „Minibank“ </t>
   </si>
   <si>
     <t>UAB „Moment Credit“ </t>
   </si>
   <si>
     <t>UAB „Nordecum“ </t>
   </si>
   <si>
     <t>UAB Primero Finance</t>
   </si>
   <si>
     <t>UAB „PRO INVEST GROUP"</t>
-  </si>
-[...1 lines deleted...]
-    <t>UAB „Saugus kreditas"</t>
   </si>
   <si>
     <t>UAB “SME Finance Leasing”</t>
   </si>
   <si>
     <t>UAB „Sostinės kreditai"</t>
   </si>
   <si>
     <t>UAB „Šeili“</t>
   </si>
   <si>
     <t>UAB „VIP kreditas"</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -676,54 +670,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I54"/>
+  <dimension ref="A1:I52"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I54" sqref="I54"/>
+      <selection activeCell="I52" sqref="I52"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="40" customWidth="true" style="0"/>
     <col min="2" max="2" width="40" customWidth="true" style="0"/>
     <col min="3" max="3" width="40" customWidth="true" style="0"/>
     <col min="4" max="4" width="40" customWidth="true" style="0"/>
     <col min="5" max="5" width="40" customWidth="true" style="0"/>
     <col min="6" max="6" width="40" customWidth="true" style="0"/>
     <col min="7" max="7" width="40" customWidth="true" style="0"/>
     <col min="8" max="8" width="40" customWidth="true" style="0"/>
     <col min="9" max="9" width="40" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
@@ -735,1081 +729,1043 @@
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D2" s="2">
-        <v>306059186</v>
+        <v>303259527</v>
       </c>
       <c r="E2" s="2"/>
-      <c r="F2" s="2"/>
-[...1 lines deleted...]
-      <c r="H2" s="2"/>
+      <c r="F2" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="H2" s="2" t="s">
+        <v>14</v>
+      </c>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" s="2" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B3" s="2" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="C3" s="2" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="D3" s="2">
-        <v>303259527</v>
+        <v>304230261</v>
       </c>
       <c r="E3" s="2"/>
       <c r="F3" s="2" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="G3" s="2" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="H3" s="2" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B4" s="2" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="C4" s="2" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="D4" s="2">
-        <v>304230261</v>
+        <v>302447985</v>
       </c>
       <c r="E4" s="2"/>
-      <c r="F4" s="2" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="F4" s="2"/>
+      <c r="G4" s="2"/>
+      <c r="H4" s="2"/>
       <c r="I4" s="2"/>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" s="2" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="B5" s="2" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="C5" s="2" t="s">
-        <v>25</v>
-[...4 lines deleted...]
-      <c r="E5" s="2"/>
+        <v>22</v>
+      </c>
+      <c r="D5" s="2"/>
+      <c r="E5" s="2">
+        <v>11483929</v>
+      </c>
       <c r="F5" s="2"/>
       <c r="G5" s="2"/>
       <c r="H5" s="2"/>
       <c r="I5" s="2"/>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" s="2" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="B6" s="2" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>25</v>
       </c>
-      <c r="D6" s="2"/>
-[...2 lines deleted...]
-      </c>
+      <c r="D6" s="2">
+        <v>305626541</v>
+      </c>
+      <c r="E6" s="2"/>
       <c r="F6" s="2"/>
       <c r="G6" s="2"/>
       <c r="H6" s="2"/>
       <c r="I6" s="2"/>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" s="2" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="B7" s="2" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="D7" s="2">
-        <v>305626541</v>
+        <v>306462155</v>
       </c>
       <c r="E7" s="2"/>
       <c r="F7" s="2"/>
       <c r="G7" s="2"/>
       <c r="H7" s="2"/>
       <c r="I7" s="2"/>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="B8" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="C8" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="B8" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D8" s="2">
-        <v>306462155</v>
+        <v>304478449</v>
       </c>
       <c r="E8" s="2"/>
       <c r="F8" s="2"/>
       <c r="G8" s="2"/>
       <c r="H8" s="2"/>
       <c r="I8" s="2"/>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" s="2" t="s">
         <v>30</v>
       </c>
       <c r="B9" s="2" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>32</v>
+        <v>22</v>
       </c>
       <c r="D9" s="2">
-        <v>304478449</v>
+        <v>304604645</v>
       </c>
       <c r="E9" s="2"/>
       <c r="F9" s="2"/>
       <c r="G9" s="2"/>
       <c r="H9" s="2"/>
       <c r="I9" s="2"/>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" s="2" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="B10" s="2" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="D10" s="2">
-        <v>304604645</v>
+        <v>302653800</v>
       </c>
       <c r="E10" s="2"/>
       <c r="F10" s="2"/>
       <c r="G10" s="2"/>
       <c r="H10" s="2"/>
       <c r="I10" s="2"/>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="B11" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="C11" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="B11" s="2" t="s">
-[...8 lines deleted...]
-      <c r="E11" s="2"/>
+      <c r="D11" s="2"/>
+      <c r="E11" s="2" t="s">
+        <v>35</v>
+      </c>
       <c r="F11" s="2"/>
       <c r="G11" s="2"/>
       <c r="H11" s="2"/>
       <c r="I11" s="2"/>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" s="2" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B12" s="2" t="s">
-        <v>36</v>
+        <v>22</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>37</v>
-[...4 lines deleted...]
-      </c>
+        <v>22</v>
+      </c>
+      <c r="D12" s="2">
+        <v>300622891</v>
+      </c>
+      <c r="E12" s="2"/>
       <c r="F12" s="2"/>
       <c r="G12" s="2"/>
       <c r="H12" s="2"/>
       <c r="I12" s="2"/>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" s="2" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="B13" s="2" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="D13" s="2">
-        <v>300622891</v>
+        <v>111746792</v>
       </c>
       <c r="E13" s="2"/>
       <c r="F13" s="2"/>
       <c r="G13" s="2"/>
       <c r="H13" s="2"/>
       <c r="I13" s="2"/>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" s="2" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="B14" s="2" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="D14" s="2">
-        <v>111746792</v>
+        <v>111667277</v>
       </c>
       <c r="E14" s="2"/>
       <c r="F14" s="2"/>
       <c r="G14" s="2"/>
       <c r="H14" s="2"/>
       <c r="I14" s="2"/>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" s="2" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="B15" s="2" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="D15" s="2">
-        <v>111667277</v>
+        <v>306138630</v>
       </c>
       <c r="E15" s="2"/>
       <c r="F15" s="2"/>
       <c r="G15" s="2"/>
       <c r="H15" s="2"/>
       <c r="I15" s="2"/>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" s="2" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="B16" s="2" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="D16" s="2">
-        <v>306138630</v>
+        <v>302943102</v>
       </c>
       <c r="E16" s="2"/>
       <c r="F16" s="2"/>
       <c r="G16" s="2"/>
       <c r="H16" s="2"/>
       <c r="I16" s="2"/>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" s="2" t="s">
+        <v>41</v>
+      </c>
+      <c r="B17" s="2" t="s">
+        <v>42</v>
+      </c>
+      <c r="C17" s="2" t="s">
         <v>43</v>
       </c>
-      <c r="B17" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D17" s="2">
-        <v>302943102</v>
+        <v>303225546</v>
       </c>
       <c r="E17" s="2"/>
-      <c r="F17" s="2"/>
-[...1 lines deleted...]
-      <c r="H17" s="2"/>
+      <c r="F17" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="G17" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="H17" s="2" t="s">
+        <v>45</v>
+      </c>
       <c r="I17" s="2"/>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" s="2" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="B18" s="2" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D18" s="2">
-        <v>303225546</v>
+        <v>300060819</v>
       </c>
       <c r="E18" s="2"/>
       <c r="F18" s="2" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="G18" s="2" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="H18" s="2" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="I18" s="2"/>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" s="2" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B19" s="2" t="s">
-        <v>45</v>
+        <v>22</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="D19" s="2">
-        <v>300060819</v>
+        <v>305864279</v>
       </c>
       <c r="E19" s="2"/>
-      <c r="F19" s="2" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="F19" s="2"/>
+      <c r="G19" s="2"/>
+      <c r="H19" s="2"/>
       <c r="I19" s="2"/>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" s="2" t="s">
+        <v>51</v>
+      </c>
+      <c r="B20" s="2" t="s">
+        <v>52</v>
+      </c>
+      <c r="C20" s="2" t="s">
         <v>53</v>
       </c>
-      <c r="B20" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D20" s="2">
-        <v>305864279</v>
+        <v>304580906</v>
       </c>
       <c r="E20" s="2"/>
-      <c r="F20" s="2"/>
-[...1 lines deleted...]
-      <c r="H20" s="2"/>
+      <c r="F20" s="2" t="s">
+        <v>54</v>
+      </c>
+      <c r="G20" s="2" t="s">
+        <v>55</v>
+      </c>
+      <c r="H20" s="2" t="s">
+        <v>56</v>
+      </c>
       <c r="I20" s="2"/>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" s="2" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="B21" s="2" t="s">
-        <v>55</v>
+        <v>22</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>56</v>
+        <v>22</v>
       </c>
       <c r="D21" s="2">
-        <v>304580906</v>
+        <v>302629475</v>
       </c>
       <c r="E21" s="2"/>
-      <c r="F21" s="2" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="F21" s="2"/>
+      <c r="G21" s="2"/>
+      <c r="H21" s="2"/>
       <c r="I21" s="2"/>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" s="2" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="B22" s="2" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="D22" s="2">
-        <v>302629475</v>
+        <v>303026868</v>
       </c>
       <c r="E22" s="2"/>
       <c r="F22" s="2"/>
       <c r="G22" s="2"/>
       <c r="H22" s="2"/>
       <c r="I22" s="2"/>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" s="2" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="B23" s="2" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="D23" s="2">
-        <v>303026868</v>
+        <v>111568069</v>
       </c>
       <c r="E23" s="2"/>
       <c r="F23" s="2"/>
       <c r="G23" s="2"/>
       <c r="H23" s="2"/>
       <c r="I23" s="2"/>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" s="2" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="B24" s="2" t="s">
-        <v>25</v>
+        <v>33</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>25</v>
-[...4 lines deleted...]
-      <c r="E24" s="2"/>
+        <v>34</v>
+      </c>
+      <c r="D24" s="2"/>
+      <c r="E24" s="2" t="s">
+        <v>61</v>
+      </c>
       <c r="F24" s="2"/>
       <c r="G24" s="2"/>
       <c r="H24" s="2"/>
       <c r="I24" s="2"/>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" s="2" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="B25" s="2" t="s">
-        <v>36</v>
+        <v>22</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>37</v>
-[...4 lines deleted...]
-      </c>
+        <v>22</v>
+      </c>
+      <c r="D25" s="2">
+        <v>304097804</v>
+      </c>
+      <c r="E25" s="2"/>
       <c r="F25" s="2"/>
       <c r="G25" s="2"/>
       <c r="H25" s="2"/>
       <c r="I25" s="2"/>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" s="2" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="B26" s="2" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="D26" s="2">
-        <v>304097804</v>
+        <v>302249035</v>
       </c>
       <c r="E26" s="2"/>
       <c r="F26" s="2"/>
       <c r="G26" s="2"/>
       <c r="H26" s="2"/>
       <c r="I26" s="2"/>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" s="2" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="B27" s="2" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="D27" s="2">
-        <v>302249035</v>
+        <v>234995490</v>
       </c>
       <c r="E27" s="2"/>
       <c r="F27" s="2"/>
       <c r="G27" s="2"/>
       <c r="H27" s="2"/>
       <c r="I27" s="2"/>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" s="2" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="B28" s="2" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="D28" s="2">
-        <v>234995490</v>
+        <v>305353384</v>
       </c>
       <c r="E28" s="2"/>
       <c r="F28" s="2"/>
       <c r="G28" s="2"/>
       <c r="H28" s="2"/>
       <c r="I28" s="2"/>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" s="2" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="B29" s="2" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="D29" s="2">
-        <v>305353384</v>
+        <v>305955152</v>
       </c>
       <c r="E29" s="2"/>
       <c r="F29" s="2"/>
       <c r="G29" s="2"/>
       <c r="H29" s="2"/>
       <c r="I29" s="2"/>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" s="2" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="B30" s="2" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="D30" s="2">
-        <v>305955152</v>
+        <v>126233315</v>
       </c>
       <c r="E30" s="2"/>
       <c r="F30" s="2"/>
       <c r="G30" s="2"/>
       <c r="H30" s="2"/>
       <c r="I30" s="2"/>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" s="2" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="B31" s="2" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="D31" s="2">
-        <v>126233315</v>
+        <v>305543622</v>
       </c>
       <c r="E31" s="2"/>
       <c r="F31" s="2"/>
       <c r="G31" s="2"/>
       <c r="H31" s="2"/>
       <c r="I31" s="2"/>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" s="2" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="B32" s="2" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="D32" s="2">
-        <v>305543622</v>
+        <v>302314255</v>
       </c>
       <c r="E32" s="2"/>
       <c r="F32" s="2"/>
       <c r="G32" s="2"/>
       <c r="H32" s="2"/>
       <c r="I32" s="2"/>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" s="2" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="B33" s="2" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="D33" s="2">
-        <v>302314255</v>
+        <v>302431575</v>
       </c>
       <c r="E33" s="2"/>
       <c r="F33" s="2"/>
       <c r="G33" s="2"/>
       <c r="H33" s="2"/>
       <c r="I33" s="2"/>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" s="2" t="s">
+        <v>71</v>
+      </c>
+      <c r="B34" s="2" t="s">
+        <v>72</v>
+      </c>
+      <c r="C34" s="2" t="s">
         <v>73</v>
       </c>
-      <c r="B34" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D34" s="2">
-        <v>302431575</v>
+        <v>302583330</v>
       </c>
       <c r="E34" s="2"/>
       <c r="F34" s="2"/>
       <c r="G34" s="2"/>
       <c r="H34" s="2"/>
       <c r="I34" s="2"/>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" s="2" t="s">
         <v>74</v>
       </c>
       <c r="B35" s="2" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>11</v>
+        <v>22</v>
       </c>
       <c r="D35" s="2">
-        <v>302583330</v>
+        <v>304990969</v>
       </c>
       <c r="E35" s="2"/>
       <c r="F35" s="2"/>
       <c r="G35" s="2"/>
       <c r="H35" s="2"/>
       <c r="I35" s="2"/>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" s="2" t="s">
         <v>75</v>
       </c>
       <c r="B36" s="2" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="D36" s="2">
-        <v>304990969</v>
+        <v>305219905</v>
       </c>
       <c r="E36" s="2"/>
       <c r="F36" s="2"/>
       <c r="G36" s="2"/>
       <c r="H36" s="2"/>
       <c r="I36" s="2"/>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" s="2" t="s">
         <v>76</v>
       </c>
       <c r="B37" s="2" t="s">
-        <v>25</v>
+        <v>77</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>25</v>
+        <v>78</v>
       </c>
       <c r="D37" s="2">
-        <v>305219905</v>
+        <v>304051511</v>
       </c>
       <c r="E37" s="2"/>
       <c r="F37" s="2"/>
       <c r="G37" s="2"/>
       <c r="H37" s="2"/>
       <c r="I37" s="2"/>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" s="2" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="B38" s="2" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="D38" s="2">
-        <v>304051511</v>
+        <v>305377937</v>
       </c>
       <c r="E38" s="2"/>
       <c r="F38" s="2"/>
       <c r="G38" s="2"/>
       <c r="H38" s="2"/>
       <c r="I38" s="2"/>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" s="2" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="B39" s="2" t="s">
-        <v>81</v>
+        <v>22</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>82</v>
+        <v>22</v>
       </c>
       <c r="D39" s="2">
-        <v>305377937</v>
+        <v>307157103</v>
       </c>
       <c r="E39" s="2"/>
       <c r="F39" s="2"/>
       <c r="G39" s="2"/>
       <c r="H39" s="2"/>
       <c r="I39" s="2"/>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" s="2" t="s">
         <v>83</v>
       </c>
       <c r="B40" s="2" t="s">
-        <v>25</v>
+        <v>33</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>25</v>
+        <v>84</v>
       </c>
       <c r="D40" s="2">
-        <v>307157103</v>
+        <v>300515252</v>
       </c>
       <c r="E40" s="2"/>
-      <c r="F40" s="2"/>
-[...1 lines deleted...]
-      <c r="H40" s="2"/>
+      <c r="F40" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="G40" s="2" t="s">
+        <v>86</v>
+      </c>
+      <c r="H40" s="2" t="s">
+        <v>87</v>
+      </c>
       <c r="I40" s="2"/>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" s="2" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="B41" s="2" t="s">
-        <v>36</v>
+        <v>22</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>85</v>
+        <v>22</v>
       </c>
       <c r="D41" s="2">
-        <v>300515252</v>
+        <v>304952954</v>
       </c>
       <c r="E41" s="2"/>
-      <c r="F41" s="2" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="F41" s="2"/>
+      <c r="G41" s="2"/>
+      <c r="H41" s="2"/>
       <c r="I41" s="2"/>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" s="2" t="s">
         <v>89</v>
       </c>
       <c r="B42" s="2" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="D42" s="2">
-        <v>304952954</v>
+        <v>305583951</v>
       </c>
       <c r="E42" s="2"/>
       <c r="F42" s="2"/>
       <c r="G42" s="2"/>
       <c r="H42" s="2"/>
       <c r="I42" s="2"/>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" s="2" t="s">
         <v>90</v>
       </c>
       <c r="B43" s="2" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="D43" s="2">
-        <v>305583951</v>
+        <v>302414832</v>
       </c>
       <c r="E43" s="2"/>
       <c r="F43" s="2"/>
       <c r="G43" s="2"/>
       <c r="H43" s="2"/>
       <c r="I43" s="2"/>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" s="2" t="s">
         <v>91</v>
       </c>
       <c r="B44" s="2" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="D44" s="2">
-        <v>302414832</v>
+        <v>301850677</v>
       </c>
       <c r="E44" s="2"/>
       <c r="F44" s="2"/>
       <c r="G44" s="2"/>
       <c r="H44" s="2"/>
       <c r="I44" s="2"/>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" s="2" t="s">
         <v>92</v>
       </c>
       <c r="B45" s="2" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="D45" s="2">
-        <v>301850677</v>
+        <v>300657515</v>
       </c>
       <c r="E45" s="2"/>
       <c r="F45" s="2"/>
       <c r="G45" s="2"/>
       <c r="H45" s="2"/>
       <c r="I45" s="2"/>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" s="2" t="s">
         <v>93</v>
       </c>
       <c r="B46" s="2" t="s">
-        <v>25</v>
+        <v>72</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>25</v>
+        <v>73</v>
       </c>
       <c r="D46" s="2">
-        <v>300657515</v>
+        <v>302535232</v>
       </c>
       <c r="E46" s="2"/>
       <c r="F46" s="2"/>
       <c r="G46" s="2"/>
       <c r="H46" s="2"/>
       <c r="I46" s="2"/>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" s="2" t="s">
         <v>94</v>
       </c>
       <c r="B47" s="2" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="C47" s="2" t="s">
-        <v>11</v>
+        <v>22</v>
       </c>
       <c r="D47" s="2">
-        <v>302535232</v>
+        <v>305600347</v>
       </c>
       <c r="E47" s="2"/>
       <c r="F47" s="2"/>
       <c r="G47" s="2"/>
       <c r="H47" s="2"/>
       <c r="I47" s="2"/>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" s="2" t="s">
         <v>95</v>
       </c>
       <c r="B48" s="2" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="C48" s="2" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="D48" s="2">
-        <v>305600347</v>
+        <v>302453988</v>
       </c>
       <c r="E48" s="2"/>
       <c r="F48" s="2"/>
       <c r="G48" s="2"/>
       <c r="H48" s="2"/>
       <c r="I48" s="2"/>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" s="2" t="s">
         <v>96</v>
       </c>
       <c r="B49" s="2" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="C49" s="2" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="D49" s="2">
-        <v>302453988</v>
+        <v>305625261</v>
       </c>
       <c r="E49" s="2"/>
       <c r="F49" s="2"/>
       <c r="G49" s="2"/>
       <c r="H49" s="2"/>
       <c r="I49" s="2"/>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" s="2" t="s">
         <v>97</v>
       </c>
       <c r="B50" s="2" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="C50" s="2" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="D50" s="2">
-        <v>302547722</v>
+        <v>302513887</v>
       </c>
       <c r="E50" s="2"/>
       <c r="F50" s="2"/>
       <c r="G50" s="2"/>
       <c r="H50" s="2"/>
       <c r="I50" s="2"/>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" s="2" t="s">
         <v>98</v>
       </c>
       <c r="B51" s="2" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="D51" s="2">
-        <v>305625261</v>
+        <v>305317406</v>
       </c>
       <c r="E51" s="2"/>
       <c r="F51" s="2"/>
       <c r="G51" s="2"/>
       <c r="H51" s="2"/>
       <c r="I51" s="2"/>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" s="2" t="s">
         <v>99</v>
       </c>
       <c r="B52" s="2" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="D52" s="2">
-        <v>302513887</v>
+        <v>302893208</v>
       </c>
       <c r="E52" s="2"/>
       <c r="F52" s="2"/>
       <c r="G52" s="2"/>
       <c r="H52" s="2"/>
       <c r="I52" s="2"/>
-    </row>
-[...36 lines deleted...]
-      <c r="I54" s="2"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>