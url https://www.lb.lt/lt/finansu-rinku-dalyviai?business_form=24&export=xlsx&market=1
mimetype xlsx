--- v2 (2026-01-21)
+++ v3 (2026-03-09)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="100">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="99">
   <si>
     <t>Pavadinimas</t>
   </si>
   <si>
     <t>Tipas</t>
   </si>
   <si>
     <t>Verslo forma</t>
   </si>
   <si>
     <t>Įmonės kodas</t>
   </si>
   <si>
     <t>Kitos šalies suteiktas kodas</t>
   </si>
   <si>
     <t>Licencijos tipas/rūšis</t>
   </si>
   <si>
     <t>Autorizacijos kodas</t>
   </si>
   <si>
     <t>galioja nuo</t>
   </si>
   <si>
@@ -207,53 +207,50 @@
     <t>2021-12-13</t>
   </si>
   <si>
     <t>SIA ,,Citadele Leasing“ Lietuvos filialas</t>
   </si>
   <si>
     <t>Stokker Finance, UAB</t>
   </si>
   <si>
     <t>„Swedbank lizingas“, UAB </t>
   </si>
   <si>
     <t>TRUMPF Financial Services GmbH</t>
   </si>
   <si>
     <t>BAK 130120</t>
   </si>
   <si>
     <t> UAB „Amberio kreditas“</t>
   </si>
   <si>
     <t>UAB „ARN group"</t>
   </si>
   <si>
     <t>UAB Artea lizingas</t>
-  </si>
-[...1 lines deleted...]
-    <t>UAB BLENDER LITHUANIA F1</t>
   </si>
   <si>
     <t>UAB BLENDER LITHUANIA F2</t>
   </si>
   <si>
     <t>UAB „Citadele Factoring“</t>
   </si>
   <si>
     <t>UAB Craftsoft</t>
   </si>
   <si>
     <t>UAB "Credit Consulting Services"</t>
   </si>
   <si>
     <t>UAB „Credit Service“ </t>
   </si>
   <si>
     <t>UAB EDS INVEST 2</t>
   </si>
   <si>
     <t>Kredito, susijusio su nekilnojamuoju turtu, davėjas, Vartojimo kredito davėjas</t>
   </si>
   <si>
     <t>Vartojimo kredito davėjas, Kredito davėjas, veikiantis pagal Lietuvos Respublikos su nekilnojamuoju turtu susijusio kredito įstatymą</t>
   </si>
@@ -670,54 +667,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I52"/>
+  <dimension ref="A1:I51"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I52" sqref="I52"/>
+      <selection activeCell="I51" sqref="I51"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="40" customWidth="true" style="0"/>
     <col min="2" max="2" width="40" customWidth="true" style="0"/>
     <col min="3" max="3" width="40" customWidth="true" style="0"/>
     <col min="4" max="4" width="40" customWidth="true" style="0"/>
     <col min="5" max="5" width="40" customWidth="true" style="0"/>
     <col min="6" max="6" width="40" customWidth="true" style="0"/>
     <col min="7" max="7" width="40" customWidth="true" style="0"/>
     <col min="8" max="8" width="40" customWidth="true" style="0"/>
     <col min="9" max="9" width="40" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
@@ -1253,519 +1250,500 @@
         <v>22</v>
       </c>
       <c r="C27" s="2" t="s">
         <v>22</v>
       </c>
       <c r="D27" s="2">
         <v>234995490</v>
       </c>
       <c r="E27" s="2"/>
       <c r="F27" s="2"/>
       <c r="G27" s="2"/>
       <c r="H27" s="2"/>
       <c r="I27" s="2"/>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" s="2" t="s">
         <v>65</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>22</v>
       </c>
       <c r="C28" s="2" t="s">
         <v>22</v>
       </c>
       <c r="D28" s="2">
-        <v>305353384</v>
+        <v>305955152</v>
       </c>
       <c r="E28" s="2"/>
       <c r="F28" s="2"/>
       <c r="G28" s="2"/>
       <c r="H28" s="2"/>
       <c r="I28" s="2"/>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" s="2" t="s">
         <v>66</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>22</v>
       </c>
       <c r="C29" s="2" t="s">
         <v>22</v>
       </c>
       <c r="D29" s="2">
-        <v>305955152</v>
+        <v>126233315</v>
       </c>
       <c r="E29" s="2"/>
       <c r="F29" s="2"/>
       <c r="G29" s="2"/>
       <c r="H29" s="2"/>
       <c r="I29" s="2"/>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" s="2" t="s">
         <v>67</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>22</v>
       </c>
       <c r="C30" s="2" t="s">
         <v>22</v>
       </c>
       <c r="D30" s="2">
-        <v>126233315</v>
+        <v>305543622</v>
       </c>
       <c r="E30" s="2"/>
       <c r="F30" s="2"/>
       <c r="G30" s="2"/>
       <c r="H30" s="2"/>
       <c r="I30" s="2"/>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" s="2" t="s">
         <v>68</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>22</v>
       </c>
       <c r="C31" s="2" t="s">
         <v>22</v>
       </c>
       <c r="D31" s="2">
-        <v>305543622</v>
+        <v>302314255</v>
       </c>
       <c r="E31" s="2"/>
       <c r="F31" s="2"/>
       <c r="G31" s="2"/>
       <c r="H31" s="2"/>
       <c r="I31" s="2"/>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" s="2" t="s">
         <v>69</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>22</v>
       </c>
       <c r="C32" s="2" t="s">
         <v>22</v>
       </c>
       <c r="D32" s="2">
-        <v>302314255</v>
+        <v>302431575</v>
       </c>
       <c r="E32" s="2"/>
       <c r="F32" s="2"/>
       <c r="G32" s="2"/>
       <c r="H32" s="2"/>
       <c r="I32" s="2"/>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" s="2" t="s">
         <v>70</v>
       </c>
       <c r="B33" s="2" t="s">
-        <v>22</v>
+        <v>71</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>22</v>
+        <v>72</v>
       </c>
       <c r="D33" s="2">
-        <v>302431575</v>
+        <v>302583330</v>
       </c>
       <c r="E33" s="2"/>
       <c r="F33" s="2"/>
       <c r="G33" s="2"/>
       <c r="H33" s="2"/>
       <c r="I33" s="2"/>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" s="2" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="B34" s="2" t="s">
-        <v>72</v>
+        <v>22</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>73</v>
+        <v>22</v>
       </c>
       <c r="D34" s="2">
-        <v>302583330</v>
+        <v>304990969</v>
       </c>
       <c r="E34" s="2"/>
       <c r="F34" s="2"/>
       <c r="G34" s="2"/>
       <c r="H34" s="2"/>
       <c r="I34" s="2"/>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" s="2" t="s">
         <v>74</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>22</v>
       </c>
       <c r="C35" s="2" t="s">
         <v>22</v>
       </c>
       <c r="D35" s="2">
-        <v>304990969</v>
+        <v>305219905</v>
       </c>
       <c r="E35" s="2"/>
       <c r="F35" s="2"/>
       <c r="G35" s="2"/>
       <c r="H35" s="2"/>
       <c r="I35" s="2"/>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" s="2" t="s">
         <v>75</v>
       </c>
       <c r="B36" s="2" t="s">
-        <v>22</v>
+        <v>76</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>22</v>
+        <v>77</v>
       </c>
       <c r="D36" s="2">
-        <v>305219905</v>
+        <v>304051511</v>
       </c>
       <c r="E36" s="2"/>
       <c r="F36" s="2"/>
       <c r="G36" s="2"/>
       <c r="H36" s="2"/>
       <c r="I36" s="2"/>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" s="2" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="B37" s="2" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="D37" s="2">
-        <v>304051511</v>
+        <v>305377937</v>
       </c>
       <c r="E37" s="2"/>
       <c r="F37" s="2"/>
       <c r="G37" s="2"/>
       <c r="H37" s="2"/>
       <c r="I37" s="2"/>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" s="2" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="B38" s="2" t="s">
-        <v>80</v>
+        <v>22</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>81</v>
+        <v>22</v>
       </c>
       <c r="D38" s="2">
-        <v>305377937</v>
+        <v>307157103</v>
       </c>
       <c r="E38" s="2"/>
       <c r="F38" s="2"/>
       <c r="G38" s="2"/>
       <c r="H38" s="2"/>
       <c r="I38" s="2"/>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" s="2" t="s">
         <v>82</v>
       </c>
       <c r="B39" s="2" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>22</v>
+        <v>83</v>
       </c>
       <c r="D39" s="2">
-        <v>307157103</v>
+        <v>300515252</v>
       </c>
       <c r="E39" s="2"/>
-      <c r="F39" s="2"/>
-[...1 lines deleted...]
-      <c r="H39" s="2"/>
+      <c r="F39" s="2" t="s">
+        <v>84</v>
+      </c>
+      <c r="G39" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="H39" s="2" t="s">
+        <v>86</v>
+      </c>
       <c r="I39" s="2"/>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" s="2" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="B40" s="2" t="s">
-        <v>33</v>
+        <v>22</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>84</v>
+        <v>22</v>
       </c>
       <c r="D40" s="2">
-        <v>300515252</v>
+        <v>304952954</v>
       </c>
       <c r="E40" s="2"/>
-      <c r="F40" s="2" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="F40" s="2"/>
+      <c r="G40" s="2"/>
+      <c r="H40" s="2"/>
       <c r="I40" s="2"/>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" s="2" t="s">
         <v>88</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>22</v>
       </c>
       <c r="C41" s="2" t="s">
         <v>22</v>
       </c>
       <c r="D41" s="2">
-        <v>304952954</v>
+        <v>305583951</v>
       </c>
       <c r="E41" s="2"/>
       <c r="F41" s="2"/>
       <c r="G41" s="2"/>
       <c r="H41" s="2"/>
       <c r="I41" s="2"/>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" s="2" t="s">
         <v>89</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>22</v>
       </c>
       <c r="C42" s="2" t="s">
         <v>22</v>
       </c>
       <c r="D42" s="2">
-        <v>305583951</v>
+        <v>302414832</v>
       </c>
       <c r="E42" s="2"/>
       <c r="F42" s="2"/>
       <c r="G42" s="2"/>
       <c r="H42" s="2"/>
       <c r="I42" s="2"/>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" s="2" t="s">
         <v>90</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>22</v>
       </c>
       <c r="C43" s="2" t="s">
         <v>22</v>
       </c>
       <c r="D43" s="2">
-        <v>302414832</v>
+        <v>301850677</v>
       </c>
       <c r="E43" s="2"/>
       <c r="F43" s="2"/>
       <c r="G43" s="2"/>
       <c r="H43" s="2"/>
       <c r="I43" s="2"/>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" s="2" t="s">
         <v>91</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>22</v>
       </c>
       <c r="C44" s="2" t="s">
         <v>22</v>
       </c>
       <c r="D44" s="2">
-        <v>301850677</v>
+        <v>300657515</v>
       </c>
       <c r="E44" s="2"/>
       <c r="F44" s="2"/>
       <c r="G44" s="2"/>
       <c r="H44" s="2"/>
       <c r="I44" s="2"/>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" s="2" t="s">
         <v>92</v>
       </c>
       <c r="B45" s="2" t="s">
-        <v>22</v>
+        <v>71</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>22</v>
+        <v>72</v>
       </c>
       <c r="D45" s="2">
-        <v>300657515</v>
+        <v>302535232</v>
       </c>
       <c r="E45" s="2"/>
       <c r="F45" s="2"/>
       <c r="G45" s="2"/>
       <c r="H45" s="2"/>
       <c r="I45" s="2"/>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" s="2" t="s">
         <v>93</v>
       </c>
       <c r="B46" s="2" t="s">
-        <v>72</v>
+        <v>22</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>73</v>
+        <v>22</v>
       </c>
       <c r="D46" s="2">
-        <v>302535232</v>
+        <v>305600347</v>
       </c>
       <c r="E46" s="2"/>
       <c r="F46" s="2"/>
       <c r="G46" s="2"/>
       <c r="H46" s="2"/>
       <c r="I46" s="2"/>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" s="2" t="s">
         <v>94</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>22</v>
       </c>
       <c r="C47" s="2" t="s">
         <v>22</v>
       </c>
       <c r="D47" s="2">
-        <v>305600347</v>
+        <v>302453988</v>
       </c>
       <c r="E47" s="2"/>
       <c r="F47" s="2"/>
       <c r="G47" s="2"/>
       <c r="H47" s="2"/>
       <c r="I47" s="2"/>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" s="2" t="s">
         <v>95</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>22</v>
       </c>
       <c r="C48" s="2" t="s">
         <v>22</v>
       </c>
       <c r="D48" s="2">
-        <v>302453988</v>
+        <v>305625261</v>
       </c>
       <c r="E48" s="2"/>
       <c r="F48" s="2"/>
       <c r="G48" s="2"/>
       <c r="H48" s="2"/>
       <c r="I48" s="2"/>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" s="2" t="s">
         <v>96</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>22</v>
       </c>
       <c r="C49" s="2" t="s">
         <v>22</v>
       </c>
       <c r="D49" s="2">
-        <v>305625261</v>
+        <v>302513887</v>
       </c>
       <c r="E49" s="2"/>
       <c r="F49" s="2"/>
       <c r="G49" s="2"/>
       <c r="H49" s="2"/>
       <c r="I49" s="2"/>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" s="2" t="s">
         <v>97</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>22</v>
       </c>
       <c r="C50" s="2" t="s">
         <v>22</v>
       </c>
       <c r="D50" s="2">
-        <v>302513887</v>
+        <v>305317406</v>
       </c>
       <c r="E50" s="2"/>
       <c r="F50" s="2"/>
       <c r="G50" s="2"/>
       <c r="H50" s="2"/>
       <c r="I50" s="2"/>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" s="2" t="s">
         <v>98</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>22</v>
       </c>
       <c r="C51" s="2" t="s">
         <v>22</v>
       </c>
       <c r="D51" s="2">
-        <v>305317406</v>
+        <v>302893208</v>
       </c>
       <c r="E51" s="2"/>
       <c r="F51" s="2"/>
       <c r="G51" s="2"/>
       <c r="H51" s="2"/>
       <c r="I51" s="2"/>
-    </row>
-[...17 lines deleted...]
-      <c r="I52" s="2"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>