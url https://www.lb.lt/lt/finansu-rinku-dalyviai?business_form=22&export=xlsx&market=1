--- v0 (2025-10-06)
+++ v1 (2026-01-21)
@@ -47,51 +47,51 @@
   <si>
     <t>Įmonės kodas</t>
   </si>
   <si>
     <t>Kitos šalies suteiktas kodas</t>
   </si>
   <si>
     <t>Licencijos tipas/rūšis</t>
   </si>
   <si>
     <t>Autorizacijos kodas</t>
   </si>
   <si>
     <t>galioja nuo</t>
   </si>
   <si>
     <t>galioja iki</t>
   </si>
   <si>
     <t>Jungtinė centrinė kredito unija</t>
   </si>
   <si>
     <t>Centrinė kredito unija, Vartojimo kredito davėjas</t>
   </si>
   <si>
-    <t>Centrinė kredito unija</t>
+    <t>Centrinė kredito unija, Emitentas, kurio VP yra įtraukti į prekybą daugiašalėse prekybos sistemose</t>
   </si>
   <si>
     <t>Centrinės kredito unijos licencija</t>
   </si>
   <si>
     <t>LB000439</t>
   </si>
   <si>
     <t>2017-12-21</t>
   </si>
   <si>
     <t>Lietuvos centrinė kredito unija</t>
   </si>
   <si>
     <t>Centrinė kredito unija, Kredito, susijusio su nekilnojamuoju turtu, tarpininkas, Vartojimo kredito davėjas</t>
   </si>
   <si>
     <t>Centrinė kredito unija, Priklausomas kredito tarpininkas, veikiantis daugiau negu vieno kredito davėjo vardu, pagal Lietuvos Respublikos su nekilnojamuoju turtu susijusio kredito įstatymą</t>
   </si>
   <si>
     <t>LB000277</t>
   </si>
 </sst>
 </file>
 