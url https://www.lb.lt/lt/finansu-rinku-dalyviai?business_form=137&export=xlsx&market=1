--- v0 (2025-10-01)
+++ v1 (2026-01-12)
@@ -41,75 +41,75 @@
   <si>
     <t>Tipas</t>
   </si>
   <si>
     <t>Verslo forma</t>
   </si>
   <si>
     <t>Įmonės kodas</t>
   </si>
   <si>
     <t>Kitos šalies suteiktas kodas</t>
   </si>
   <si>
     <t>Licencijos tipas/rūšis</t>
   </si>
   <si>
     <t>Autorizacijos kodas</t>
   </si>
   <si>
     <t>galioja nuo</t>
   </si>
   <si>
     <t>galioja iki</t>
   </si>
   <si>
-    <t>Ambr Payments, UAB</t>
+    <t>UAB BLUE EMI LT</t>
   </si>
   <si>
     <t>Elektroninių pinigų įstaiga, Valiutos keityklos operatorius</t>
   </si>
   <si>
     <t>LR licencijuota elektroninių pinigų įstaiga, LR licencijuotas valiutos keityklos operatorius, Elektroninių pinigų žetono emitentas</t>
   </si>
   <si>
     <t>Elektroninių pinigų įstaigos licencija</t>
   </si>
   <si>
+    <t>LB002168</t>
+  </si>
+  <si>
+    <t>2022-10-11</t>
+  </si>
+  <si>
+    <t>Newrails, UAB</t>
+  </si>
+  <si>
     <t>LB001967</t>
   </si>
   <si>
     <t>2020-06-04</t>
-  </si>
-[...7 lines deleted...]
-    <t>2022-10-11</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -483,76 +483,76 @@
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D2" s="2">
-        <v>305270426</v>
+        <v>305682465</v>
       </c>
       <c r="E2" s="2"/>
       <c r="F2" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>13</v>
       </c>
       <c r="H2" s="2" t="s">
         <v>14</v>
       </c>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" s="2" t="s">
         <v>15</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D3" s="2">
-        <v>305682465</v>
+        <v>305270426</v>
       </c>
       <c r="E3" s="2"/>
       <c r="F3" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>16</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I3" s="2"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>