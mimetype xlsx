--- v0 (2025-10-12)
+++ v1 (2026-01-21)
@@ -12,113 +12,101 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="33">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="29">
   <si>
     <t>Pavadinimas</t>
   </si>
   <si>
     <t>Tipas</t>
   </si>
   <si>
     <t>Verslo forma</t>
   </si>
   <si>
     <t>Įmonės kodas</t>
   </si>
   <si>
     <t>Kitos šalies suteiktas kodas</t>
   </si>
   <si>
     <t>Licencijos tipas/rūšis</t>
   </si>
   <si>
     <t>Autorizacijos kodas</t>
   </si>
   <si>
     <t>galioja nuo</t>
   </si>
   <si>
     <t>galioja iki</t>
   </si>
   <si>
     <t>Admirals Europe Ltd</t>
   </si>
   <si>
     <t>Asmuo, platinantis ir/arba išperkantis LR licencijuotos elektroninių pinigų įstaigos el. pinigus</t>
   </si>
   <si>
     <t>ES/EEE finansų maklerio įmonė, teikianti paslaugas LR neįsisteigus, Asmuo, platinantis ir/arba išperkantis LR licencijuotos elektroninių pinigų įstaigos e-pinigus</t>
   </si>
   <si>
     <t>HE310328</t>
   </si>
   <si>
     <t>Bitpanda GmbH</t>
   </si>
   <si>
     <t>Asmuo, platinantis ir/arba išperkantis LR licencijuotos elektroninių pinigų įstaigos e-pinigus</t>
   </si>
   <si>
     <t xml:space="preserve">FN 423018 k </t>
   </si>
   <si>
-    <t>Coldvalley Kft</t>
-[...4 lines deleted...]
-  <si>
     <t>Frozen Time – Unipessoal LDA</t>
-  </si>
-[...4 lines deleted...]
-    <t>La Orange BG Ltd</t>
   </si>
   <si>
     <t xml:space="preserve">Monolith Card (Portugal) Sociedade Unipessoal LDA </t>
   </si>
   <si>
     <t>NAGA Pay GmbH</t>
   </si>
   <si>
     <t>HRB 162653</t>
   </si>
   <si>
     <t>PL Gutscheinsysteme GmbH</t>
   </si>
   <si>
     <t xml:space="preserve">HRB 188665 </t>
   </si>
   <si>
     <t>Rewin Magyarország Korlátolt Felelősségű Társaság</t>
   </si>
   <si>
     <t>01-09-266926</t>
   </si>
   <si>
     <t>Soft loans UAB</t>
   </si>
@@ -469,54 +457,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I16"/>
+  <dimension ref="A1:I13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I16" sqref="I16"/>
+      <selection activeCell="I13" sqref="I13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="40" customWidth="true" style="0"/>
     <col min="2" max="2" width="40" customWidth="true" style="0"/>
     <col min="3" max="3" width="40" customWidth="true" style="0"/>
     <col min="4" max="4" width="40" customWidth="true" style="0"/>
     <col min="5" max="5" width="40" customWidth="true" style="0"/>
     <col min="6" max="6" width="40" customWidth="true" style="0"/>
     <col min="7" max="7" width="40" customWidth="true" style="0"/>
     <col min="8" max="8" width="40" customWidth="true" style="0"/>
     <col min="9" max="9" width="40" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
@@ -566,285 +554,228 @@
         <v>10</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2" t="s">
         <v>15</v>
       </c>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" s="2" t="s">
         <v>16</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D4" s="2"/>
-      <c r="E4" s="2" t="s">
-        <v>17</v>
+      <c r="E4" s="2">
+        <v>516096478</v>
       </c>
       <c r="F4" s="2"/>
       <c r="G4" s="2"/>
       <c r="H4" s="2"/>
       <c r="I4" s="2"/>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" s="2" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2">
-        <v>516096478</v>
+        <v>515798304</v>
       </c>
       <c r="F5" s="2"/>
       <c r="G5" s="2"/>
       <c r="H5" s="2"/>
       <c r="I5" s="2"/>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="B6" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="C6" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="D6" s="2"/>
+      <c r="E6" s="2" t="s">
         <v>19</v>
-      </c>
-[...8 lines deleted...]
-        <v>496146</v>
       </c>
       <c r="F6" s="2"/>
       <c r="G6" s="2"/>
       <c r="H6" s="2"/>
       <c r="I6" s="2"/>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" s="2" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D7" s="2"/>
-      <c r="E7" s="2">
-        <v>206405306</v>
+      <c r="E7" s="2" t="s">
+        <v>21</v>
       </c>
       <c r="F7" s="2"/>
       <c r="G7" s="2"/>
       <c r="H7" s="2"/>
       <c r="I7" s="2"/>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" s="2" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D8" s="2"/>
-      <c r="E8" s="2">
-        <v>515798304</v>
+      <c r="E8" s="2" t="s">
+        <v>23</v>
       </c>
       <c r="F8" s="2"/>
       <c r="G8" s="2"/>
       <c r="H8" s="2"/>
       <c r="I8" s="2"/>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" s="2" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>14</v>
       </c>
-      <c r="D9" s="2"/>
-[...2 lines deleted...]
-      </c>
+      <c r="D9" s="2">
+        <v>306041971</v>
+      </c>
+      <c r="E9" s="2"/>
       <c r="F9" s="2"/>
       <c r="G9" s="2"/>
       <c r="H9" s="2"/>
       <c r="I9" s="2"/>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" s="2" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D10" s="2"/>
-      <c r="E10" s="2" t="s">
-        <v>25</v>
+      <c r="E10" s="2">
+        <v>14608294</v>
       </c>
       <c r="F10" s="2"/>
       <c r="G10" s="2"/>
       <c r="H10" s="2"/>
       <c r="I10" s="2"/>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" s="2" t="s">
         <v>26</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>14</v>
       </c>
-      <c r="D11" s="2"/>
-[...2 lines deleted...]
-      </c>
+      <c r="D11" s="2">
+        <v>305947127</v>
+      </c>
+      <c r="E11" s="2"/>
       <c r="F11" s="2"/>
       <c r="G11" s="2"/>
       <c r="H11" s="2"/>
       <c r="I11" s="2"/>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" s="2" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D12" s="2">
-        <v>306041971</v>
+        <v>305992161</v>
       </c>
       <c r="E12" s="2"/>
       <c r="F12" s="2"/>
       <c r="G12" s="2"/>
       <c r="H12" s="2"/>
       <c r="I12" s="2"/>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" s="2" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2">
-        <v>14608294</v>
+        <v>14428150</v>
       </c>
       <c r="F13" s="2"/>
       <c r="G13" s="2"/>
       <c r="H13" s="2"/>
       <c r="I13" s="2"/>
-    </row>
-[...55 lines deleted...]
-      <c r="I16" s="2"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>