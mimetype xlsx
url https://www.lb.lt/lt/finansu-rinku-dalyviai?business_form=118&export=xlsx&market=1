--- v0 (2025-10-06)
+++ v1 (2026-01-11)
@@ -12,110 +12,107 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="20">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="19">
   <si>
     <t>Pavadinimas</t>
   </si>
   <si>
     <t>Tipas</t>
   </si>
   <si>
     <t>Verslo forma</t>
   </si>
   <si>
     <t>Įmonės kodas</t>
   </si>
   <si>
     <t>Kitos šalies suteiktas kodas</t>
   </si>
   <si>
     <t>Licencijos tipas/rūšis</t>
   </si>
   <si>
     <t>Autorizacijos kodas</t>
   </si>
   <si>
     <t>galioja nuo</t>
   </si>
   <si>
     <t>galioja iki</t>
   </si>
   <si>
     <t>Andaria Financial Services Ltd</t>
   </si>
   <si>
     <t>Elektroninių pinigų įstaigos tarpininkas</t>
   </si>
   <si>
     <t>ES/EEE elektroninių pinigų įstaigos tarpininkas, teikiantis paslaugas LR neįsisteigus</t>
   </si>
   <si>
     <t>C97170</t>
   </si>
   <si>
     <t>Exility Fintech Solutions SIA</t>
   </si>
   <si>
     <t>MR2 B.V.</t>
   </si>
   <si>
+    <t>Noemon Money Limited</t>
+  </si>
+  <si>
     <t>PNL Fintech B.V.</t>
   </si>
   <si>
     <t>LEI7245008GWLPQCA1S1726</t>
   </si>
   <si>
     <t>UAB "UniPayment"</t>
-  </si>
-[...4 lines deleted...]
-    <t>05021910</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -546,91 +543,91 @@
         <v>10</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2">
         <v>857535997</v>
       </c>
       <c r="F4" s="2"/>
       <c r="G4" s="2"/>
       <c r="H4" s="2"/>
       <c r="I4" s="2"/>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" s="2" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D5" s="2"/>
-      <c r="E5" s="2" t="s">
-        <v>16</v>
+      <c r="E5" s="2">
+        <v>104272330</v>
       </c>
       <c r="F5" s="2"/>
       <c r="G5" s="2"/>
       <c r="H5" s="2"/>
       <c r="I5" s="2"/>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" s="2" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="D6" s="2">
-[...2 lines deleted...]
-      <c r="E6" s="2"/>
+      <c r="D6" s="2"/>
+      <c r="E6" s="2" t="s">
+        <v>17</v>
+      </c>
       <c r="F6" s="2"/>
       <c r="G6" s="2"/>
       <c r="H6" s="2"/>
       <c r="I6" s="2"/>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="D7" s="2"/>
-[...2 lines deleted...]
-      </c>
+      <c r="D7" s="2">
+        <v>306661164</v>
+      </c>
+      <c r="E7" s="2"/>
       <c r="F7" s="2"/>
       <c r="G7" s="2"/>
       <c r="H7" s="2"/>
       <c r="I7" s="2"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>