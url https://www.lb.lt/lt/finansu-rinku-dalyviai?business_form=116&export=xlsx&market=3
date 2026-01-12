--- v0 (2025-10-12)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1845">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1870">
   <si>
     <t>Pavadinimas</t>
   </si>
   <si>
     <t>Segmentas</t>
   </si>
   <si>
     <t xml:space="preserve"> Closed-end fund intended for informed investors Evernord Marbella Property Fund I</t>
   </si>
   <si>
     <t>Kolektyvinio investavimo subjektas</t>
   </si>
   <si>
     <t xml:space="preserve"> Credit Agricole Luxembourg Conseil</t>
   </si>
   <si>
     <t>Finansinių priemonių rinka</t>
   </si>
   <si>
     <t xml:space="preserve"> INVL Partner Global Infrastructure Fund I</t>
   </si>
   <si>
     <t xml:space="preserve"> Pahjola Corporate Finance Oy (Pahjola Corporate Finance Ltd.)</t>
   </si>
   <si>
@@ -242,95 +242,92 @@
   <si>
     <t>Akcinė bendrovė "Pieno žvaigždės"</t>
   </si>
   <si>
     <t>Akcinė bendrovė "ROKIŠKIO SŪRIS"</t>
   </si>
   <si>
     <t>Akcinė bendrovė "UTENOS TRIKOTAŽAS"</t>
   </si>
   <si>
     <t>Akcinė bendrovė "VILNIAUS BALDAI"</t>
   </si>
   <si>
     <t>Akcinė bendrovė "ŽEMAITIJOS PIENAS"</t>
   </si>
   <si>
     <t>Akcinė prekybos bendrovė "APRANGA"</t>
   </si>
   <si>
     <t>AKFX Financial Services Ltd</t>
   </si>
   <si>
     <t>AKROPOLIS GROUP, UAB</t>
   </si>
   <si>
+    <t>AKSYS GLOBAL MARKETS EUROPE LTD</t>
+  </si>
+  <si>
     <t>“Alaric Securities” OOD</t>
   </si>
   <si>
-    <t>ALB Limited</t>
-[...1 lines deleted...]
-  <si>
     <t>Albourne Cyprus Limited</t>
   </si>
   <si>
     <t>Alchemy Markets Limited</t>
   </si>
   <si>
     <t>ALFA CAPITAL MARKETS LTD</t>
   </si>
   <si>
     <t>Alfredas Vibrys</t>
   </si>
   <si>
     <t>ALL CHINA CREDIT INCOME</t>
   </si>
   <si>
     <t>ALL CHINA EQUITY</t>
   </si>
   <si>
     <t>All Energy Trading B.V.</t>
   </si>
   <si>
     <t>All Options International B. V.</t>
   </si>
   <si>
     <t>All Securities B.V.</t>
   </si>
   <si>
     <t>ALLIANCEBERNSTEIN (LUXEMBOURG) S.A R.L.</t>
   </si>
   <si>
-    <t>Allianz B 1954–1960 tikslinės grupės pensijų fondas</t>
+    <t>Allianz D1 2003-2009 tikslinės grupės pensijų fondas</t>
   </si>
   <si>
     <t>Pensijų fondas</t>
   </si>
   <si>
-    <t>Allianz D1 2003-2009 tikslinės grupės pensijų fondas</t>
-[...1 lines deleted...]
-  <si>
     <t>Allianz Y1 1982–1988 tikslinės grupės pensijų fondas</t>
   </si>
   <si>
     <t>Allianz Y2 1989–1995 tikslinės grupės pensijų fondas</t>
   </si>
   <si>
     <t>Allianz Y3 1996–2002 tikslinės grupės pensijų fondas</t>
   </si>
   <si>
     <t>Allianz S turto išsaugojimo pensijų fondas</t>
   </si>
   <si>
     <t>Allianz X1 1961–1967 tikslinės grupės pensijų fondas</t>
   </si>
   <si>
     <t>Allianz X2 1968–1974 tikslinės grupės pensijų fondas</t>
   </si>
   <si>
     <t>Allianz X3 1975–1981 tikslinės grupės pensijų fondas</t>
   </si>
   <si>
     <t>Allspring Global Investments Luxembourg S.A.</t>
   </si>
   <si>
     <t>Alma Mundi Ventures, SGEIC, S.A.</t>
@@ -461,71 +458,74 @@
   <si>
     <t>Amundi US Treasury Bond 7-10Y</t>
   </si>
   <si>
     <t>Amundi USD Corporate Bond</t>
   </si>
   <si>
     <t>Anglo Irish Bank (Austria) AG</t>
   </si>
   <si>
     <t>Aon Solutions Ireland Limited</t>
   </si>
   <si>
     <t>Apera Asset Management GmbH</t>
   </si>
   <si>
     <t>APME FX TRADING EUROPE LTD</t>
   </si>
   <si>
     <t>Apollo Capital Solutions Europe B.V.</t>
   </si>
   <si>
     <t>APOLLO INVESTMENT MANAGEMENT EUROPE (LUXEMBOURG) S.À R.L.</t>
   </si>
   <si>
+    <t>Arcmont Asset Management (France) SAS</t>
+  </si>
+  <si>
     <t>Arcmont Asset Management (Germany) GmbH</t>
   </si>
   <si>
+    <t>Arcmont Asset Management (Sweden) AB</t>
+  </si>
+  <si>
     <t>Arctic Asset Management AS</t>
   </si>
   <si>
     <t>Arctic Capital AS</t>
   </si>
   <si>
     <t>Arctic Capital Partners AS</t>
   </si>
   <si>
     <t>Arctic Securities ASA</t>
   </si>
   <si>
     <t>Arctica Finance hf.</t>
   </si>
   <si>
-    <t>Argo Securities</t>
-[...1 lines deleted...]
-  <si>
     <t>Argus Stockbrokers Ltd</t>
   </si>
   <si>
     <t>Arion Banki hf.</t>
   </si>
   <si>
     <t>Artea Ambicingas Active 16+</t>
   </si>
   <si>
     <t>Artea Ambicingas Index 16+</t>
   </si>
   <si>
     <t>Artea Ambicingas 16+</t>
   </si>
   <si>
     <t>Artea Emerging Europe Bond Fund</t>
   </si>
   <si>
     <t>Artea Emerging Markets Ex-Dictatorship subfund</t>
   </si>
   <si>
     <t>Artea Europos ir Baltijos obligacijų subfondas</t>
   </si>
   <si>
     <t>Artea Fund</t>
@@ -611,158 +611,170 @@
   <si>
     <t>Association Cooperative Financiere des Fonctionnaires Internationaux</t>
   </si>
   <si>
     <t>ATFX GLOBAL MARKETS (CY) LIMITED</t>
   </si>
   <si>
     <t>A.T.I. Associates (Cyprus) Ltd</t>
   </si>
   <si>
     <t>AtlasCapital Financial Services Ltd (Veikla nutraukiama)</t>
   </si>
   <si>
     <t>Atvirasis suderintasis investicinis fondas "Artea Baltijos fondas"</t>
   </si>
   <si>
     <t>Atvirojo tipo informuotiesiems investuotojams skirta investicinė bendrovė KŪB "ZeroSum Debt Fund I"</t>
   </si>
   <si>
     <t>Atvirojo tipo informuotiesiems investuotojams skirta investicinė bendrovė „NordSpace“</t>
   </si>
   <si>
     <t>Atvirojo tipo informuotiesiems investuotojams skirta investicinė UAB „Šiaurės Europos investicinis fondas“</t>
   </si>
   <si>
+    <t xml:space="preserve">Atvirojo tipo informuotiesiems investuotojams skirtas investicinio fondas 1AM Fixed Income Fund </t>
+  </si>
+  <si>
     <t xml:space="preserve">Atvirojo tipo informuotiesiems investuotojams skirtas investicinis fonas Röntgen Private Debt Fund </t>
   </si>
   <si>
     <t xml:space="preserve">Atvirojo tipo informuotiesiems investuotojams skirtas investicinis fondas „Baltic Corporate Bond Fund" </t>
   </si>
   <si>
     <t xml:space="preserve">Atvirojo tipo informuotiesiems investuotojams skirtas investicinis fondas „CEE Financial Institutions Investment Fund“ </t>
   </si>
   <si>
-    <t xml:space="preserve">Atvirojo tipo informuotiesiems investuotojams skirtas investicinis fondas Equity and Options Trading Fund </t>
-[...1 lines deleted...]
-  <si>
     <t>Atvirojo tipo informuotiesiems investuotojams skirtas investicinis fondas Evernord Bond Fund</t>
   </si>
   <si>
     <t>Atvirojo tipo informuotiesiems investuotojams skirtas investicinis fondas „Gerovės kūrimo fondas“</t>
   </si>
   <si>
     <t xml:space="preserve">Atvirojo tipo informuotiesiems investuotojams skirtas investicinis fondas „IAM Global Thematic Equity Fund“ </t>
   </si>
   <si>
     <t xml:space="preserve">Atvirojo tipo informuotiesiems investuotojams skirtas investicinis fondas "IAM US BlueChip Growth Fund I" </t>
   </si>
   <si>
     <t>Atvirojo tipo informuotiesiems investuotojams skirtas investicinis fondas „IAM US Tech Growth Fund“</t>
   </si>
   <si>
     <t>Atvirojo tipo informuotiesiems investuotojams skirtas investicinis fondas "INVL Bridge Finance"</t>
   </si>
   <si>
     <t xml:space="preserve">Atvirojo tipo informuotiesiems investuotojams skirtas investicinis fondas „INVL Partner Global Real Estate Fund I“ </t>
   </si>
   <si>
     <t xml:space="preserve">Atvirojo tipo informuotiesiems investuotojams skirtas investicinis fondas „Nextury Artificial Intelligence Fund“ </t>
   </si>
   <si>
     <t xml:space="preserve">Atvirojo tipo informuotiesiems investuotojams skirtas investicinis fondas „Nter Private Debt Fund“ </t>
   </si>
   <si>
     <t>Atvirojo tipo informuotiesiems investuotojams skirtas investicinis fondas "Ozark Investment Fund"</t>
   </si>
   <si>
     <t>Atvirojo tipo informuotiesiems investuotojams skirtas investicinis fondas „PAN Baltic Private Debt“</t>
   </si>
   <si>
     <t xml:space="preserve">Atvirojo tipo informuotiesiems investuotojams skirtas investicinis fondas „Perpetual Dividend Fund“ </t>
   </si>
   <si>
     <t>Atvirojo tipo informuotiesiems investuotojams skirtas investicinis fondas "Strategic Asset Allocation Fund"</t>
   </si>
   <si>
     <t>Atvirojo tipo informuotiesiems investuotojams skirtas investicinis fondas "Taurus Investment Fund"</t>
   </si>
   <si>
     <t xml:space="preserve">Atvirojo tipo informuotiesiems investuotojams skirtas investicinis fondas „Union Funding Solutions Fund I“ </t>
   </si>
   <si>
+    <t>Atvirojo tipo informuotiesiems investuotojams skirtas investicinis fondas X Global Access Fund I</t>
+  </si>
+  <si>
     <t>Atvirojo tipo informuotiesiemsinvestuotojams skirtas investicinis fondas Multi Asset Selection Fund</t>
   </si>
   <si>
+    <t xml:space="preserve">Atvirojo tipo specialioji nekilnojamojo turto investicinė kintamojo kapitalo bendrovė „Demus Atviro Butų Fondo Investicijos“ </t>
+  </si>
+  <si>
     <t xml:space="preserve">Atvirojo tipo specialusis investicinis fondas, investuojantis į kitus kolektyvinio investavimo subjektus, „Artea alternatyviųjų investicijų fondas III“ </t>
   </si>
   <si>
     <t xml:space="preserve">Atvirojo tipo specialusis investicinis fondas, investuojantis į kitus kolektyvinio investavimo subjektus „Future Demographics Fund“ </t>
   </si>
   <si>
     <t>Atvirojo tipo specialusis investicinis fondas, investuojantis į kitus kolektyvinio investavimo subjektus, „Synergy European Bond Fund"</t>
   </si>
   <si>
     <t xml:space="preserve">Atvirojo tipo specialusis investicinis fondas, investuojantis į kitus kolektyvinio investavimo subjektus „Synergy Future Megatrends Fund“ </t>
   </si>
   <si>
     <t xml:space="preserve">Atvirojo tipo specialusis investicinis fondas, investuojantis į kitus kolektyvinio investavimo subjektus, „Synergy Global Allocation Fund“ </t>
   </si>
   <si>
     <t xml:space="preserve">Atvirojo tipo specialusis investicinis fondas, investuojantis į kitus kolektyvinio investavimo subjektus, „Synergy Global Equity Fund“ </t>
   </si>
   <si>
     <t>Atvirojo tipo specialusis investicinis fondas, investuojantis į kitus kolektyvinio investavimo subjektus, Synergy Global Momentum Fund</t>
   </si>
   <si>
     <t>Atvirojo tipo specialusis kolektyvinio investavimo į perleidžiamuosius vertybinius popierius subjektas "Alpha Metals and Mining Fund"</t>
   </si>
   <si>
     <t>Atvirojo tipo specialusis kolektyvinio investavimo į perleidžiamuosius vertybinius popierius subjektas „Nextury Asia technology fund“</t>
   </si>
   <si>
+    <t>Atvirojo tipo specialusis nekilnojamojo turto investicinis fondas „Demus Atviras Butų Fondas“</t>
+  </si>
+  <si>
     <t>Atvirojo tipo suderintasis investicinis fondas „Synergy Liquidity Fund“</t>
   </si>
   <si>
     <t>AUGA group, AB</t>
   </si>
   <si>
     <t>AUREL-BGC</t>
   </si>
   <si>
     <t>AVA Trade EU Limited</t>
   </si>
   <si>
     <t>Avalon Capital SAS</t>
   </si>
   <si>
     <t>Avaron Active Multi-Asset Fund</t>
   </si>
   <si>
     <t>Avaron Emerging Europe Fund</t>
   </si>
   <si>
+    <t>Avaron Emerging Europe Smaller Companies Fund MASF</t>
+  </si>
+  <si>
     <t>Avaron High Yield Bond Fund</t>
   </si>
   <si>
     <t>AWM Wealth Advisers Limited</t>
   </si>
   <si>
     <t>Axia Ventures Group Ltd</t>
   </si>
   <si>
     <t>Baillie Gifford Investment Management (Europe) Limited</t>
   </si>
   <si>
     <t>Ballinger Markets Ltd</t>
   </si>
   <si>
     <t>Bankhaus Scheich Wertpapierspezialist AG</t>
   </si>
   <si>
     <t>BCM Begin Capital Markets CY Ltd</t>
   </si>
   <si>
     <t>BDT &amp; MSD Partners Europe GmbH</t>
   </si>
   <si>
     <t>Berben's Effectenkantoor B.V.</t>
@@ -773,50 +785,53 @@
   <si>
     <t>Birdee S.A.</t>
   </si>
   <si>
     <t>Bitpanda Financial Services GmbH</t>
   </si>
   <si>
     <t>Bitstamp finančne storitve d.o.o</t>
   </si>
   <si>
     <t>BlackRock ESG Multi-Asset Conservative Portfolio UCITS ETF</t>
   </si>
   <si>
     <t>BlackRock ESG Multi-Asset Growth Portfolio UCITS ETF</t>
   </si>
   <si>
     <t>BlackRock ESG Multi-Asset Moderate Portfolio UCITS ETF</t>
   </si>
   <si>
     <t>BLACKROCK FIXED INCOME DUBLIN FUNDS PLC</t>
   </si>
   <si>
     <t>BLACKROCK GLOBAL FUNDS</t>
   </si>
   <si>
+    <t xml:space="preserve">BlackRock Global Index Funds </t>
+  </si>
+  <si>
     <t>BlackRock ICS Euro Government Liquidity Fund</t>
   </si>
   <si>
     <t>BlackRock ICS Euro Liquidity Fund</t>
   </si>
   <si>
     <t>BlackRock ICS Sterling Government Liquidity Fund</t>
   </si>
   <si>
     <t>BlackRock ICS US Treasury Fund</t>
   </si>
   <si>
     <t>BlackRock (Netherlands) B.V.</t>
   </si>
   <si>
     <t>Blackstone Real Estate Partners IX (Lux) SCSp</t>
   </si>
   <si>
     <t>BLACKTOWER FINANCIAL MANAGEMENT (CYPRUS) LTD</t>
   </si>
   <si>
     <t>Bloomberg Trading Facility B.V.</t>
   </si>
   <si>
     <t>Blue Suisse Limited</t>
@@ -1124,50 +1139,56 @@
   <si>
     <t>Citigroup Global Markets Ltd</t>
   </si>
   <si>
     <t>Clarkson Platou Project Sales AS</t>
   </si>
   <si>
     <t>Clarksons Platou Project Sales AS</t>
   </si>
   <si>
     <t>Cleaves Securities AS</t>
   </si>
   <si>
     <t>Close Asset Management Limited</t>
   </si>
   <si>
     <t>Closed-end fund intended for informed investors EVERNORD MARBELLA PROPERTY FUND II</t>
   </si>
   <si>
     <t xml:space="preserve">Closed-end fund intended for informed investors Evernord Multi Assets Fund VII </t>
   </si>
   <si>
     <t xml:space="preserve">Closed-end fund intended for informed investors Evernord Real Estate Fund V </t>
   </si>
   <si>
+    <t>Closed-End Investment Fund for Informed Investors “EIKA Defence and Infrastructure Fund”</t>
+  </si>
+  <si>
+    <t>Closed-end investment fund for informed investors INVL Defence Infrastructure Fund I</t>
+  </si>
+  <si>
     <t xml:space="preserve">Closed-end private equity investment fund for informed investors INVL Private Equity Fund II </t>
   </si>
   <si>
     <t>CLSA Europe B.V.</t>
   </si>
   <si>
     <t>CMC Markets Germany GmbH</t>
   </si>
   <si>
     <t>CME Amsterdam B.V.</t>
   </si>
   <si>
     <t>Cohen &amp; Company (Europe) S.A.</t>
   </si>
   <si>
     <t>Coinbase Financial Services Europe Ltd.</t>
   </si>
   <si>
     <t>Colliers Norway AS</t>
   </si>
   <si>
     <t>Colmex Pro Ltd</t>
   </si>
   <si>
     <t>COMMODITY</t>
@@ -1346,50 +1367,53 @@
   <si>
     <t>East Capital Baltics</t>
   </si>
   <si>
     <t>EAST CAPITAL CHINA A-SHARES</t>
   </si>
   <si>
     <t>East Capital Eastern Europe</t>
   </si>
   <si>
     <t>EAST CAPITAL GLOBAL EMERGING MARKETS EX-CHINA</t>
   </si>
   <si>
     <t>EAST CAPITAL GLOBAL EMERGING MARKETS SUSTAINABLE</t>
   </si>
   <si>
     <t>East Capital (Lux)</t>
   </si>
   <si>
     <t>East Capital Russia</t>
   </si>
   <si>
     <t>Eastspring Investments (Luxembourg) S. A.</t>
   </si>
   <si>
+    <t>EBURY PARTNERS MARKETS CYPRUS LIMITED</t>
+  </si>
+  <si>
     <t>ECOMMBX INVESTMENTS LIMITED</t>
   </si>
   <si>
     <t>Edmond de Rothschild Asset Management (France)</t>
   </si>
   <si>
     <t>EDR FINANCIAL LTD</t>
   </si>
   <si>
     <t>EFEKTA obchodník s cennými papíry a.s.</t>
   </si>
   <si>
     <t>EFG Financial Products (Europe) GmbH</t>
   </si>
   <si>
     <t>EGERTON EQUITY</t>
   </si>
   <si>
     <t>Egle Leonavičienė</t>
   </si>
   <si>
     <t>Eightcap EU Ltd</t>
   </si>
   <si>
     <t>Elgin (Europe) Limited</t>
@@ -1706,53 +1730,50 @@
   <si>
     <t>Exness (Cy) Ltd</t>
   </si>
   <si>
     <t>EXT LTD</t>
   </si>
   <si>
     <t>FACTORY AD</t>
   </si>
   <si>
     <t>Fair Oaks High Grade Credit Fund</t>
   </si>
   <si>
     <t>FCF Fox Corporate Finance GmbH</t>
   </si>
   <si>
     <t>FCStone Commodity Services (Europe) Ltd</t>
   </si>
   <si>
     <t>Fearnely Fonds ASA</t>
   </si>
   <si>
     <t>Fearnley Securities AS</t>
   </si>
   <si>
-    <t>FERN group, UAB</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Fidelity Institutional Liquidity Fund PLC </t>
   </si>
   <si>
     <t>FIL (Luxembourg) S.A.</t>
   </si>
   <si>
     <t>FINAD GmbH</t>
   </si>
   <si>
     <t>FINALTO EU LTD</t>
   </si>
   <si>
     <t>Finance in Motion GmbH</t>
   </si>
   <si>
     <t>Financial &amp; Risk Transaction Services Ireland Limited</t>
   </si>
   <si>
     <t>FINAX, o.c.p., a.s.</t>
   </si>
   <si>
     <t>First Avenue Partners (Europe) GmbH</t>
   </si>
   <si>
     <t>First Capital Management Group GmbH</t>
@@ -2231,53 +2252,50 @@
   <si>
     <t xml:space="preserve">GLOBAL SUSTAINABLE VALUE </t>
   </si>
   <si>
     <t>GLOBAL TARGET RETURN</t>
   </si>
   <si>
     <t>Global Technology Equity Fund</t>
   </si>
   <si>
     <t>Global Trade CIF Ltd</t>
   </si>
   <si>
     <t>ΙGM FOREX LTD</t>
   </si>
   <si>
     <t>GMO Netherlands BV</t>
   </si>
   <si>
     <t>GO MARKETS LTD</t>
   </si>
   <si>
     <t>Goindex pasaulio akcijų</t>
   </si>
   <si>
-    <t>Goindex pensija 1954–1960 tikslinės grupės pensijų fondas</t>
-[...1 lines deleted...]
-  <si>
     <t>Goindex pensija 1961–1967 tikslinės grupės pensijų fondas</t>
   </si>
   <si>
     <t>Goindex pensija 1968–1974 tikslinės grupės pensijų fondas</t>
   </si>
   <si>
     <t>Goindex pensija 1975–1981 tikslinės grupės pensijų fondas</t>
   </si>
   <si>
     <t>Goindex pensija 1982–1988 tikslinės grupės pensijų fondas</t>
   </si>
   <si>
     <t>Goindex pensija 1989–1995 tikslinės grupės pensijų fondas</t>
   </si>
   <si>
     <t>Goindex pensija 1996–2002 tikslinės grupės pensijų fondas</t>
   </si>
   <si>
     <t>Goindex pensija 2003–2009 tikslinės grupės pensijų fondas</t>
   </si>
   <si>
     <t>Goindex subalansuotas</t>
   </si>
   <si>
     <t>Goindex turto išsaugojimo pensijų fondas</t>
@@ -2330,68 +2348,68 @@
   <si>
     <t>Groa Capital UAB</t>
   </si>
   <si>
     <t>Growell Capital Limited</t>
   </si>
   <si>
     <t>G.S.E Golden Sky Europe Ltd</t>
   </si>
   <si>
     <t>GTSE CAPITAL GROUP LTD</t>
   </si>
   <si>
     <t>Gugenheim Partners Europe Limited</t>
   </si>
   <si>
     <t>Guggenheim Partners Europe Limited</t>
   </si>
   <si>
     <t xml:space="preserve">Guggenheim Securities Europe Limited </t>
   </si>
   <si>
     <t>Guild Global Securities Limited</t>
   </si>
   <si>
-    <t>GVD KORIMCY LTD</t>
-[...1 lines deleted...]
-  <si>
     <t>GWT Fondsmaeglerselskab A/S</t>
   </si>
   <si>
     <t>HABERL Wealth Management, o.c.p., a.s.</t>
   </si>
   <si>
     <t>Hamilton Lane (Germany) GmbH</t>
   </si>
   <si>
     <t>HAMILTON Tőzsdeügynökség Zrt.</t>
   </si>
   <si>
     <t>Harindale Ltd.</t>
   </si>
   <si>
+    <t>Harmovest Capital (Cyprus) Ltd</t>
+  </si>
+  <si>
     <t>HEALTHCARE INNOVATION</t>
   </si>
   <si>
     <t>Health Innovation Equity</t>
   </si>
   <si>
     <t>HELIX</t>
   </si>
   <si>
     <t>HF Markets (Europe) Ltd</t>
   </si>
   <si>
     <t>Hidden Road Partners CIV NL B.V.</t>
   </si>
   <si>
     <t>Hogg Capital Investments Limited</t>
   </si>
   <si>
     <t>Holborn Assets Wealth Management (Cy) Ltd</t>
   </si>
   <si>
     <t>HONG KONG EQUITY</t>
   </si>
   <si>
     <t>Houlihan Lokey (Europe) GmbH</t>
@@ -2417,68 +2435,68 @@
   <si>
     <t>Į perleidžiamuosius vertybinius popierius investuojantis atvirojo tipo specialusis investicinis fondas "Prudentis Global Value Fund"</t>
   </si>
   <si>
     <t>IAM Kaunas Student Housing Sub-Fund</t>
   </si>
   <si>
     <t>IAM Krakow Student Housing Sub-Fund</t>
   </si>
   <si>
     <t>IAM Riga Student Housing Sub-Fund</t>
   </si>
   <si>
     <t>IAM Santara Student Housing Sub-Fund</t>
   </si>
   <si>
     <t>YardHouse Capital Group ApS</t>
   </si>
   <si>
     <t>YardHouse Capital Group Fondsmæglerselskab A/S</t>
   </si>
   <si>
     <t>IC MARKETS (EU) LTD</t>
   </si>
   <si>
-    <t>ICAP Energy AS</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">ICE Securities Netherlands B.V. </t>
   </si>
   <si>
     <t>ICFD LIMITED</t>
   </si>
   <si>
     <t>IFC INVESTMENTS CYPRUS LTD (Veikla nutraukiama)</t>
   </si>
   <si>
     <t>iFOREX (Cyprus) Ltd</t>
   </si>
   <si>
     <t>IG Europe GmbH</t>
   </si>
   <si>
+    <t>Finansinių priemonių rinka, Kriptoturto rinka</t>
+  </si>
+  <si>
     <t>IGM FOREX LTD</t>
   </si>
   <si>
     <t>ILF - The Euro Fund</t>
   </si>
   <si>
     <t>ILF - The Sterling Fund</t>
   </si>
   <si>
     <t>ILF - The United States Dollar Fund</t>
   </si>
   <si>
     <t>ILF - The United States Dollar Treasury Fund</t>
   </si>
   <si>
     <t>IMAREX Energy AS</t>
   </si>
   <si>
     <t>Indemo SIA</t>
   </si>
   <si>
     <t>INDIAN EQUITY</t>
   </si>
   <si>
     <t>Indian Equity fund</t>
@@ -2486,71 +2504,83 @@
   <si>
     <t>INDIAN OPPORTUNITIES</t>
   </si>
   <si>
     <t>Indication Investments Ltd</t>
   </si>
   <si>
     <t>Infina Investments (Cyprus) Limited</t>
   </si>
   <si>
     <t>INFLATION PLUS</t>
   </si>
   <si>
     <t>Informuotiesiems investuotojams skirta uždarojo tipo į paskolas investuojanti investicinė bendrovė Sound Senior Private Debt Fund 1 KŪB</t>
   </si>
   <si>
     <t xml:space="preserve">Informuotiesiems investuotojams skirta uždarojo tipo investicinė bendrovė Contrarian Ventures Net Zero 2022 KŪB </t>
   </si>
   <si>
     <t>Informuotiesiems investuotojams skirta uždarojo tipo investicinė bendrovė Groa Real Estate Fund I, UAB</t>
   </si>
   <si>
     <t>Informuotiesiems investuotojams skirta uždarojo tipo investicinė bendrovė Groa Real Estate Opportunity Fund, UAB</t>
   </si>
   <si>
+    <t>Informuotiesiems investuotojams skirta uždarojo tipo investicinė bendrovė KŪB „EIKA Residential Fund III“</t>
+  </si>
+  <si>
     <t>Informuotiesiems investuotojams skirta uždarojo tipo investicinė bendrovė KŪB FIRSTPICK ACCEL FUND</t>
   </si>
   <si>
     <t xml:space="preserve">Informuotiesiems investuotojams skirta uždarojo tipo investicinė bendrovė KŪB FIRSTPICK SEED FUND </t>
   </si>
   <si>
     <t>Informuotiesiems investuotojams skirta uždarojo tipo investicinė bendrovė KŪB Geležinio Vilko Kapitalo Fondas</t>
   </si>
   <si>
     <t>Informuotiesiems investuotojams skirta uždarojo tipo investicinė bendrovė KŪB "Iron Wolf Capital Fund II"</t>
   </si>
   <si>
     <t xml:space="preserve">Informuotiesiems investuotojams skirta uždarojo tipo investicinė bendrovė KŪB "LcX Opportunity Fund" </t>
   </si>
   <si>
+    <t xml:space="preserve">informuotiesiems investuotojams skirta uždarojo tipo investicinė bendrovė KŪB Milgard Growth Fund I </t>
+  </si>
+  <si>
     <t>Informuotiesiems investuotojams skirta uždarojo tipo investicinė bendrovė KŪB „PARTNERSHIP I“</t>
   </si>
   <si>
     <t xml:space="preserve">Informuotiesiems investuotojams skirta uždarojo tipo investicinė bendrovė KŪB Rontgen Aviation Fund </t>
   </si>
   <si>
+    <t>Informuotiesiems investuotojams skirta uždarojo tipo investicinė bendrovė KŪB ScaleWolf Accelerator</t>
+  </si>
+  <si>
+    <t>Informuotiesiems investuotojams skirta uždarojo tipo investicinė bendrovė KŪB ScaleWolf VC</t>
+  </si>
+  <si>
     <t>Informuotiesiems investuotojams skirta uždarojo tipo investicinė bendrovė KŪB ,,Verslo angelų fondas II“</t>
   </si>
   <si>
     <t>Informuotiesiems investuotojams skirta uždarojo tipo investicinė bendrovė KŪB Wise Guys Pre-Seed Fund I</t>
   </si>
   <si>
     <t>Informuotiesiems investuotojams skirta uždarojo tipo investicinė bendrovė KŪB Wise Guys Seed Fund I</t>
   </si>
   <si>
     <t>Informuotiesiems investuotojams skirta uždarojo tipo investicinė bendrovė Practica Venture Capital II KŪB</t>
   </si>
   <si>
     <t xml:space="preserve">Informuotiesiems investuotojams skirta uždarojo tipo investicinė bendrovė Practica Venture Capital III KŪB </t>
   </si>
   <si>
     <t xml:space="preserve">Informuotiesiems investuotojams skirta uždarojo tipo investicinė bendrovė „Smart Energy Fund powered by Ignitis Group” KŪB </t>
   </si>
   <si>
     <t>Informuotiesiems investuotojams skirta uždarojo tipo investicinė bendrovė 70 Ventures Accel, KŪB</t>
   </si>
   <si>
     <t>Informuotiesiems investuotojams skirta uždarojo tipo investicinė bendrovė 70 Ventures Seed, KŪB</t>
   </si>
   <si>
     <t>Informuotiesiems investuotojams skirta uždarojo tipo investicinė UAB "Baltic Retail Properties"</t>
@@ -2621,50 +2651,53 @@
   <si>
     <t>Investors Europe (Malta) Limited</t>
   </si>
   <si>
     <t>Invest4Growth Asset Management Limited</t>
   </si>
   <si>
     <t>INVL Baltic Sea Growth Capital Fund</t>
   </si>
   <si>
     <t>INVL Partner Energy and Infrastructure Fund</t>
   </si>
   <si>
     <t>INVL Partner Global Distressed Debt Fund I</t>
   </si>
   <si>
     <t>INVL Renewable Energy Fund I</t>
   </si>
   <si>
     <t>INVL Special Opportunities Fund</t>
   </si>
   <si>
     <t>INVL Sustainable Timberland and Farmland Fund II – Capital Fund</t>
   </si>
   <si>
+    <t>IN2MARKETS LTD</t>
+  </si>
+  <si>
     <t>IQOPTION EUROPE LTD.</t>
   </si>
   <si>
     <t>IronFX Financial Services Ltd</t>
   </si>
   <si>
     <t>ISEC Services AB filialas</t>
   </si>
   <si>
     <t>ISEC Wealth Management Ltd</t>
   </si>
   <si>
     <t>iShares $ Corp Bond ESG UCITS ETF</t>
   </si>
   <si>
     <t>iShares € Corp Bond ESG UCITS ETF</t>
   </si>
   <si>
     <t>iShares $ Corp Bond 0-3yr ESG UCITS ETF</t>
   </si>
   <si>
     <t>iShares € Corp Bond 0-3yr ESG UCITS ETF</t>
   </si>
   <si>
     <t>iShares $ Development Bank Bonds UCITS ETF</t>
@@ -2858,50 +2891,53 @@
   <si>
     <t>iShares MSCI USA ESG Screened UCITS ETF</t>
   </si>
   <si>
     <t>iShares MSCI USA SRI UCITS ETF</t>
   </si>
   <si>
     <t>iShares Public Limited Company</t>
   </si>
   <si>
     <t>iShares Refinitiv Inclusion and Diversity UCITS ETF</t>
   </si>
   <si>
     <t>iShares Smart City Infrastructure UCITS ETF</t>
   </si>
   <si>
     <t>iShares V Public Limited Company</t>
   </si>
   <si>
     <t>iShares VI Public Limited Company</t>
   </si>
   <si>
     <t>iShares VII Public Limited Company</t>
   </si>
   <si>
+    <t xml:space="preserve">ISHARES WORLD EQUITY INDEX FUND (LU) </t>
+  </si>
+  <si>
     <t>ISM Capital LLP</t>
   </si>
   <si>
     <t>iSwap Euro B.V.</t>
   </si>
   <si>
     <t>ITALIAN EQUITY</t>
   </si>
   <si>
     <t>IWC Investment Partners Fondsmęglerselskab A/S</t>
   </si>
   <si>
     <t>I.W.G International Wealth Group Ltd</t>
   </si>
   <si>
     <t>J O Hambro Capital Management Global Select Fund</t>
   </si>
   <si>
     <t>J O Hambro Capital Management Umbrella Fund</t>
   </si>
   <si>
     <t>Jane Street Netherlands B.V.</t>
   </si>
   <si>
     <t>Japan Equity</t>
@@ -2939,92 +2975,98 @@
   <si>
     <t>Jiffix Markets Ltd</t>
   </si>
   <si>
     <t>Jyske Global Asset Management Fondsmaeglerselskab A/S</t>
   </si>
   <si>
     <t>Joshua Partners EOOD</t>
   </si>
   <si>
     <t>J.P. Morgan Dublin Public Limited Company</t>
   </si>
   <si>
     <t>JPMORGAN ASSET MANAGEMENT (EUROPE) S.A R.L.</t>
   </si>
   <si>
     <t>JPMORGAN LIQUIDITY FUNDS</t>
   </si>
   <si>
     <t>Julius Baer Commodity Fund</t>
   </si>
   <si>
     <t>Julius Baer Multi Asset Strategic Allocation Fund</t>
   </si>
   <si>
+    <t>Jungtinė centrinė kredito unija</t>
+  </si>
+  <si>
     <t>Justmarkets Ltd</t>
   </si>
   <si>
     <t>KDB Bank (Magyarorszįg) Zrt.</t>
   </si>
   <si>
     <t>KEY WAY INVESTMENTS LTD</t>
   </si>
   <si>
     <t>Keplero Holdings Limited</t>
   </si>
   <si>
     <t>KfW Capital GmbH &amp; Co. KG</t>
   </si>
   <si>
     <t>KJK Management S.A.</t>
   </si>
   <si>
     <t>K.J.W. Krisworld Development Ltd</t>
   </si>
   <si>
     <t>KKR Alternative Investment Management Unlimited Company</t>
   </si>
   <si>
     <t>KKR Capital Markets (Ireland) Limited</t>
   </si>
   <si>
     <t>KKR Credit Advisors (Ireland) Unlimited Company</t>
   </si>
   <si>
     <t>KNG Securities International - Empresa de Investimento, S.A.</t>
   </si>
   <si>
     <t>Korelya Capital SAS</t>
   </si>
   <si>
     <t>Kotikos Advisory Ltd</t>
   </si>
   <si>
     <t>KRK AIRPORT HOTELS SUB-FUND</t>
   </si>
   <si>
+    <t>Kvarn Investment Services Oy</t>
+  </si>
+  <si>
     <t>LASALLE INVESTMENT MANAGEMENT</t>
   </si>
   <si>
     <t>LATIN AMERICAN</t>
   </si>
   <si>
     <t>Lenno Global Advisory JSC</t>
   </si>
   <si>
     <t>Leonteq Securities (Europe) GmbH</t>
   </si>
   <si>
     <t>L.F. INVESTEMENT LIMITED</t>
   </si>
   <si>
     <t>L.F. INVESTMENT LIMITED</t>
   </si>
   <si>
     <t>LFE EUROPEAN ASSET MANAGEMENT S.A.R.L.</t>
   </si>
   <si>
     <t>LGT Bank (Österreich) AG</t>
   </si>
   <si>
     <t>LGT Capital Management AG, Vaduz</t>
@@ -3077,71 +3119,71 @@
   <si>
     <t>LLP Capital &amp; Partners Limited</t>
   </si>
   <si>
     <t>LMAX BROKER EUROPE LIMITED</t>
   </si>
   <si>
     <t>LocalTapiola Asset Management Ltd.</t>
   </si>
   <si>
     <t>Lombard Odier Funds (Europe) S.A.</t>
   </si>
   <si>
     <t>Lords LB Special Fund I Subfund A</t>
   </si>
   <si>
     <t>Low Duration European Covered Bond Fund</t>
   </si>
   <si>
     <t>Low Duration European High Yield Bond Fund</t>
   </si>
   <si>
     <t>Low Duration US High Yield Bond Fund</t>
   </si>
   <si>
+    <t>Luminor ateitis akcijų index</t>
+  </si>
+  <si>
     <t>Luminor ateitis 16–50</t>
   </si>
   <si>
     <t>Luminor ateitis 50–58</t>
   </si>
   <si>
     <t>Luminor ateitis 58 +</t>
   </si>
   <si>
     <t>Luminor investicijų valdymas UAB</t>
   </si>
   <si>
     <t>Luminor pensijų turto išsaugojimo fondas</t>
   </si>
   <si>
     <t>Luminor tvari ateitis index</t>
   </si>
   <si>
-    <t>Luminor 1954-1960 tikslinės grupės pensijų fondas</t>
-[...1 lines deleted...]
-  <si>
     <t>Luminor 1961-1967 tikslinės grupės pensijų fondas</t>
   </si>
   <si>
     <t>Luminor 1968-1974 tikslinės grupės pensijų fondas</t>
   </si>
   <si>
     <t>Luminor 1975-1981 tikslinės grupės pensijų fondas</t>
   </si>
   <si>
     <t>Luminor 1982-1988 tikslinės grupės pensijų fondas</t>
   </si>
   <si>
     <t>Luminor 1989-1995 tikslinės grupės pensijų fondas</t>
   </si>
   <si>
     <t>Luminor 1996-2002 tikslinės grupės pensijų fondas</t>
   </si>
   <si>
     <t>Luminor 2003-2009 tikslinės grupės pensijų fondas</t>
   </si>
   <si>
     <t>LUNA WEALTH ASSET MANAGEMENT LTD</t>
   </si>
   <si>
     <t>Luxury Brands Equity</t>
@@ -3173,53 +3215,50 @@
   <si>
     <t>Marex SA</t>
   </si>
   <si>
     <t>Marex Spectron Europe Limited</t>
   </si>
   <si>
     <t>Marfin Capital Partners (Cyprus) Limited</t>
   </si>
   <si>
     <t>Mariana UFP SAS</t>
   </si>
   <si>
     <t>MARKET SECURITIES (France) SA</t>
   </si>
   <si>
     <t>MarketAxess NL B.V.</t>
   </si>
   <si>
     <t>Marketspreads Limited</t>
   </si>
   <si>
     <t>MAXIFLEX GLOBAL INVESTMENS CORP LTD</t>
   </si>
   <si>
-    <t>Maxima grupė, UAB</t>
-[...1 lines deleted...]
-  <si>
     <t>MB Ekvivalentas</t>
   </si>
   <si>
     <t>MB IR finansai</t>
   </si>
   <si>
     <t>MCA Intelifunds Ltd</t>
   </si>
   <si>
     <t>Med financial Limited (Veikla nutraukiama)</t>
   </si>
   <si>
     <t>MeDirect Bank (Malta) PLC</t>
   </si>
   <si>
     <t>Mediterranean Bank plc (MB)</t>
   </si>
   <si>
     <t>Medvešek Pušnik, borzno posredniška hiša, d.d., Ljubljana</t>
   </si>
   <si>
     <t>Mega Equity and Financial Services Public Ltd</t>
   </si>
   <si>
     <t>MELANION BTC EQUITIES UNIVERSE UCITS ETF</t>
@@ -3377,50 +3416,53 @@
   <si>
     <t>NFS Network Financial Services Ltd</t>
   </si>
   <si>
     <t>NΑGA MARKETS EUROPE LTD</t>
   </si>
   <si>
     <t>Nico Financial NF Ltd</t>
   </si>
   <si>
     <t>Njord Securities AS</t>
   </si>
   <si>
     <t>NK Private Wealth Ltd.</t>
   </si>
   <si>
     <t>Noemon Finance Ltd</t>
   </si>
   <si>
     <t>Nomura Asset Management Europe KVG mbH</t>
   </si>
   <si>
     <t>Nomura Financial Products Europe GmbH</t>
   </si>
   <si>
+    <t>Nomura Investment Management Europe S.A., Luxembourg</t>
+  </si>
+  <si>
     <t>Noordnederlands Effektenkantoor B.V.</t>
   </si>
   <si>
     <t>NORDEA 1</t>
   </si>
   <si>
     <t>Nordea 2, SICAV</t>
   </si>
   <si>
     <t>Nordic Corporate Bond Fund - Euro Hedged</t>
   </si>
   <si>
     <t>Nordic Equity Fund</t>
   </si>
   <si>
     <t>Nordic Equity Small Cap fund</t>
   </si>
   <si>
     <t>NORDIC MICRO CAP</t>
   </si>
   <si>
     <t>NORDIC SMALL COMPANIES</t>
   </si>
   <si>
     <t>Nordic Stars Equity Fund </t>
@@ -3452,92 +3494,92 @@
   <si>
     <t>Norwegian Short-Term Bond Fund</t>
   </si>
   <si>
     <t>Notesco Financial Services Limited</t>
   </si>
   <si>
     <t>Novia Global Europe Limited</t>
   </si>
   <si>
     <t>NREP AB</t>
   </si>
   <si>
     <t>Numisma Capital Ltd</t>
   </si>
   <si>
     <t>Ιnveza Capital Ltd</t>
   </si>
   <si>
     <t>OAKTREE ABSOLUTE RETURN INCOME FUND</t>
   </si>
   <si>
     <t>OAKTREE CREDIT</t>
   </si>
   <si>
+    <t>Oaktree Global Credit Select Fund</t>
+  </si>
+  <si>
     <t>OAKTREE GLOBAL HIGH YIELD RESPONSIBLE FUND</t>
   </si>
   <si>
     <t>OAKTREE (LUX.) FUNDS</t>
   </si>
   <si>
-    <t>OANDA Europe Markets Ltd</t>
-[...1 lines deleted...]
-  <si>
     <t>OBR Investments Limited</t>
   </si>
   <si>
     <t>OCTA MARKETS CYPRUS LTD</t>
   </si>
   <si>
     <t>OEXN LIMITED (Apribota veikla)</t>
   </si>
   <si>
     <t>O\'Halloran &amp; Co</t>
   </si>
   <si>
+    <t>OKX Europe Markets Limited</t>
+  </si>
+  <si>
     <t>Olive Tree Capital Markets Limited</t>
   </si>
   <si>
     <t>Omega Funds Investment Ltd</t>
   </si>
   <si>
     <t>Omicron Invest Management GmbH</t>
   </si>
   <si>
     <t>ONE Asset Management AG</t>
   </si>
   <si>
     <t>One Plus Capital Ltd</t>
   </si>
   <si>
     <t>One Trading Exchange B.V.</t>
   </si>
   <si>
-    <t>Finansinių priemonių rinka, Kriptoturto rinka</t>
-[...1 lines deleted...]
-  <si>
     <t>ontionsXpress Europe B.V.</t>
   </si>
   <si>
     <t>Oolders, Heijning &amp; Vogelaar B.V.</t>
   </si>
   <si>
     <t>Optieclub nl B.V.</t>
   </si>
   <si>
     <t>OPTIVER V.O.F.</t>
   </si>
   <si>
     <t>OQTIMA EU LTD</t>
   </si>
   <si>
     <t>ORBEO</t>
   </si>
   <si>
     <t>ORBEX Ltd</t>
   </si>
   <si>
     <t>Orkla Finans Kapitalforvaltning ASA</t>
   </si>
   <si>
     <t>OTKRITIE BROKER LTD</t>
@@ -3650,120 +3692,120 @@
   <si>
     <t>Polen Capital Global SMID Company Growth Fund</t>
   </si>
   <si>
     <t>Polen Capital Investment Funds II Plc</t>
   </si>
   <si>
     <t>Polen Capital Investment Funds Plc</t>
   </si>
   <si>
     <t>Polen Capital U.S. Small Company Growth Fund</t>
   </si>
   <si>
     <t>Port FX Limited</t>
   </si>
   <si>
     <t>Practica Capital Management UAB</t>
   </si>
   <si>
     <t>PrimaryBid SA</t>
   </si>
   <si>
     <t>Primus Global Ltd</t>
   </si>
   <si>
+    <t>PRO BRO Group, UAB</t>
+  </si>
+  <si>
     <t>Probus Pleion Luxembourg S.A.</t>
   </si>
   <si>
     <t>Prochoice Χρηματιστηριακή Ltd (the English CIF name: Prochoice Chrimatistiriaki Ltd)</t>
   </si>
   <si>
     <t>Prodigit Investments Ltd</t>
   </si>
   <si>
     <t>ProRealTime</t>
   </si>
   <si>
     <t>PROSPERGATE CAPITAL LIMITED</t>
   </si>
   <si>
-    <t>Pruden Ventures Capital Ltd</t>
-[...4 lines deleted...]
-  <si>
     <t>Qbasis Invest GmbH</t>
   </si>
   <si>
     <t>QEP GLOBAL ACTIVE VALUE</t>
   </si>
   <si>
     <t>QEP GLOBAL CORE</t>
   </si>
   <si>
     <t>QEP GLOBAL EMERGING MARKETS</t>
   </si>
   <si>
     <t>QEP GLOBAL ESG</t>
   </si>
   <si>
     <t>QEP GLOBAL ESG EX FOSSIL FUELS</t>
   </si>
   <si>
     <t>QEP GLOBAL QUALITY</t>
   </si>
   <si>
     <t>Query Capital GmbH</t>
   </si>
   <si>
+    <t>QUEST FUND PLACEMENT EUROPE, AGENCIA DE VALORES, SOCIEDAD ANÓNIMA</t>
+  </si>
+  <si>
     <t>QUOTE MTF Zrt.</t>
   </si>
   <si>
     <t>Raft Capital Management, UAB</t>
   </si>
   <si>
     <t>Raiffeisen International Fund Advisory GmbH</t>
   </si>
   <si>
     <t>Raiffeisen Zentralbank Österreich AG</t>
   </si>
   <si>
     <t>Raiffeisenbank Leoben-Bruck eGen</t>
   </si>
   <si>
     <t>Raymond James Corporate Finance GmbH</t>
   </si>
   <si>
     <t>RAYMOND JAMES France SAS</t>
   </si>
   <si>
     <t>Ramūnas Janavičius</t>
   </si>
   <si>
-    <t>RATO kredito unija</t>
+    <t xml:space="preserve">RATO bankas, UAB </t>
   </si>
   <si>
     <t>Record Asset Management GmbH</t>
   </si>
   <si>
     <t>RED MARS CAPITAL LTD</t>
   </si>
   <si>
     <t>Redburn (France) SA</t>
   </si>
   <si>
     <t>Rede Partners (Netherlands) B.V.</t>
   </si>
   <si>
     <t>Redpine Capital Ltd</t>
   </si>
   <si>
     <t>Rena Saribekian-Kinderė</t>
   </si>
   <si>
     <t>Renaissance Financial Services (Cyprus) Ltd'</t>
   </si>
   <si>
     <t>RENAISSANCE SECURITIES (CYPRUS) LTD</t>
   </si>
@@ -3806,50 +3848,53 @@
   <si>
     <t>RONIN Europe Limited</t>
   </si>
   <si>
     <t>Rubicon Infrastructure Advisors Unlimited Company</t>
   </si>
   <si>
     <t>Rubicon Infrastrukture Advisors</t>
   </si>
   <si>
     <t>S. L. Capital Services Ltd</t>
   </si>
   <si>
     <t>Safecap Investments Limited</t>
   </si>
   <si>
     <t>Saga Global Finacorp OOD</t>
   </si>
   <si>
     <t>Salmann Investment Management AG</t>
   </si>
   <si>
     <t>SAPIENS MARKETS EU SOCIEDAD DE VALORES, S.A.</t>
   </si>
   <si>
+    <t xml:space="preserve">SB1 Markets AS </t>
+  </si>
+  <si>
     <t>ScaleWolf Management, UAB</t>
   </si>
   <si>
     <t>SCHRODER GAIA</t>
   </si>
   <si>
     <t>SCHRODER INTERNATIONAL SELECTION FUND</t>
   </si>
   <si>
     <t xml:space="preserve">Science and Technology Equity Fund </t>
   </si>
   <si>
     <t>Scipion Capital (UK) Limited (Veikla nutraukiama)</t>
   </si>
   <si>
     <t>SEB Active 20</t>
   </si>
   <si>
     <t>SEB Active 30</t>
   </si>
   <si>
     <t>SEB Active 55</t>
   </si>
   <si>
     <t>SEB Active 80</t>
@@ -3980,53 +4025,50 @@
   <si>
     <t>SEB Pension Fund</t>
   </si>
   <si>
     <t>SEB Pension Fund Extra</t>
   </si>
   <si>
     <t>SEB SICAV 1</t>
   </si>
   <si>
     <t>SEB SICAV 2</t>
   </si>
   <si>
     <t>SEB turto išsaugojimo pensijų kaupimo fondas</t>
   </si>
   <si>
     <t>SEB US EXPOSURE FUND</t>
   </si>
   <si>
     <t>SEB US Focus Core Fund</t>
   </si>
   <si>
     <t>SEB USD Currency Fund</t>
   </si>
   <si>
-    <t>SEB 1954–1960 metų tikslinės grupės pensijų kaupimo fondas</t>
-[...1 lines deleted...]
-  <si>
     <t>SEB 1961–1967 metų tikslinės grupės pensijų kaupimo fondas</t>
   </si>
   <si>
     <t>SEB 1968–1974 metų tikslinės grupės pensijų kaupimo fondas</t>
   </si>
   <si>
     <t>SEB 1975–1981 metų tikslinės grupės pensijų kaupimo fondas</t>
   </si>
   <si>
     <t>SEB 1982–1988 metų tikslinės grupės pensijų kaupimo fondas</t>
   </si>
   <si>
     <t>SEB 1989–1995 metų tikslinės grupės pensijų kaupimo fondas</t>
   </si>
   <si>
     <t>SEB 1996–2002 metų tikslinės grupės pensijų kaupimo fondas</t>
   </si>
   <si>
     <t>SEB 2003-2009 metų tikslinės grupės pensijų kaupimo fondas</t>
   </si>
   <si>
     <t>SECURITISED CREDIT</t>
   </si>
   <si>
     <t>SEG US EQUITY</t>
@@ -4085,50 +4127,53 @@
   <si>
     <t>Skybound Wealth Europe Ltd</t>
   </si>
   <si>
     <t>Skilling Limited</t>
   </si>
   <si>
     <t>SM Capital Markets Ltd</t>
   </si>
   <si>
     <t>SMART MANUFACTURING</t>
   </si>
   <si>
     <t>Smith and Williamson Investment Management (Europe) Limited</t>
   </si>
   <si>
     <t>SN Financials Ltd</t>
   </si>
   <si>
     <t>SOCIAL IMPACT CREDIT</t>
   </si>
   <si>
     <t>Societe Generale - Forge</t>
   </si>
   <si>
+    <t>Finansinių priemonių rinka, Kredito ir mokėjimų rinka, Kriptoturto rinka</t>
+  </si>
+  <si>
     <t>Solaris EMEA Ltd</t>
   </si>
   <si>
     <t>Solid Financial Services Ltd</t>
   </si>
   <si>
     <t>Solidus Oy</t>
   </si>
   <si>
     <t>Solidus Securities Cyprus Ltd</t>
   </si>
   <si>
     <t>Specialioji uždarojo tipo nekilnojamojo turto investicinė bendrovė AB „Tewox“</t>
   </si>
   <si>
     <t>Specialioji uždarojo tipo nekilnojamojo turto investicinė bendrovė "INVL Baltic Real Estate"</t>
   </si>
   <si>
     <t>Specialioji uždarojo tipo privataus kapitalo investicinė bendrovė "INVL Technology"</t>
   </si>
   <si>
     <t>Specialist Solutions Plc</t>
   </si>
   <si>
     <t>Specialusis atvirojo tipo investuojantis į perleidžiamuosius vertybinius popierius subjektas "Nextury Technology Fund"</t>
@@ -4151,68 +4196,68 @@
   <si>
     <t>STAK SECURITIES LTD.</t>
   </si>
   <si>
     <t>Statkraft Financial Energy AB</t>
   </si>
   <si>
     <t>STATOK LTD</t>
   </si>
   <si>
     <t>STERLING LIQUIDITY FUND</t>
   </si>
   <si>
     <t>Stifel Europe Bank AG to Stifel Europe AG</t>
   </si>
   <si>
     <t>stone</t>
   </si>
   <si>
     <t>StoneX Europe Ltd</t>
   </si>
   <si>
     <t>StoneX Financial Europe GmbH</t>
   </si>
   <si>
-    <t>Stonex Financial Europe S.A.</t>
-[...1 lines deleted...]
-  <si>
     <t>STRATEGIC BOND</t>
   </si>
   <si>
     <t>Strategic Credit</t>
   </si>
   <si>
     <t>Stratos Europe Limited</t>
   </si>
   <si>
     <t>STREAMS FINANCIAL SERVICES LTD</t>
   </si>
   <si>
     <t>Suderintasis investicinis fondas "Artea sudėtinis fondas"</t>
   </si>
   <si>
+    <t>Suderintojo investicinio fondo "Artea sudėtinis fondas" subfondas Artea Pasaulio Akcijų Index Plus</t>
+  </si>
+  <si>
     <t>Sudėtinio uždarojo tipo informuotiesiems investuotojams skirtas investicinis fondas „EUROPEAN CO-LIVING FUND“</t>
   </si>
   <si>
     <t>Sudėtinio uždarojo tipo informuotiesiems investuotojams skirto investicinio fondo „EUROPEAN CO-LIVING FUND“  subfondas „Poland Co-living“</t>
   </si>
   <si>
     <t>Sun Investment group, UAB</t>
   </si>
   <si>
     <t>Superfund Asset Management GmbH</t>
   </si>
   <si>
     <t>Susquehanna International Securities Limited</t>
   </si>
   <si>
     <t>Sustainable Asian Equity</t>
   </si>
   <si>
     <t>Sustainable Conservative</t>
   </si>
   <si>
     <t>SUSTAINABLE EMERGING MARKETS EX CHINA SYNERGY</t>
   </si>
   <si>
     <t>SUSTAINABLE EMERGING MARKETS SYNERGY</t>
@@ -4307,50 +4352,53 @@
   <si>
     <t>Swedbank Robur Emerging Europe</t>
   </si>
   <si>
     <t>Swedbank Robur Fastighet</t>
   </si>
   <si>
     <t>Swedbank Robur Fonder AB Lietuvos filialas</t>
   </si>
   <si>
     <t>Swedbank Robur Global High Dividend</t>
   </si>
   <si>
     <t>Swedbank Robur Global Impact</t>
   </si>
   <si>
     <t>Swedbank Robur Medica</t>
   </si>
   <si>
     <t>Swedbank Robur Rysslandsfond.</t>
   </si>
   <si>
     <t xml:space="preserve">Swedbank Robur Security and Defence </t>
   </si>
   <si>
+    <t>Swedbank Robur Small Cap Europe</t>
+  </si>
+  <si>
     <t>Swedbank Robur Östeuropafond.</t>
   </si>
   <si>
     <t>Swedbank Robur Technology</t>
   </si>
   <si>
     <t>Swedbank Savings Fund 10</t>
   </si>
   <si>
     <t>Swedbank Savings Fund 100</t>
   </si>
   <si>
     <t>Swedbank Savings Fund 30</t>
   </si>
   <si>
     <t>Swedbank Savings Fund 60</t>
   </si>
   <si>
     <t>Swedbank turto išsaugojimo pensijų fondas</t>
   </si>
   <si>
     <t>Swedbank Venemaa Aktsiafond</t>
   </si>
   <si>
     <t>Swedish Bond Fund</t>
@@ -4505,80 +4553,71 @@
   <si>
     <t>TF Global Markets (Europe) Ltd</t>
   </si>
   <si>
     <t>TFI Markets Ltd</t>
   </si>
   <si>
     <t>The Cyprus Investment and Securities Corporation Ltd</t>
   </si>
   <si>
     <t>THE FIRST INTERSTELLAR CAPITAL LIMITED</t>
   </si>
   <si>
     <t>The New Amsterdam Group B.V.</t>
   </si>
   <si>
     <t>THE ULTIMA INVESTMENTS CYPRUS LIMITED</t>
   </si>
   <si>
     <t>ThomasLloyd Global Asset Management GmbH</t>
   </si>
   <si>
     <t>TICKMILL EUROPE LTD</t>
   </si>
   <si>
-    <t>Tifosy Italia Società di Intermediazione Mobiliare S.p.A.</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">Tikslinės grupės pensijų fondas (gyvenimo ciklo pensijų fondas) „Swedbank pensija 1961–1967“ </t>
   </si>
   <si>
     <t>Tikslinės grupės pensijų fondas (gyvenimo ciklo pensijų fondas) „Swedbank pensija 1968–1974“</t>
   </si>
   <si>
     <t>Tikslinės grupės pensijų fondas (gyvenimo ciklo pensijų fondas) „Swedbank pensija 1975–1981“</t>
   </si>
   <si>
     <t>Tikslinės grupės pensijų fondas (gyvenimo ciklo pensijų fondas) „Swedbank pensija 1982–1988“</t>
   </si>
   <si>
     <t>Tikslinės grupės pensijų fondas (gyvenimo ciklo pensijų fondas) „Swedbank pensija 1989–1995“</t>
   </si>
   <si>
     <t>Tikslinės grupės pensijų fondas (gyvenimo ciklo pensijų fondas) „Swedbank pensija 1996–2002“</t>
   </si>
   <si>
     <t>Tikslinės grupės pensijų fondas (gyvenimo ciklo pensijų fondas) „Swedbank pensija 2003-2009“</t>
   </si>
   <si>
-    <t>Tikslinės grupės pensijų kaupimo fondas „Artea pensija 1954–1960 Index Plus“</t>
-[...1 lines deleted...]
-  <si>
     <t>Tikslinės grupės pensijų kaupimo fondas „Artea pensija 1961–1967 Index Plus“</t>
   </si>
   <si>
     <t>Tikslinės grupės pensijų kaupimo fondas „Artea pensija 1968–1974 Index Plus“</t>
   </si>
   <si>
     <t xml:space="preserve">Tikslinės grupės pensijų kaupimo fondas „Artea pensija 1975–1981 Index Plus“ </t>
   </si>
   <si>
     <t>Tikslinės grupės pensijų kaupimo fondas „Artea pensija 1982–1988 Index Plus“</t>
   </si>
   <si>
     <t>Tikslinės grupės pensijų kaupimo fondas „Artea pensija 1989–1995 Index Plus“</t>
   </si>
   <si>
     <t>Tikslinės grupės pensijų kaupimo fondas „Artea pensija 1996–2002 Index Plus“</t>
   </si>
   <si>
     <t>Tikslinės grupės pensijų kaupimo fondas „Artea pensija 2003-2009 Index Plus“</t>
   </si>
   <si>
     <t>Timberland Invest Limited</t>
   </si>
   <si>
     <t>TimeInvest Fondsmaeglerselskab A/S</t>
@@ -4685,176 +4724,197 @@
   <si>
     <t xml:space="preserve">UAB " Sostinės bokštai" </t>
   </si>
   <si>
     <t>UAB Alpha Asset Management</t>
   </si>
   <si>
     <t>UAB Aneli Capital</t>
   </si>
   <si>
     <t>UAB Aria Investments</t>
   </si>
   <si>
     <t>UAB Artea Asset Management</t>
   </si>
   <si>
     <t xml:space="preserve">UAB Asset Hill </t>
   </si>
   <si>
     <t>UAB ,,Atelier Investment Management"</t>
   </si>
   <si>
     <t>UAB Axiology DLT</t>
   </si>
   <si>
+    <t>UAB Baltijos turto investicijos</t>
+  </si>
+  <si>
     <t>UAB BLB Capital</t>
   </si>
   <si>
     <t>UAB BRAITIN</t>
   </si>
   <si>
     <t>UAB ,,CAPITALICA ASSET MANAGEMENT"</t>
   </si>
   <si>
     <t>UAB "Consilium optimum"</t>
   </si>
   <si>
     <t>UAB Contrarian Ventures</t>
   </si>
   <si>
     <t>UAB ,,DeRISK Business Solutions"</t>
   </si>
   <si>
     <t>UAB ,,DIFF Assets"</t>
   </si>
   <si>
     <t>UAB DriveWealth Europe</t>
   </si>
   <si>
     <t>UAB ,,Eika Asset Management"</t>
   </si>
   <si>
+    <t>UAB Enervia</t>
+  </si>
+  <si>
     <t>UAB "EPSO-G"</t>
   </si>
   <si>
     <t>UAB FIRSTPICK Management</t>
   </si>
   <si>
     <t>UAB „Flexo Capital“</t>
   </si>
   <si>
     <t>UAB FMĮ ,,INVL Financial Advisors"</t>
   </si>
   <si>
     <t>UAB FMĮ „INVL Financial Advisors“ Eesti filiaal</t>
   </si>
   <si>
     <t>UAB FMĮ ,,INVL Financial Advisors" Latvian branch</t>
   </si>
   <si>
     <t>UAB FMĮ ,,Myriad capital"</t>
   </si>
   <si>
     <t>UAB FMĮ ,,Orion securities"</t>
   </si>
   <si>
     <t>UAB FMĮ OSUM Securities</t>
   </si>
   <si>
     <t>UAB Genus Family Office</t>
   </si>
   <si>
     <t>UAB ,,Gerovės valdymas"</t>
   </si>
   <si>
     <t>UAB Hotrema</t>
   </si>
   <si>
     <t>UAB „I asset management“</t>
   </si>
   <si>
     <t>UAB ILTE</t>
   </si>
   <si>
+    <t>UAB Inspiration Capital Partners</t>
+  </si>
+  <si>
     <t>UAB ,,Investicijų valdymas ,,Prosperus"</t>
   </si>
   <si>
     <t>UAB ,,INVL Asset Management"</t>
   </si>
   <si>
     <t>UAB ,,Iron Wolf Capital Management"</t>
   </si>
   <si>
     <t>UAB "Jasinskio 14 project"</t>
   </si>
   <si>
     <t>UAB "Kaita Living"</t>
   </si>
   <si>
     <t>UAB „Ketvirta diena“</t>
   </si>
   <si>
     <t>UAB "Kvartalas"</t>
   </si>
   <si>
     <t>UAB Legal Balance</t>
   </si>
   <si>
     <t>UAB „Litcapital Fund Management“</t>
   </si>
   <si>
     <t>UAB ,,LORDS LB ASSET MANAGEMENT"</t>
   </si>
   <si>
+    <t>UAB LUMA Capital</t>
+  </si>
+  <si>
+    <t>UAB "Mano numai"</t>
+  </si>
+  <si>
     <t>UAB MILGARD CAPITAL</t>
   </si>
   <si>
     <t>UAB ,,Milvas"</t>
   </si>
   <si>
     <t>UAB "Modus Grupė"</t>
   </si>
   <si>
+    <t>UAB Naya AM</t>
+  </si>
+  <si>
     <t>UAB Neodenta</t>
   </si>
   <si>
     <t>UAB „Nextury Asset Management“</t>
   </si>
   <si>
     <t>UAB ,,Novus Asset Management"</t>
   </si>
   <si>
-    <t>UAB "Orkela"</t>
-[...2 lines deleted...]
-    <t>UAB "Partnerystės projektai keturi"</t>
+    <t>UAB Plovyklos Finance LT</t>
   </si>
   <si>
     <t>UAB ,,Prudentis"</t>
   </si>
   <si>
+    <t>UAB "REFI Energy"</t>
+  </si>
+  <si>
+    <t>UAB "REFI Green"</t>
+  </si>
+  <si>
     <t>UAB REFI Sun</t>
   </si>
   <si>
     <t>UAB Reverest Fund Management</t>
   </si>
   <si>
     <t>UAB ,,SEB investicijų valdymas"</t>
   </si>
   <si>
     <t>UAB „Synergy finance“</t>
   </si>
   <si>
     <t xml:space="preserve">UAB Sound asset management </t>
   </si>
   <si>
     <t>UAB S3 Business</t>
   </si>
   <si>
     <t>UAB Taurus wealth</t>
   </si>
   <si>
     <t>UAB Union Asset Management</t>
   </si>
   <si>
     <t>UAB Uniqum Capital</t>
@@ -5000,107 +5060,119 @@
   <si>
     <t>UTI INTERNATIONAL (FRANCE) S.A.S</t>
   </si>
   <si>
     <t>Uždaro tipo privataus kapitalo investicinis fondas LORDS LB Private Equity Fund I</t>
   </si>
   <si>
     <t>UŽDAROJI AKCINĖ BENDROVĖ FINANSŲ MAKLERIO ĮMONĖ ,,KAPITALO SRAUTAI"</t>
   </si>
   <si>
     <t>Uždaroji akcinė bendrovė Nter Asset Management</t>
   </si>
   <si>
     <t>Uždaroji akcinė bendrovė Urbo bankas</t>
   </si>
   <si>
     <t>Uždaroji akcinė bendrovė "Žalvaris"</t>
   </si>
   <si>
     <t xml:space="preserve">Uždarojo  tipo informuotiesiems investuotojams skirtas sudėtinis investicinis fondas Car Wash Fund </t>
   </si>
   <si>
     <t>Uždarojo  tipo informuotiesiems investuotojams skirto sudėtinio investicinio fondo Car Wash Fund - Car Wash Fund Ryga I subfondas</t>
   </si>
   <si>
+    <t xml:space="preserve">Uždarojo tipo informuotiesiems investuotojams skirta investicinė  bendrovė UAB NATIVO Resort </t>
+  </si>
+  <si>
     <t xml:space="preserve">Uždarojo tipo informuotiesiems investuotojams skirta investicinė bendrovė AB „Baltic Opportunity“ </t>
   </si>
   <si>
     <t>Uždarojo tipo informuotiesiems investuotojams skirta investicinė bendrovė Alpha RE I, UAB</t>
   </si>
   <si>
+    <t>Uždarojo tipo informuotiesiems investuotojams skirta investicinė bendrovė Aneli Venture Capital Fund KŪB</t>
+  </si>
+  <si>
     <t xml:space="preserve">Uždarojo tipo informuotiesiems investuotojams skirta investicinė bendrovė A3 RESIDENTIAL REAL ESTATE FUND </t>
   </si>
   <si>
     <t xml:space="preserve">Uždarojo tipo informuotiesiems investuotojams skirta investicinė bendrovė „BSGF Salt Invest“ </t>
   </si>
   <si>
     <t>Uždarojo tipo informuotiesiems investuotojams skirta investicinė bendrovė „Demus Development VI” UAB</t>
   </si>
   <si>
     <t>Uždarojo tipo informuotiesiems investuotojams skirta investicinė bendrovė "DIFF Invest"</t>
   </si>
   <si>
     <t>Uždarojo tipo informuotiesiems investuotojams skirta investicinė bendrovė „DIFF Project RE A“</t>
   </si>
   <si>
     <t>Uždarojo tipo informuotiesiems investuotojams skirta investicinė bendrovė „DIFF Property“</t>
   </si>
   <si>
     <t>Uždarojo tipo informuotiesiems investuotojams skirta investicinė bendrovė „DIFF Realty“</t>
   </si>
   <si>
-    <t>Uždarojo tipo informuotiesiems investuotojams skirta investicinė bendrovė „Integrated stars“</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Uždarojo tipo informuotiesiems investuotojams skirta investicinė bendrovė KŪB „Brolis Capital“ </t>
   </si>
   <si>
     <t>Uždarojo tipo informuotiesiems investuotojams skirta investicinė bendrovė KŪB C Company Mobility Investments</t>
   </si>
   <si>
     <t>Uždarojo tipo informuotiesiems investuotojams skirta investicinė bendrovė KŪB „Eterna Fund“</t>
   </si>
   <si>
+    <t>Uždarojo tipo informuotiesiems investuotojams skirta investicinė bendrovė KŪB „Mana investicinė bendrovė“</t>
+  </si>
+  <si>
+    <t>Uždarojo tipo informuotiesiems investuotojams skirta investicinė bendrovė KŪB „PARTNERSHIP II“</t>
+  </si>
+  <si>
     <t>Uždarojo tipo informuotiesiems investuotojams skirta investicinė bendrovė KŪB Reverest Fund I</t>
   </si>
   <si>
     <t>Uždarojo tipo informuotiesiems investuotojams skirta investicinė bendrovė KŪB Reverest Fund II</t>
   </si>
   <si>
     <t xml:space="preserve">Uždarojo tipo informuotiesiems investuotojams skirta investicinė bendrovė KŪB „Subačiaus Projektas“ </t>
   </si>
   <si>
     <t>Uždarojo tipo informuotiesiems investuotojams skirta investicinė bendrovė KŪB ZeroSum Special Fund I</t>
   </si>
   <si>
     <t>Uždarojo tipo Informuotiesiems investuotojams skirta investicinė bendrovė „Releven Prime Properties"</t>
   </si>
   <si>
     <t>Uždarojo tipo informuotiesiems investuotojams skirta investicinė bendrovė „Retail Opportunity Fund“</t>
   </si>
   <si>
+    <t>Uždarojo tipo informuotiesiems investuotojams skirta investicinė bendrovė RISI XP, UAB</t>
+  </si>
+  <si>
     <t>Uždarojo tipo informuotiesiems investuotojams skirta investicinė bendrovė „Riverside Real Estate Fund“</t>
   </si>
   <si>
     <t>Uždarojo tipo informuotiesiems investuotojams skirta investicinė bendrovė „SNTG Real Estate Fund“</t>
   </si>
   <si>
     <t xml:space="preserve">Uždarojo tipo informuotiesiems investuotojams skirta investicinė bendrovė UAB „Atsinaujinančios energetikos investicijos“ </t>
   </si>
   <si>
     <t>Uždarojo tipo informuotiesiems investuotojams skirta investicinė bendrovė UAB "CAPITALICA BALTIC REAL ESTATE FUND I"</t>
   </si>
   <si>
     <t xml:space="preserve">Uždarojo tipo informuotiesiems investuotojams skirta investicinė bendrovė UAB „CAPITALICA EUROPEAN OFFICE FUND“ </t>
   </si>
   <si>
     <t xml:space="preserve">Uždarojo tipo informuotiesiems investuotojams skirta investicinė bendrovė UAB „CAPITALICA Z114 REAL ESTATE FUND“ </t>
   </si>
   <si>
     <t>Uždarojo tipo informuotiesiems investuotojams skirta investicinė bendrovė UAB Demus Development I</t>
   </si>
   <si>
     <t>Uždarojo tipo informuotiesiems investuotojams skirta investicinė bendrovė UAB Demus Development IX</t>
   </si>
   <si>
     <t>Uždarojo tipo informuotiesiems investuotojams skirta investicinė bendrovė UAB Demus Development VII</t>
@@ -5108,50 +5180,53 @@
   <si>
     <t>Uždarojo tipo informuotiesiems investuotojams skirta investicinė bendrovė UAB Demus Development VIII</t>
   </si>
   <si>
     <t>Uždarojo tipo informuotiesiems investuotojams skirta investicinė bendrovė UAB Demus Nida Development</t>
   </si>
   <si>
     <t xml:space="preserve">Uždarojo tipo informuotiesiems investuotojams skirta investicinė bendrovė UAB „DIFF Capital“ </t>
   </si>
   <si>
     <t xml:space="preserve">Uždarojo tipo informuotiesiems investuotojams skirta investicinė bendrovė UAB „DIFF Develop“ </t>
   </si>
   <si>
     <t xml:space="preserve">Uždarojo tipo informuotiesiems investuotojams skirta investicinė bendrovė UAB „DIFF Equity“ </t>
   </si>
   <si>
     <t>Uždarojo tipo informuotiesiems investuotojams skirta investicinė bendrovė UAB „DIFF Finance“</t>
   </si>
   <si>
     <t xml:space="preserve">Uždarojo tipo informuotiesiems investuotojams skirta investicinė bendrovė UAB „DIFF Residential“ </t>
   </si>
   <si>
     <t>Uždarojo tipo informuotiesiems investuotojams skirta investicinė bendrovė UAB ,,EIKA REAL ESTATE FUND"</t>
   </si>
   <si>
+    <t>Uždarojo tipo informuotiesiems investuotojams skirta investicinė bendrovė UAB „North Europe real estate development fund II”</t>
+  </si>
+  <si>
     <t xml:space="preserve">Uždarojo tipo informuotiesiems investuotojams skirta investicinė bendrovė UAB Pirmoji investavimo įmonė </t>
   </si>
   <si>
     <t>Uždarojo tipo informuotiesiems investuotojams skirta investicinė bendrovė UAB „PREF III"</t>
   </si>
   <si>
     <t>Uždarojo tipo informuotiesiems investuotojams skirta investicinė bendrovė UAB „PREF IV“</t>
   </si>
   <si>
     <t>Uždarojo tipo informuotiesiems investuotojams skirta investicinė bendrovė UAB „Prosperus Infrastructure Fund“</t>
   </si>
   <si>
     <t>Uždarojo tipo informuotiesiems investuotojams skirta investicinė bendrovė UAB "Verslo trikampis"</t>
   </si>
   <si>
     <t xml:space="preserve">Uždarojo tipo informuotiesiems investuotojams skirta investicinė bendrovė UAB Victory Development Central </t>
   </si>
   <si>
     <t>Uždarojo tipo informuotiesiems investuotojams skirta investicinė bendrovė UAB Victory Development I</t>
   </si>
   <si>
     <t xml:space="preserve">Uždarojo tipo informuotiesiems investuotojams skirta investicinė bendrovė UAB Victory Development IV </t>
   </si>
   <si>
     <t>Uždarojo tipo informuotiesiems investuotojams skirta investicinė bendrovė UAB Victory Development V</t>
@@ -5237,50 +5312,53 @@
   <si>
     <t xml:space="preserve">Uždarojo tipo informuotiesiems investuotojams skirtas investicinis fondas „Eika Co-Living Fund“ </t>
   </si>
   <si>
     <t>Uždarojo tipo informuotiesiems investuotojams skirtas investicinis fondas „EIKA Development Fund“.</t>
   </si>
   <si>
     <t xml:space="preserve">Uždarojo tipo informuotiesiems investuotojams skirtas investicinis fondas „EIKA Energy Fund“ </t>
   </si>
   <si>
     <t>Uždarojo tipo informuotiesiems investuotojams skirtas investicinis fondas „Eika Private Equity Secondaries Fund I“</t>
   </si>
   <si>
     <t>Uždarojo tipo informuotiesiems investuotojams skirtas investicinis fondas "Evernord Real Estate Fund I"</t>
   </si>
   <si>
     <t>Uždarojo tipo informuotiesiems investuotojams skirtas investicinis fondas "Fixed Yield Invest Fund"</t>
   </si>
   <si>
     <t>Uždarojo tipo informuotiesiems investuotojams skirtas investicinis fondas „Flexo Growth Fund II“</t>
   </si>
   <si>
     <t>Uždarojo tipo informuotiesiems investuotojams skirtas investicinis fondas Green Energy Growth Fund</t>
   </si>
   <si>
+    <t xml:space="preserve">Uždarojo tipo informuotiesiems investuotojams skirtas investicinis fondas „IAM Military Infrastructure Fund“ </t>
+  </si>
+  <si>
     <t xml:space="preserve">Uždarojo tipo informuotiesiems investuotojams skirtas investicinis fondas „IAM Petcare Growth Fund“ </t>
   </si>
   <si>
     <t>Uždarojo tipo informuotiesiems investuotojams skirtas investicinis fondas „INVL BSGF Co-Invest Fund II“</t>
   </si>
   <si>
     <t xml:space="preserve">Uždarojo tipo informuotiesiems investuotojams skirtas investicinis fondas „INVL Partner Power Opportunities Fund“  </t>
   </si>
   <si>
     <t xml:space="preserve">Uždarojo tipo informuotiesiems investuotojams skirtas investicinis fondas „INVL Partner Strategic Lending Fund“ </t>
   </si>
   <si>
     <t xml:space="preserve">Uždarojo tipo informuotiesiems investuotojams skirtas investicinis fondas „INVL Partner Strategic Lending Fund USD“ </t>
   </si>
   <si>
     <t>Uždarojo tipo informuotiesiems investuotojams skirtas investicinis fondas „INVL Private Equity Capital Fund II“</t>
   </si>
   <si>
     <t>Uždarojo tipo informuotiesiems investuotojams skirtas investicinis fondas "LORDS LB BALTIC GREEN FUND (V)"</t>
   </si>
   <si>
     <t>Uždarojo tipo informuotiesiems investuotojams skirtas investicinis fondas Lords LB Baltic Fund IV </t>
   </si>
   <si>
     <t>Uždarojo tipo informuotiesiems investuotojams skirtas investicinis fondas Lords LB Baltic Small Cap Fund </t>
@@ -5291,131 +5369,116 @@
   <si>
     <t>Uždarojo tipo informuotiesiems investuotojams skirtas investicinis fondas Milvas Real Estate Fund</t>
   </si>
   <si>
     <t>Uždarojo tipo informuotiesiems investuotojams skirtas investicinis fondas "North Europe real estate development fund"</t>
   </si>
   <si>
     <t>Uždarojo tipo informuotiesiems investuotojams skirtas investicinis fondas „NTER Alternative Energy Fund II“</t>
   </si>
   <si>
     <t xml:space="preserve">Uždarojo tipo informuotiesiems investuotojams skirtas investicinis fondas „NTER Alternative Lenders and Fintech Fund“ </t>
   </si>
   <si>
     <t xml:space="preserve">Uždarojo tipo informuotiesiems investuotojams skirtas investicinis fondas „Nter Opportunity Fund I“ </t>
   </si>
   <si>
     <t>Uždarojo tipo informuotiesiems investuotojams skirtas investicinis fondas "Nter Private Equity Fund I"</t>
   </si>
   <si>
     <t xml:space="preserve">Uždarojo tipo informuotiesiems investuotojams skirtas investicinis fondas „Nter USA Logistics Fund“ </t>
   </si>
   <si>
     <t xml:space="preserve">Uždarojo tipo informuotiesiems investuotojams skirtas investicinis fondas „Nter USA Private Equity Fund“ </t>
   </si>
   <si>
-    <t>Uždarojo tipo informuotiesiems investuotojams skirtas investicinis fondas "ORION London Property Fund"</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Uždarojo tipo informuotiesiems investuotojams skirtas investicinis fondas „ORION RE Income Fund I" </t>
   </si>
   <si>
     <t xml:space="preserve">Uždarojo tipo informuotiesiems investuotojams skirtas investicinis fondas Reverest Baltic Opportunity Fund </t>
   </si>
   <si>
     <t>Uždarojo tipo informuotiesiems investuotojams skirtas investicinis fondas „Röntgen Real Estate Fund I“</t>
   </si>
   <si>
     <t xml:space="preserve">Uždarojo tipo informuotiesiems investuotojams skirtas investicinis fondas „Sandėliavimo ir komercinių erdvių plėtros fondas“ </t>
   </si>
   <si>
     <t xml:space="preserve">Uždarojo tipo informuotiesiems investuotojams skirtas investicinis fondas "Synergy European Crowdlending Fund" </t>
   </si>
   <si>
     <t>Uždarojo tipo informuotiesiems investuotojams skirtas investicinis fondas "Synergy Finance USA Real Estate Fund"</t>
   </si>
   <si>
     <t>Uždarojo tipo informuotiesiems investuotojams skirtas investicinis fondas „Sustainable Energy Fund I“</t>
   </si>
   <si>
     <t>Uždarojo tipo informuotiesiems investuotojams skirtas investicinis fondas „Techlilium Fund“</t>
   </si>
   <si>
     <t xml:space="preserve">Uždarojo tipo informuotiesiems investuotojams skirtas investicinis fondas „UNION Hospitality Investment Fund“ </t>
   </si>
   <si>
     <t>Uždarojo tipo informuotiesiems investuotojams skirtas investicinis fondas „Union Re Core Fund I“</t>
   </si>
   <si>
     <t>Uždarojo tipo informuotiesiems investuotojams skirtas investicinis fondas „White Whale Fund“</t>
   </si>
   <si>
     <t>Uždarojo tipo informuotiesiems investuotojams skirtas investicinis fondas „ZeroSum Re Fund I"</t>
   </si>
   <si>
-    <t xml:space="preserve">Uždarojo tipo informuotiesiems investuotojams skirtas nekilnojamojo turto investicinis fondas Baltic Residential Fund </t>
-[...1 lines deleted...]
-  <si>
     <t>Uždarojo tipo informuotiesiems investuotojams skirtas nekilnojamojo turto investicinis fondas „Central Development Fund"</t>
   </si>
   <si>
     <t>Uždarojo tipo informuotiesiems investuotojams skirtas nekilnojamojo turto investicinis fondas „LORDS LB Special Fund V"</t>
   </si>
   <si>
     <t>Uždarojo tipo informuotiesiems investuotojams skirtas nekilnojamojo turto investicinis fondas Right Bank Development Fund</t>
   </si>
   <si>
-    <t xml:space="preserve">Uždarojo tipo informuotiesiems investuotojams skirtas nekilnojamojo turto investicinis fondas Uptown Development Fund </t>
-[...4 lines deleted...]
-  <si>
     <t>Uždarojo tipo informuotiesiems investuotojams skirtas saulės energetikos investicinis fondas Modus Poland Solar Fund I</t>
   </si>
   <si>
     <t>Uždarojo tipo informuotiesiems investuotojams skirtas saulės energetikos investicinis fondas „Modus Remote Solar Fund I"</t>
   </si>
   <si>
     <t xml:space="preserve">Uždarojo tipo informuotiesiems investuotojams skirtas sudėtinis investicinis fondas „Airport Hotels Fund“ </t>
   </si>
   <si>
     <t>Uždarojo tipo informuotiesiems investuotojams skirtas sudėtinis investicinis fondas „Education Infrastructure Fund“</t>
   </si>
   <si>
     <t>Uždarojo tipo informuotiesiems investuotojams skirtas sudėtinis investicinis fondas „IAM European Student Housing Fund“</t>
   </si>
   <si>
     <t xml:space="preserve">Uždarojo tipo informuotiesiems investuotojams skirtas sudėtinis investicinis fondas „IAM Luxury Hotels Fund“ </t>
   </si>
   <si>
     <t>Uždarojo tipo informuotiesiems investuotojams skirtas sudėtinis investicinis fondas „INVL Alternative Assets Umbrella Fund II"</t>
   </si>
   <si>
-    <t>Uždarojo tipo informuotiesiems investuotojams skirto į paskolas investuojantis investicinis fondas 1AM Partner Credit Opportunities Fund</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Uždarojo tipo informuotiesiems investuotojams skirto sudėtinio investicinio fondo „Education Infrastructure Fund“  subfondas „Education Infrastructure I Sub-fund“ </t>
   </si>
   <si>
     <t xml:space="preserve">Uždarojo tipo informuotiesiems investuotojams skirto sudėtinio investicinio fondo „Education Infrastructure Fund“  subfondas „Education Infrastructure II Sub-fund“ </t>
   </si>
   <si>
     <t>Uždarojo tipo informuotiesiems investuotojams skirto sudėtinio investicinio fondo „IAM Luxury Hotels Fund“ subfondas - „IAM Astorija Hotel Sub-fund“</t>
   </si>
   <si>
     <t>Uždarojo tipo informuotiesiems investuotojams skirto sudėtinio investicinio fondo „IAM Luxury Hotels Fund“ subfondas „IAM Grand Hotel Vilnius Sub-fund“</t>
   </si>
   <si>
     <t xml:space="preserve">Uždarojo tipo informuotiesiems investuotojams skirto sudėtinio investicinio fondo „INVL Alternative Assets Umbrella Fund“ </t>
   </si>
   <si>
     <t>Uždarojo tipo informuotiesiems investuotojams skirto sudėtinio investicinio fondo „INVL Alternative Assets Umbrella Fund“ subfondas -  „INVL Partner Private Equity Fund I“</t>
   </si>
   <si>
     <t xml:space="preserve">Uždarojo tipo profesionaliesiems investuotojams skirtas privataus kapitalo investicinis fondas INVL Baltic Sea Growth Fund </t>
   </si>
   <si>
     <t xml:space="preserve">Uždarojo tipo specialusis investicinis fondas, investuojantis į kitus kolektyvinio investavimo subjektus, „Artea alternatyvių investicijų fondas“ </t>
   </si>
   <si>
     <t xml:space="preserve">Uždarojo tipo specialusis investicinis fondas, investuojantis į kitus kolektyvinio investavimo subjektus, „Artea alternatyvių investicijų fondas II“ </t>
@@ -5444,62 +5507,59 @@
   <si>
     <t>Verdispar Securities AS</t>
   </si>
   <si>
     <t>VermogensParaplu Beheer B.V.</t>
   </si>
   <si>
     <t>Vertis Environmental Finance Ltd.</t>
   </si>
   <si>
     <t>Vertis International Trading SE</t>
   </si>
   <si>
     <t>VIE FINANCE A.E.P.E.Y. S.A.</t>
   </si>
   <si>
     <t>Vinson Financials Ltd</t>
   </si>
   <si>
     <t xml:space="preserve">Virtu Europe Trading Limited </t>
   </si>
   <si>
     <t>Virtu Financial Ireland Limited</t>
   </si>
   <si>
+    <t>Vytis Reno Loans 2025-1 DAC</t>
+  </si>
+  <si>
     <t>Vivid Money B.V.</t>
   </si>
   <si>
     <t>VM VITA MARKETS LTD</t>
   </si>
   <si>
-    <t>VNO AIRPORT HOTELS SUB-FUND</t>
-[...4 lines deleted...]
-  <si>
     <t>VR Factoring GmbH</t>
   </si>
   <si>
     <t>VTC Europe B.V.</t>
   </si>
   <si>
     <t>Wallich Securities B.V.</t>
   </si>
   <si>
     <t>WB TRADE EU LTD</t>
   </si>
   <si>
     <t>Wellington Management Europe GmbH</t>
   </si>
   <si>
     <t>WELLINGTON PAGOSA</t>
   </si>
   <si>
     <t>Wells Fargo Securities Europe</t>
   </si>
   <si>
     <t>WGM Services Ltd</t>
   </si>
   <si>
     <t>Wiener Börse AG (Vienna Stock Exchange)</t>
@@ -5507,69 +5567,84 @@
   <si>
     <t>Wijs &amp; Van Oostveen B.V.</t>
   </si>
   <si>
     <t>Willenbacher Advisory GmbH</t>
   </si>
   <si>
     <t>Winvestors Financial Advisors GmbH</t>
   </si>
   <si>
     <t>Wisdompoint Capital Ltd</t>
   </si>
   <si>
     <t>Wise Assets Europe AS</t>
   </si>
   <si>
     <t>WISE WOLVES FINANCE LTD</t>
   </si>
   <si>
     <t>WONDERINTEREST TRADING LTD</t>
   </si>
   <si>
     <t xml:space="preserve">WOOD &amp; Company Financial Services, a. s. </t>
   </si>
   <si>
+    <t>W1M EUROPE, A.V., S.A.</t>
+  </si>
+  <si>
     <t>„X Asset Management“, UAB</t>
   </si>
   <si>
     <t>X Global Markets Ltd</t>
   </si>
   <si>
     <t>XFR Financial Ltd (buv. O.C.M Online Capital Markets Ltd)</t>
   </si>
   <si>
     <t>XNT Ltd</t>
   </si>
   <si>
     <t>XSpot Wealth (EU) Ltd</t>
   </si>
   <si>
     <t>XTB LIMITED</t>
   </si>
   <si>
     <t>XTELLUS EUROPE LTD</t>
+  </si>
+  <si>
+    <t>Xtrackers</t>
+  </si>
+  <si>
+    <t>Xtrackers Euro Stoxx 50 UCITS ETF</t>
+  </si>
+  <si>
+    <t>Xtrackers II</t>
+  </si>
+  <si>
+    <t>Xtrackers II EUR Overnight Rate Swap UCITS ETF</t>
   </si>
   <si>
     <t>ZAGORA FINACORP AD</t>
   </si>
   <si>
     <t>360 Treasury Systems AG</t>
   </si>
   <si>
     <t>42 Financial Services a.s.</t>
   </si>
   <si>
     <t>42 financial services s.r.o.</t>
   </si>
   <si>
     <t>50KCY LTD</t>
   </si>
   <si>
     <t>7Q Financial Services Ltd</t>
   </si>
   <si>
     <t>70 Ventures, UAB</t>
   </si>
 </sst>
 </file>
 
@@ -5905,54 +5980,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:B1848"/>
+  <dimension ref="A1:B1872"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="B1848" sqref="B1848"/>
+      <selection activeCell="B1872" sqref="B1872"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="40" customWidth="true" style="0"/>
     <col min="2" max="2" width="40" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="3" spans="1:2">
@@ -6658,155 +6733,155 @@
       <c r="B90" s="2" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="91" spans="1:2">
       <c r="A91" s="2" t="s">
         <v>95</v>
       </c>
       <c r="B91" s="2" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="92" spans="1:2">
       <c r="A92" s="2" t="s">
         <v>96</v>
       </c>
       <c r="B92" s="2" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="93" spans="1:2">
       <c r="A93" s="2" t="s">
         <v>97</v>
       </c>
       <c r="B93" s="2" t="s">
-        <v>89</v>
+        <v>5</v>
       </c>
     </row>
     <row r="94" spans="1:2">
       <c r="A94" s="2" t="s">
         <v>98</v>
       </c>
       <c r="B94" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="95" spans="1:2">
       <c r="A95" s="2" t="s">
         <v>99</v>
       </c>
       <c r="B95" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="96" spans="1:2">
       <c r="A96" s="2" t="s">
         <v>100</v>
       </c>
       <c r="B96" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="97" spans="1:2">
       <c r="A97" s="2" t="s">
         <v>101</v>
       </c>
       <c r="B97" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="98" spans="1:2">
       <c r="A98" s="2" t="s">
         <v>102</v>
       </c>
       <c r="B98" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="99" spans="1:2">
       <c r="A99" s="2" t="s">
         <v>103</v>
       </c>
       <c r="B99" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="100" spans="1:2">
       <c r="A100" s="2" t="s">
         <v>104</v>
       </c>
       <c r="B100" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="101" spans="1:2">
       <c r="A101" s="2" t="s">
         <v>105</v>
       </c>
       <c r="B101" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="102" spans="1:2">
       <c r="A102" s="2" t="s">
         <v>106</v>
       </c>
       <c r="B102" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="103" spans="1:2">
       <c r="A103" s="2" t="s">
         <v>107</v>
       </c>
       <c r="B103" s="2" t="s">
-        <v>3</v>
+        <v>13</v>
       </c>
     </row>
     <row r="104" spans="1:2">
       <c r="A104" s="2" t="s">
         <v>108</v>
       </c>
       <c r="B104" s="2" t="s">
-        <v>13</v>
+        <v>5</v>
       </c>
     </row>
     <row r="105" spans="1:2">
       <c r="A105" s="2" t="s">
         <v>109</v>
       </c>
       <c r="B105" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="106" spans="1:2">
       <c r="A106" s="2" t="s">
         <v>110</v>
       </c>
       <c r="B106" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="107" spans="1:2">
       <c r="A107" s="2" t="s">
         <v>111</v>
       </c>
       <c r="B107" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="108" spans="1:2">
       <c r="A108" s="2" t="s">
         <v>112</v>
       </c>
       <c r="B108" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="109" spans="1:2">
       <c r="A109" s="2" t="s">
         <v>113</v>
       </c>
       <c r="B109" s="2" t="s">
         <v>3</v>
       </c>
@@ -6866,67 +6941,67 @@
       <c r="B116" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="117" spans="1:2">
       <c r="A117" s="2" t="s">
         <v>121</v>
       </c>
       <c r="B117" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="118" spans="1:2">
       <c r="A118" s="2" t="s">
         <v>122</v>
       </c>
       <c r="B118" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="119" spans="1:2">
       <c r="A119" s="2" t="s">
         <v>123</v>
       </c>
       <c r="B119" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="120" spans="1:2">
       <c r="A120" s="2" t="s">
         <v>124</v>
       </c>
       <c r="B120" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="121" spans="1:2">
       <c r="A121" s="2" t="s">
         <v>125</v>
       </c>
       <c r="B121" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="122" spans="1:2">
       <c r="A122" s="2" t="s">
         <v>126</v>
       </c>
       <c r="B122" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="123" spans="1:2">
       <c r="A123" s="2" t="s">
         <v>127</v>
       </c>
       <c r="B123" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="124" spans="1:2">
       <c r="A124" s="2" t="s">
         <v>128</v>
       </c>
       <c r="B124" s="2" t="s">
         <v>3</v>
       </c>
@@ -7018,51 +7093,51 @@
       <c r="B135" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="136" spans="1:2">
       <c r="A136" s="2" t="s">
         <v>140</v>
       </c>
       <c r="B136" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="137" spans="1:2">
       <c r="A137" s="2" t="s">
         <v>141</v>
       </c>
       <c r="B137" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="138" spans="1:2">
       <c r="A138" s="2" t="s">
         <v>142</v>
       </c>
       <c r="B138" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="139" spans="1:2">
       <c r="A139" s="2" t="s">
         <v>143</v>
       </c>
       <c r="B139" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="140" spans="1:2">
       <c r="A140" s="2" t="s">
         <v>144</v>
       </c>
       <c r="B140" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="141" spans="1:2">
       <c r="A141" s="2" t="s">
         <v>145</v>
       </c>
       <c r="B141" s="2" t="s">
         <v>5</v>
       </c>
@@ -7714,131 +7789,131 @@
       <c r="B222" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="223" spans="1:2">
       <c r="A223" s="2" t="s">
         <v>227</v>
       </c>
       <c r="B223" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="224" spans="1:2">
       <c r="A224" s="2" t="s">
         <v>228</v>
       </c>
       <c r="B224" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="225" spans="1:2">
       <c r="A225" s="2" t="s">
         <v>229</v>
       </c>
       <c r="B225" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="226" spans="1:2">
       <c r="A226" s="2" t="s">
         <v>230</v>
       </c>
       <c r="B226" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="227" spans="1:2">
       <c r="A227" s="2" t="s">
         <v>231</v>
       </c>
       <c r="B227" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="228" spans="1:2">
       <c r="A228" s="2" t="s">
         <v>232</v>
       </c>
       <c r="B228" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="229" spans="1:2">
       <c r="A229" s="2" t="s">
         <v>233</v>
       </c>
       <c r="B229" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="230" spans="1:2">
       <c r="A230" s="2" t="s">
         <v>234</v>
       </c>
       <c r="B230" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="231" spans="1:2">
       <c r="A231" s="2" t="s">
         <v>235</v>
       </c>
       <c r="B231" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="232" spans="1:2">
       <c r="A232" s="2" t="s">
         <v>236</v>
       </c>
       <c r="B232" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="233" spans="1:2">
       <c r="A233" s="2" t="s">
         <v>237</v>
       </c>
       <c r="B233" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="234" spans="1:2">
       <c r="A234" s="2" t="s">
         <v>238</v>
       </c>
       <c r="B234" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="235" spans="1:2">
       <c r="A235" s="2" t="s">
         <v>239</v>
       </c>
       <c r="B235" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="236" spans="1:2">
       <c r="A236" s="2" t="s">
         <v>240</v>
       </c>
       <c r="B236" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="237" spans="1:2">
       <c r="A237" s="2" t="s">
         <v>241</v>
       </c>
       <c r="B237" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="238" spans="1:2">
       <c r="A238" s="2" t="s">
         <v>242</v>
       </c>
       <c r="B238" s="2" t="s">
         <v>5</v>
       </c>
@@ -7866,195 +7941,195 @@
       <c r="B241" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="242" spans="1:2">
       <c r="A242" s="2" t="s">
         <v>246</v>
       </c>
       <c r="B242" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="243" spans="1:2">
       <c r="A243" s="2" t="s">
         <v>247</v>
       </c>
       <c r="B243" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="244" spans="1:2">
       <c r="A244" s="2" t="s">
         <v>248</v>
       </c>
       <c r="B244" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="245" spans="1:2">
       <c r="A245" s="2" t="s">
         <v>249</v>
       </c>
       <c r="B245" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="246" spans="1:2">
       <c r="A246" s="2" t="s">
         <v>250</v>
       </c>
       <c r="B246" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="247" spans="1:2">
       <c r="A247" s="2" t="s">
         <v>251</v>
       </c>
       <c r="B247" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="248" spans="1:2">
       <c r="A248" s="2" t="s">
         <v>252</v>
       </c>
       <c r="B248" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="249" spans="1:2">
       <c r="A249" s="2" t="s">
         <v>253</v>
       </c>
       <c r="B249" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="250" spans="1:2">
       <c r="A250" s="2" t="s">
         <v>254</v>
       </c>
       <c r="B250" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="251" spans="1:2">
       <c r="A251" s="2" t="s">
         <v>255</v>
       </c>
       <c r="B251" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="252" spans="1:2">
       <c r="A252" s="2" t="s">
         <v>256</v>
       </c>
       <c r="B252" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="253" spans="1:2">
       <c r="A253" s="2" t="s">
         <v>257</v>
       </c>
       <c r="B253" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="254" spans="1:2">
       <c r="A254" s="2" t="s">
         <v>258</v>
       </c>
       <c r="B254" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="255" spans="1:2">
       <c r="A255" s="2" t="s">
         <v>259</v>
       </c>
       <c r="B255" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="256" spans="1:2">
       <c r="A256" s="2" t="s">
         <v>260</v>
       </c>
       <c r="B256" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="257" spans="1:2">
       <c r="A257" s="2" t="s">
         <v>261</v>
       </c>
       <c r="B257" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="258" spans="1:2">
       <c r="A258" s="2" t="s">
         <v>262</v>
       </c>
       <c r="B258" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="259" spans="1:2">
       <c r="A259" s="2" t="s">
         <v>263</v>
       </c>
       <c r="B259" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="260" spans="1:2">
       <c r="A260" s="2" t="s">
         <v>264</v>
       </c>
       <c r="B260" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="261" spans="1:2">
       <c r="A261" s="2" t="s">
         <v>265</v>
       </c>
       <c r="B261" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="262" spans="1:2">
       <c r="A262" s="2" t="s">
         <v>266</v>
       </c>
       <c r="B262" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="263" spans="1:2">
       <c r="A263" s="2" t="s">
         <v>267</v>
       </c>
       <c r="B263" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="264" spans="1:2">
       <c r="A264" s="2" t="s">
         <v>268</v>
       </c>
       <c r="B264" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="265" spans="1:2">
       <c r="A265" s="2" t="s">
         <v>269</v>
       </c>
       <c r="B265" s="2" t="s">
         <v>3</v>
       </c>
@@ -8218,107 +8293,107 @@
       <c r="B285" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="286" spans="1:2">
       <c r="A286" s="2" t="s">
         <v>290</v>
       </c>
       <c r="B286" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="287" spans="1:2">
       <c r="A287" s="2" t="s">
         <v>291</v>
       </c>
       <c r="B287" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="288" spans="1:2">
       <c r="A288" s="2" t="s">
         <v>292</v>
       </c>
       <c r="B288" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="289" spans="1:2">
       <c r="A289" s="2" t="s">
         <v>293</v>
       </c>
       <c r="B289" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="290" spans="1:2">
       <c r="A290" s="2" t="s">
         <v>294</v>
       </c>
       <c r="B290" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="291" spans="1:2">
       <c r="A291" s="2" t="s">
         <v>295</v>
       </c>
       <c r="B291" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="292" spans="1:2">
       <c r="A292" s="2" t="s">
         <v>296</v>
       </c>
       <c r="B292" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="293" spans="1:2">
       <c r="A293" s="2" t="s">
         <v>297</v>
       </c>
       <c r="B293" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="294" spans="1:2">
       <c r="A294" s="2" t="s">
         <v>298</v>
       </c>
       <c r="B294" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="295" spans="1:2">
       <c r="A295" s="2" t="s">
         <v>299</v>
       </c>
       <c r="B295" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="296" spans="1:2">
       <c r="A296" s="2" t="s">
         <v>300</v>
       </c>
       <c r="B296" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="297" spans="1:2">
       <c r="A297" s="2" t="s">
         <v>301</v>
       </c>
       <c r="B297" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="298" spans="1:2">
       <c r="A298" s="2" t="s">
         <v>302</v>
       </c>
       <c r="B298" s="2" t="s">
         <v>5</v>
       </c>
@@ -8327,110 +8402,110 @@
       <c r="A299" s="2" t="s">
         <v>303</v>
       </c>
       <c r="B299" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="300" spans="1:2">
       <c r="A300" s="2" t="s">
         <v>304</v>
       </c>
       <c r="B300" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="301" spans="1:2">
       <c r="A301" s="2" t="s">
         <v>305</v>
       </c>
       <c r="B301" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="302" spans="1:2">
       <c r="A302" s="2" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="B302" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="303" spans="1:2">
       <c r="A303" s="2" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="B303" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="304" spans="1:2">
       <c r="A304" s="2" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="B304" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="305" spans="1:2">
       <c r="A305" s="2" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="B305" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="306" spans="1:2">
       <c r="A306" s="2" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="B306" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="307" spans="1:2">
       <c r="A307" s="2" t="s">
         <v>310</v>
       </c>
       <c r="B307" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="308" spans="1:2">
       <c r="A308" s="2" t="s">
         <v>311</v>
       </c>
       <c r="B308" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="309" spans="1:2">
       <c r="A309" s="2" t="s">
         <v>312</v>
       </c>
       <c r="B309" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="310" spans="1:2">
       <c r="A310" s="2" t="s">
         <v>313</v>
       </c>
       <c r="B310" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="311" spans="1:2">
       <c r="A311" s="2" t="s">
         <v>314</v>
       </c>
       <c r="B311" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="312" spans="1:2">
       <c r="A312" s="2" t="s">
         <v>315</v>
       </c>
       <c r="B312" s="2" t="s">
         <v>5</v>
       </c>
@@ -8482,659 +8557,659 @@
       <c r="B318" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="319" spans="1:2">
       <c r="A319" s="2" t="s">
         <v>322</v>
       </c>
       <c r="B319" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="320" spans="1:2">
       <c r="A320" s="2" t="s">
         <v>323</v>
       </c>
       <c r="B320" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="321" spans="1:2">
       <c r="A321" s="2" t="s">
         <v>324</v>
       </c>
       <c r="B321" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="322" spans="1:2">
       <c r="A322" s="2" t="s">
         <v>325</v>
       </c>
       <c r="B322" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="323" spans="1:2">
       <c r="A323" s="2" t="s">
         <v>326</v>
       </c>
       <c r="B323" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="324" spans="1:2">
       <c r="A324" s="2" t="s">
         <v>327</v>
       </c>
       <c r="B324" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="325" spans="1:2">
       <c r="A325" s="2" t="s">
         <v>328</v>
       </c>
       <c r="B325" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="326" spans="1:2">
       <c r="A326" s="2" t="s">
         <v>329</v>
       </c>
       <c r="B326" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="327" spans="1:2">
       <c r="A327" s="2" t="s">
         <v>330</v>
       </c>
       <c r="B327" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="328" spans="1:2">
       <c r="A328" s="2" t="s">
         <v>331</v>
       </c>
       <c r="B328" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="329" spans="1:2">
       <c r="A329" s="2" t="s">
         <v>332</v>
       </c>
       <c r="B329" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="330" spans="1:2">
       <c r="A330" s="2" t="s">
         <v>333</v>
       </c>
       <c r="B330" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="331" spans="1:2">
       <c r="A331" s="2" t="s">
         <v>334</v>
       </c>
       <c r="B331" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="332" spans="1:2">
       <c r="A332" s="2" t="s">
         <v>335</v>
       </c>
       <c r="B332" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="333" spans="1:2">
       <c r="A333" s="2" t="s">
         <v>336</v>
       </c>
       <c r="B333" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="334" spans="1:2">
       <c r="A334" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B334" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="335" spans="1:2">
       <c r="A335" s="2" t="s">
         <v>338</v>
       </c>
       <c r="B335" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="336" spans="1:2">
       <c r="A336" s="2" t="s">
         <v>339</v>
       </c>
       <c r="B336" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="337" spans="1:2">
       <c r="A337" s="2" t="s">
         <v>340</v>
       </c>
       <c r="B337" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="338" spans="1:2">
       <c r="A338" s="2" t="s">
         <v>341</v>
       </c>
       <c r="B338" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="339" spans="1:2">
       <c r="A339" s="2" t="s">
         <v>342</v>
       </c>
       <c r="B339" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="340" spans="1:2">
       <c r="A340" s="2" t="s">
         <v>343</v>
       </c>
       <c r="B340" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="341" spans="1:2">
       <c r="A341" s="2" t="s">
         <v>344</v>
       </c>
       <c r="B341" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="342" spans="1:2">
       <c r="A342" s="2" t="s">
         <v>345</v>
       </c>
       <c r="B342" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="343" spans="1:2">
       <c r="A343" s="2" t="s">
         <v>346</v>
       </c>
       <c r="B343" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="344" spans="1:2">
       <c r="A344" s="2" t="s">
         <v>347</v>
       </c>
       <c r="B344" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="345" spans="1:2">
       <c r="A345" s="2" t="s">
         <v>348</v>
       </c>
       <c r="B345" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="346" spans="1:2">
       <c r="A346" s="2" t="s">
         <v>349</v>
       </c>
       <c r="B346" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="347" spans="1:2">
       <c r="A347" s="2" t="s">
         <v>350</v>
       </c>
       <c r="B347" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="348" spans="1:2">
       <c r="A348" s="2" t="s">
         <v>351</v>
       </c>
       <c r="B348" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="349" spans="1:2">
       <c r="A349" s="2" t="s">
         <v>352</v>
       </c>
       <c r="B349" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="350" spans="1:2">
       <c r="A350" s="2" t="s">
         <v>353</v>
       </c>
       <c r="B350" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="351" spans="1:2">
       <c r="A351" s="2" t="s">
         <v>354</v>
       </c>
       <c r="B351" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="352" spans="1:2">
       <c r="A352" s="2" t="s">
         <v>355</v>
       </c>
       <c r="B352" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="353" spans="1:2">
       <c r="A353" s="2" t="s">
         <v>356</v>
       </c>
       <c r="B353" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="354" spans="1:2">
       <c r="A354" s="2" t="s">
         <v>357</v>
       </c>
       <c r="B354" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="355" spans="1:2">
       <c r="A355" s="2" t="s">
         <v>358</v>
       </c>
       <c r="B355" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="356" spans="1:2">
       <c r="A356" s="2" t="s">
         <v>359</v>
       </c>
       <c r="B356" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="357" spans="1:2">
       <c r="A357" s="2" t="s">
         <v>360</v>
       </c>
       <c r="B357" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="358" spans="1:2">
       <c r="A358" s="2" t="s">
         <v>361</v>
       </c>
       <c r="B358" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="359" spans="1:2">
       <c r="A359" s="2" t="s">
         <v>362</v>
       </c>
       <c r="B359" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="360" spans="1:2">
       <c r="A360" s="2" t="s">
         <v>363</v>
       </c>
       <c r="B360" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="361" spans="1:2">
       <c r="A361" s="2" t="s">
         <v>364</v>
       </c>
       <c r="B361" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="362" spans="1:2">
       <c r="A362" s="2" t="s">
         <v>365</v>
       </c>
       <c r="B362" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="363" spans="1:2">
       <c r="A363" s="2" t="s">
         <v>366</v>
       </c>
       <c r="B363" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="364" spans="1:2">
       <c r="A364" s="2" t="s">
         <v>367</v>
       </c>
       <c r="B364" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="365" spans="1:2">
       <c r="A365" s="2" t="s">
         <v>368</v>
       </c>
       <c r="B365" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="366" spans="1:2">
       <c r="A366" s="2" t="s">
         <v>369</v>
       </c>
       <c r="B366" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="367" spans="1:2">
       <c r="A367" s="2" t="s">
         <v>370</v>
       </c>
       <c r="B367" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="368" spans="1:2">
       <c r="A368" s="2" t="s">
         <v>371</v>
       </c>
       <c r="B368" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="369" spans="1:2">
       <c r="A369" s="2" t="s">
         <v>372</v>
       </c>
       <c r="B369" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="370" spans="1:2">
       <c r="A370" s="2" t="s">
         <v>373</v>
       </c>
       <c r="B370" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="371" spans="1:2">
       <c r="A371" s="2" t="s">
         <v>374</v>
       </c>
       <c r="B371" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="372" spans="1:2">
       <c r="A372" s="2" t="s">
         <v>375</v>
       </c>
       <c r="B372" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="373" spans="1:2">
       <c r="A373" s="2" t="s">
         <v>376</v>
       </c>
       <c r="B373" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="374" spans="1:2">
       <c r="A374" s="2" t="s">
         <v>377</v>
       </c>
       <c r="B374" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="375" spans="1:2">
       <c r="A375" s="2" t="s">
         <v>378</v>
       </c>
       <c r="B375" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="376" spans="1:2">
       <c r="A376" s="2" t="s">
         <v>379</v>
       </c>
       <c r="B376" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="377" spans="1:2">
       <c r="A377" s="2" t="s">
         <v>380</v>
       </c>
       <c r="B377" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="378" spans="1:2">
       <c r="A378" s="2" t="s">
         <v>381</v>
       </c>
       <c r="B378" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="379" spans="1:2">
       <c r="A379" s="2" t="s">
         <v>382</v>
       </c>
       <c r="B379" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="380" spans="1:2">
       <c r="A380" s="2" t="s">
         <v>383</v>
       </c>
       <c r="B380" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="381" spans="1:2">
       <c r="A381" s="2" t="s">
         <v>384</v>
       </c>
       <c r="B381" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="382" spans="1:2">
       <c r="A382" s="2" t="s">
         <v>385</v>
       </c>
       <c r="B382" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="383" spans="1:2">
       <c r="A383" s="2" t="s">
         <v>386</v>
       </c>
       <c r="B383" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="384" spans="1:2">
       <c r="A384" s="2" t="s">
         <v>387</v>
       </c>
       <c r="B384" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="385" spans="1:2">
       <c r="A385" s="2" t="s">
         <v>388</v>
       </c>
       <c r="B385" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="386" spans="1:2">
       <c r="A386" s="2" t="s">
         <v>389</v>
       </c>
       <c r="B386" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="387" spans="1:2">
       <c r="A387" s="2" t="s">
         <v>390</v>
       </c>
       <c r="B387" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="388" spans="1:2">
       <c r="A388" s="2" t="s">
         <v>391</v>
       </c>
       <c r="B388" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="389" spans="1:2">
       <c r="A389" s="2" t="s">
         <v>392</v>
       </c>
       <c r="B389" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="390" spans="1:2">
       <c r="A390" s="2" t="s">
         <v>393</v>
       </c>
       <c r="B390" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="391" spans="1:2">
       <c r="A391" s="2" t="s">
         <v>394</v>
       </c>
       <c r="B391" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="392" spans="1:2">
       <c r="A392" s="2" t="s">
         <v>395</v>
       </c>
       <c r="B392" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="393" spans="1:2">
       <c r="A393" s="2" t="s">
         <v>396</v>
       </c>
       <c r="B393" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="394" spans="1:2">
       <c r="A394" s="2" t="s">
         <v>397</v>
       </c>
       <c r="B394" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="395" spans="1:2">
       <c r="A395" s="2" t="s">
         <v>398</v>
       </c>
       <c r="B395" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="396" spans="1:2">
       <c r="A396" s="2" t="s">
         <v>399</v>
       </c>
       <c r="B396" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="397" spans="1:2">
       <c r="A397" s="2" t="s">
         <v>400</v>
       </c>
       <c r="B397" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="398" spans="1:2">
       <c r="A398" s="2" t="s">
         <v>401</v>
       </c>
       <c r="B398" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="399" spans="1:2">
       <c r="A399" s="2" t="s">
         <v>402</v>
       </c>
       <c r="B399" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="400" spans="1:2">
       <c r="A400" s="2" t="s">
         <v>403</v>
       </c>
       <c r="B400" s="2" t="s">
         <v>5</v>
       </c>
@@ -9146,187 +9221,187 @@
       <c r="B401" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="402" spans="1:2">
       <c r="A402" s="2" t="s">
         <v>405</v>
       </c>
       <c r="B402" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="403" spans="1:2">
       <c r="A403" s="2" t="s">
         <v>406</v>
       </c>
       <c r="B403" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="404" spans="1:2">
       <c r="A404" s="2" t="s">
         <v>407</v>
       </c>
       <c r="B404" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="405" spans="1:2">
       <c r="A405" s="2" t="s">
         <v>408</v>
       </c>
       <c r="B405" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="406" spans="1:2">
       <c r="A406" s="2" t="s">
         <v>409</v>
       </c>
       <c r="B406" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="407" spans="1:2">
       <c r="A407" s="2" t="s">
         <v>410</v>
       </c>
       <c r="B407" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="408" spans="1:2">
       <c r="A408" s="2" t="s">
         <v>411</v>
       </c>
       <c r="B408" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="409" spans="1:2">
       <c r="A409" s="2" t="s">
         <v>412</v>
       </c>
       <c r="B409" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="410" spans="1:2">
       <c r="A410" s="2" t="s">
         <v>413</v>
       </c>
       <c r="B410" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="411" spans="1:2">
       <c r="A411" s="2" t="s">
         <v>414</v>
       </c>
       <c r="B411" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="412" spans="1:2">
       <c r="A412" s="2" t="s">
         <v>415</v>
       </c>
       <c r="B412" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="413" spans="1:2">
       <c r="A413" s="2" t="s">
         <v>416</v>
       </c>
       <c r="B413" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="414" spans="1:2">
       <c r="A414" s="2" t="s">
         <v>417</v>
       </c>
       <c r="B414" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="415" spans="1:2">
       <c r="A415" s="2" t="s">
         <v>418</v>
       </c>
       <c r="B415" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="416" spans="1:2">
       <c r="A416" s="2" t="s">
         <v>419</v>
       </c>
       <c r="B416" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="417" spans="1:2">
       <c r="A417" s="2" t="s">
         <v>420</v>
       </c>
       <c r="B417" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="418" spans="1:2">
       <c r="A418" s="2" t="s">
         <v>421</v>
       </c>
       <c r="B418" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="419" spans="1:2">
       <c r="A419" s="2" t="s">
         <v>422</v>
       </c>
       <c r="B419" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="420" spans="1:2">
       <c r="A420" s="2" t="s">
         <v>423</v>
       </c>
       <c r="B420" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="421" spans="1:2">
       <c r="A421" s="2" t="s">
         <v>424</v>
       </c>
       <c r="B421" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="422" spans="1:2">
       <c r="A422" s="2" t="s">
         <v>425</v>
       </c>
       <c r="B422" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="423" spans="1:2">
       <c r="A423" s="2" t="s">
         <v>426</v>
       </c>
       <c r="B423" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="424" spans="1:2">
       <c r="A424" s="2" t="s">
         <v>427</v>
       </c>
       <c r="B424" s="2" t="s">
         <v>5</v>
       </c>
@@ -9370,155 +9445,155 @@
       <c r="B429" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="430" spans="1:2">
       <c r="A430" s="2" t="s">
         <v>433</v>
       </c>
       <c r="B430" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="431" spans="1:2">
       <c r="A431" s="2" t="s">
         <v>434</v>
       </c>
       <c r="B431" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="432" spans="1:2">
       <c r="A432" s="2" t="s">
         <v>435</v>
       </c>
       <c r="B432" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="433" spans="1:2">
       <c r="A433" s="2" t="s">
         <v>436</v>
       </c>
       <c r="B433" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="434" spans="1:2">
       <c r="A434" s="2" t="s">
         <v>437</v>
       </c>
       <c r="B434" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="435" spans="1:2">
       <c r="A435" s="2" t="s">
         <v>438</v>
       </c>
       <c r="B435" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="436" spans="1:2">
       <c r="A436" s="2" t="s">
         <v>439</v>
       </c>
       <c r="B436" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="437" spans="1:2">
       <c r="A437" s="2" t="s">
         <v>440</v>
       </c>
       <c r="B437" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="438" spans="1:2">
       <c r="A438" s="2" t="s">
         <v>441</v>
       </c>
       <c r="B438" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="439" spans="1:2">
       <c r="A439" s="2" t="s">
         <v>442</v>
       </c>
       <c r="B439" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="440" spans="1:2">
       <c r="A440" s="2" t="s">
         <v>443</v>
       </c>
       <c r="B440" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="441" spans="1:2">
       <c r="A441" s="2" t="s">
         <v>444</v>
       </c>
       <c r="B441" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="442" spans="1:2">
       <c r="A442" s="2" t="s">
         <v>445</v>
       </c>
       <c r="B442" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="443" spans="1:2">
       <c r="A443" s="2" t="s">
         <v>446</v>
       </c>
       <c r="B443" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="444" spans="1:2">
       <c r="A444" s="2" t="s">
         <v>447</v>
       </c>
       <c r="B444" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="445" spans="1:2">
       <c r="A445" s="2" t="s">
         <v>448</v>
       </c>
       <c r="B445" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="446" spans="1:2">
       <c r="A446" s="2" t="s">
         <v>449</v>
       </c>
       <c r="B446" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="447" spans="1:2">
       <c r="A447" s="2" t="s">
         <v>450</v>
       </c>
       <c r="B447" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="448" spans="1:2">
       <c r="A448" s="2" t="s">
         <v>451</v>
       </c>
       <c r="B448" s="2" t="s">
         <v>5</v>
       </c>
@@ -9530,107 +9605,107 @@
       <c r="B449" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="450" spans="1:2">
       <c r="A450" s="2" t="s">
         <v>453</v>
       </c>
       <c r="B450" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="451" spans="1:2">
       <c r="A451" s="2" t="s">
         <v>454</v>
       </c>
       <c r="B451" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="452" spans="1:2">
       <c r="A452" s="2" t="s">
         <v>455</v>
       </c>
       <c r="B452" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="453" spans="1:2">
       <c r="A453" s="2" t="s">
         <v>456</v>
       </c>
       <c r="B453" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="454" spans="1:2">
       <c r="A454" s="2" t="s">
         <v>457</v>
       </c>
       <c r="B454" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="455" spans="1:2">
       <c r="A455" s="2" t="s">
         <v>458</v>
       </c>
       <c r="B455" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="456" spans="1:2">
       <c r="A456" s="2" t="s">
         <v>459</v>
       </c>
       <c r="B456" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="457" spans="1:2">
       <c r="A457" s="2" t="s">
         <v>460</v>
       </c>
       <c r="B457" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="458" spans="1:2">
       <c r="A458" s="2" t="s">
         <v>461</v>
       </c>
       <c r="B458" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="459" spans="1:2">
       <c r="A459" s="2" t="s">
         <v>462</v>
       </c>
       <c r="B459" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="460" spans="1:2">
       <c r="A460" s="2" t="s">
         <v>463</v>
       </c>
       <c r="B460" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="461" spans="1:2">
       <c r="A461" s="2" t="s">
         <v>464</v>
       </c>
       <c r="B461" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="462" spans="1:2">
       <c r="A462" s="2" t="s">
         <v>465</v>
       </c>
       <c r="B462" s="2" t="s">
         <v>3</v>
       </c>
@@ -9746,227 +9821,227 @@
       <c r="B476" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="477" spans="1:2">
       <c r="A477" s="2" t="s">
         <v>480</v>
       </c>
       <c r="B477" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="478" spans="1:2">
       <c r="A478" s="2" t="s">
         <v>481</v>
       </c>
       <c r="B478" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="479" spans="1:2">
       <c r="A479" s="2" t="s">
         <v>482</v>
       </c>
       <c r="B479" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="480" spans="1:2">
       <c r="A480" s="2" t="s">
         <v>483</v>
       </c>
       <c r="B480" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="481" spans="1:2">
       <c r="A481" s="2" t="s">
         <v>484</v>
       </c>
       <c r="B481" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="482" spans="1:2">
       <c r="A482" s="2" t="s">
         <v>485</v>
       </c>
       <c r="B482" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="483" spans="1:2">
       <c r="A483" s="2" t="s">
         <v>486</v>
       </c>
       <c r="B483" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="484" spans="1:2">
       <c r="A484" s="2" t="s">
         <v>487</v>
       </c>
       <c r="B484" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="485" spans="1:2">
       <c r="A485" s="2" t="s">
         <v>488</v>
       </c>
       <c r="B485" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="486" spans="1:2">
       <c r="A486" s="2" t="s">
         <v>489</v>
       </c>
       <c r="B486" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="487" spans="1:2">
       <c r="A487" s="2" t="s">
         <v>490</v>
       </c>
       <c r="B487" s="2" t="s">
-        <v>13</v>
+        <v>5</v>
       </c>
     </row>
     <row r="488" spans="1:2">
       <c r="A488" s="2" t="s">
         <v>491</v>
       </c>
       <c r="B488" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="489" spans="1:2">
       <c r="A489" s="2" t="s">
         <v>492</v>
       </c>
       <c r="B489" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="490" spans="1:2">
       <c r="A490" s="2" t="s">
         <v>493</v>
       </c>
       <c r="B490" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="491" spans="1:2">
       <c r="A491" s="2" t="s">
         <v>494</v>
       </c>
       <c r="B491" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="492" spans="1:2">
       <c r="A492" s="2" t="s">
         <v>495</v>
       </c>
       <c r="B492" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="493" spans="1:2">
       <c r="A493" s="2" t="s">
         <v>496</v>
       </c>
       <c r="B493" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="494" spans="1:2">
       <c r="A494" s="2" t="s">
         <v>497</v>
       </c>
       <c r="B494" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="495" spans="1:2">
       <c r="A495" s="2" t="s">
         <v>498</v>
       </c>
       <c r="B495" s="2" t="s">
-        <v>3</v>
+        <v>13</v>
       </c>
     </row>
     <row r="496" spans="1:2">
       <c r="A496" s="2" t="s">
         <v>499</v>
       </c>
       <c r="B496" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="497" spans="1:2">
       <c r="A497" s="2" t="s">
         <v>500</v>
       </c>
       <c r="B497" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="498" spans="1:2">
       <c r="A498" s="2" t="s">
         <v>501</v>
       </c>
       <c r="B498" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="499" spans="1:2">
       <c r="A499" s="2" t="s">
         <v>502</v>
       </c>
       <c r="B499" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="500" spans="1:2">
       <c r="A500" s="2" t="s">
         <v>503</v>
       </c>
       <c r="B500" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="501" spans="1:2">
       <c r="A501" s="2" t="s">
         <v>504</v>
       </c>
       <c r="B501" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="502" spans="1:2">
       <c r="A502" s="2" t="s">
         <v>505</v>
       </c>
       <c r="B502" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="503" spans="1:2">
       <c r="A503" s="2" t="s">
         <v>506</v>
       </c>
       <c r="B503" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="504" spans="1:2">
       <c r="A504" s="2" t="s">
         <v>507</v>
       </c>
       <c r="B504" s="2" t="s">
         <v>3</v>
       </c>
@@ -10063,107 +10138,107 @@
       <c r="A516" s="2" t="s">
         <v>519</v>
       </c>
       <c r="B516" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="517" spans="1:2">
       <c r="A517" s="2" t="s">
         <v>520</v>
       </c>
       <c r="B517" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="518" spans="1:2">
       <c r="A518" s="2" t="s">
         <v>521</v>
       </c>
       <c r="B518" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="519" spans="1:2">
       <c r="A519" s="2" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="B519" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="520" spans="1:2">
       <c r="A520" s="2" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="B520" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="521" spans="1:2">
       <c r="A521" s="2" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="B521" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="522" spans="1:2">
       <c r="A522" s="2" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="B522" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="523" spans="1:2">
       <c r="A523" s="2" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="B523" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="524" spans="1:2">
       <c r="A524" s="2" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="B524" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="525" spans="1:2">
       <c r="A525" s="2" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="B525" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="526" spans="1:2">
       <c r="A526" s="2" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="B526" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="527" spans="1:2">
       <c r="A527" s="2" t="s">
         <v>529</v>
       </c>
       <c r="B527" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="528" spans="1:2">
       <c r="A528" s="2" t="s">
         <v>530</v>
       </c>
       <c r="B528" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="529" spans="1:2">
       <c r="A529" s="2" t="s">
         <v>531</v>
       </c>
@@ -10186,227 +10261,227 @@
       <c r="B531" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="532" spans="1:2">
       <c r="A532" s="2" t="s">
         <v>534</v>
       </c>
       <c r="B532" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="533" spans="1:2">
       <c r="A533" s="2" t="s">
         <v>535</v>
       </c>
       <c r="B533" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="534" spans="1:2">
       <c r="A534" s="2" t="s">
         <v>536</v>
       </c>
       <c r="B534" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="535" spans="1:2">
       <c r="A535" s="2" t="s">
         <v>537</v>
       </c>
       <c r="B535" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="536" spans="1:2">
       <c r="A536" s="2" t="s">
         <v>538</v>
       </c>
       <c r="B536" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="537" spans="1:2">
       <c r="A537" s="2" t="s">
         <v>539</v>
       </c>
       <c r="B537" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="538" spans="1:2">
       <c r="A538" s="2" t="s">
         <v>540</v>
       </c>
       <c r="B538" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="539" spans="1:2">
       <c r="A539" s="2" t="s">
         <v>541</v>
       </c>
       <c r="B539" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="540" spans="1:2">
       <c r="A540" s="2" t="s">
         <v>542</v>
       </c>
       <c r="B540" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="541" spans="1:2">
       <c r="A541" s="2" t="s">
         <v>543</v>
       </c>
       <c r="B541" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="542" spans="1:2">
       <c r="A542" s="2" t="s">
         <v>544</v>
       </c>
       <c r="B542" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="543" spans="1:2">
       <c r="A543" s="2" t="s">
         <v>545</v>
       </c>
       <c r="B543" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="544" spans="1:2">
       <c r="A544" s="2" t="s">
         <v>546</v>
       </c>
       <c r="B544" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="545" spans="1:2">
       <c r="A545" s="2" t="s">
         <v>547</v>
       </c>
       <c r="B545" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="546" spans="1:2">
       <c r="A546" s="2" t="s">
         <v>548</v>
       </c>
       <c r="B546" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="547" spans="1:2">
       <c r="A547" s="2" t="s">
         <v>549</v>
       </c>
       <c r="B547" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="548" spans="1:2">
       <c r="A548" s="2" t="s">
         <v>550</v>
       </c>
       <c r="B548" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="549" spans="1:2">
       <c r="A549" s="2" t="s">
         <v>551</v>
       </c>
       <c r="B549" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="550" spans="1:2">
       <c r="A550" s="2" t="s">
         <v>552</v>
       </c>
       <c r="B550" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="551" spans="1:2">
       <c r="A551" s="2" t="s">
         <v>553</v>
       </c>
       <c r="B551" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="552" spans="1:2">
       <c r="A552" s="2" t="s">
         <v>554</v>
       </c>
       <c r="B552" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="553" spans="1:2">
       <c r="A553" s="2" t="s">
         <v>555</v>
       </c>
       <c r="B553" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="554" spans="1:2">
       <c r="A554" s="2" t="s">
         <v>556</v>
       </c>
       <c r="B554" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="555" spans="1:2">
       <c r="A555" s="2" t="s">
         <v>557</v>
       </c>
       <c r="B555" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="556" spans="1:2">
       <c r="A556" s="2" t="s">
         <v>558</v>
       </c>
       <c r="B556" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="557" spans="1:2">
       <c r="A557" s="2" t="s">
         <v>559</v>
       </c>
       <c r="B557" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="558" spans="1:2">
       <c r="A558" s="2" t="s">
         <v>560</v>
       </c>
       <c r="B558" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="559" spans="1:2">
       <c r="A559" s="2" t="s">
         <v>561</v>
       </c>
       <c r="B559" s="2" t="s">
         <v>5</v>
       </c>
@@ -10418,275 +10493,275 @@
       <c r="B560" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="561" spans="1:2">
       <c r="A561" s="2" t="s">
         <v>563</v>
       </c>
       <c r="B561" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="562" spans="1:2">
       <c r="A562" s="2" t="s">
         <v>564</v>
       </c>
       <c r="B562" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="563" spans="1:2">
       <c r="A563" s="2" t="s">
         <v>565</v>
       </c>
       <c r="B563" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="564" spans="1:2">
       <c r="A564" s="2" t="s">
         <v>566</v>
       </c>
       <c r="B564" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="565" spans="1:2">
       <c r="A565" s="2" t="s">
         <v>567</v>
       </c>
       <c r="B565" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="566" spans="1:2">
       <c r="A566" s="2" t="s">
         <v>568</v>
       </c>
       <c r="B566" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="567" spans="1:2">
       <c r="A567" s="2" t="s">
         <v>569</v>
       </c>
       <c r="B567" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="568" spans="1:2">
       <c r="A568" s="2" t="s">
         <v>570</v>
       </c>
       <c r="B568" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="569" spans="1:2">
       <c r="A569" s="2" t="s">
         <v>571</v>
       </c>
       <c r="B569" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="570" spans="1:2">
       <c r="A570" s="2" t="s">
         <v>572</v>
       </c>
       <c r="B570" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="571" spans="1:2">
       <c r="A571" s="2" t="s">
         <v>573</v>
       </c>
       <c r="B571" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="572" spans="1:2">
       <c r="A572" s="2" t="s">
         <v>574</v>
       </c>
       <c r="B572" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="573" spans="1:2">
       <c r="A573" s="2" t="s">
         <v>575</v>
       </c>
       <c r="B573" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="574" spans="1:2">
       <c r="A574" s="2" t="s">
         <v>576</v>
       </c>
       <c r="B574" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="575" spans="1:2">
       <c r="A575" s="2" t="s">
         <v>577</v>
       </c>
       <c r="B575" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="576" spans="1:2">
       <c r="A576" s="2" t="s">
         <v>578</v>
       </c>
       <c r="B576" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="577" spans="1:2">
       <c r="A577" s="2" t="s">
         <v>579</v>
       </c>
       <c r="B577" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="578" spans="1:2">
       <c r="A578" s="2" t="s">
         <v>580</v>
       </c>
       <c r="B578" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="579" spans="1:2">
       <c r="A579" s="2" t="s">
         <v>581</v>
       </c>
       <c r="B579" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="580" spans="1:2">
       <c r="A580" s="2" t="s">
         <v>582</v>
       </c>
       <c r="B580" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="581" spans="1:2">
       <c r="A581" s="2" t="s">
         <v>583</v>
       </c>
       <c r="B581" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="582" spans="1:2">
       <c r="A582" s="2" t="s">
         <v>584</v>
       </c>
       <c r="B582" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="583" spans="1:2">
       <c r="A583" s="2" t="s">
         <v>585</v>
       </c>
       <c r="B583" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="584" spans="1:2">
       <c r="A584" s="2" t="s">
         <v>586</v>
       </c>
       <c r="B584" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="585" spans="1:2">
       <c r="A585" s="2" t="s">
         <v>587</v>
       </c>
       <c r="B585" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="586" spans="1:2">
       <c r="A586" s="2" t="s">
         <v>588</v>
       </c>
       <c r="B586" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="587" spans="1:2">
       <c r="A587" s="2" t="s">
         <v>589</v>
       </c>
       <c r="B587" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="588" spans="1:2">
       <c r="A588" s="2" t="s">
         <v>590</v>
       </c>
       <c r="B588" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="589" spans="1:2">
       <c r="A589" s="2" t="s">
         <v>591</v>
       </c>
       <c r="B589" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="590" spans="1:2">
       <c r="A590" s="2" t="s">
         <v>592</v>
       </c>
       <c r="B590" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="591" spans="1:2">
       <c r="A591" s="2" t="s">
         <v>593</v>
       </c>
       <c r="B591" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="592" spans="1:2">
       <c r="A592" s="2" t="s">
         <v>594</v>
       </c>
       <c r="B592" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="593" spans="1:2">
       <c r="A593" s="2" t="s">
         <v>595</v>
       </c>
       <c r="B593" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="594" spans="1:2">
       <c r="A594" s="2" t="s">
         <v>596</v>
       </c>
       <c r="B594" s="2" t="s">
         <v>3</v>
       </c>
@@ -10842,243 +10917,243 @@
       <c r="B613" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="614" spans="1:2">
       <c r="A614" s="2" t="s">
         <v>616</v>
       </c>
       <c r="B614" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="615" spans="1:2">
       <c r="A615" s="2" t="s">
         <v>617</v>
       </c>
       <c r="B615" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="616" spans="1:2">
       <c r="A616" s="2" t="s">
         <v>618</v>
       </c>
       <c r="B616" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="617" spans="1:2">
       <c r="A617" s="2" t="s">
         <v>619</v>
       </c>
       <c r="B617" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="618" spans="1:2">
       <c r="A618" s="2" t="s">
         <v>620</v>
       </c>
       <c r="B618" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="619" spans="1:2">
       <c r="A619" s="2" t="s">
         <v>621</v>
       </c>
       <c r="B619" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="620" spans="1:2">
       <c r="A620" s="2" t="s">
         <v>622</v>
       </c>
       <c r="B620" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="621" spans="1:2">
       <c r="A621" s="2" t="s">
         <v>623</v>
       </c>
       <c r="B621" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="622" spans="1:2">
       <c r="A622" s="2" t="s">
         <v>624</v>
       </c>
       <c r="B622" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="623" spans="1:2">
       <c r="A623" s="2" t="s">
         <v>625</v>
       </c>
       <c r="B623" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="624" spans="1:2">
       <c r="A624" s="2" t="s">
         <v>626</v>
       </c>
       <c r="B624" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="625" spans="1:2">
       <c r="A625" s="2" t="s">
         <v>627</v>
       </c>
       <c r="B625" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="626" spans="1:2">
       <c r="A626" s="2" t="s">
         <v>628</v>
       </c>
       <c r="B626" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="627" spans="1:2">
       <c r="A627" s="2" t="s">
         <v>629</v>
       </c>
       <c r="B627" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="628" spans="1:2">
       <c r="A628" s="2" t="s">
         <v>630</v>
       </c>
       <c r="B628" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="629" spans="1:2">
       <c r="A629" s="2" t="s">
         <v>631</v>
       </c>
       <c r="B629" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="630" spans="1:2">
       <c r="A630" s="2" t="s">
         <v>632</v>
       </c>
       <c r="B630" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="631" spans="1:2">
       <c r="A631" s="2" t="s">
         <v>633</v>
       </c>
       <c r="B631" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="632" spans="1:2">
       <c r="A632" s="2" t="s">
         <v>634</v>
       </c>
       <c r="B632" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="633" spans="1:2">
       <c r="A633" s="2" t="s">
         <v>635</v>
       </c>
       <c r="B633" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="634" spans="1:2">
       <c r="A634" s="2" t="s">
         <v>636</v>
       </c>
       <c r="B634" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="635" spans="1:2">
       <c r="A635" s="2" t="s">
         <v>637</v>
       </c>
       <c r="B635" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="636" spans="1:2">
       <c r="A636" s="2" t="s">
         <v>638</v>
       </c>
       <c r="B636" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="637" spans="1:2">
       <c r="A637" s="2" t="s">
         <v>639</v>
       </c>
       <c r="B637" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="638" spans="1:2">
       <c r="A638" s="2" t="s">
         <v>640</v>
       </c>
       <c r="B638" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="639" spans="1:2">
       <c r="A639" s="2" t="s">
         <v>641</v>
       </c>
       <c r="B639" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="640" spans="1:2">
       <c r="A640" s="2" t="s">
         <v>642</v>
       </c>
       <c r="B640" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="641" spans="1:2">
       <c r="A641" s="2" t="s">
         <v>643</v>
       </c>
       <c r="B641" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="642" spans="1:2">
       <c r="A642" s="2" t="s">
         <v>644</v>
       </c>
       <c r="B642" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="643" spans="1:2">
       <c r="A643" s="2" t="s">
         <v>645</v>
       </c>
       <c r="B643" s="2" t="s">
         <v>5</v>
       </c>
@@ -11098,219 +11173,219 @@
       <c r="B645" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="646" spans="1:2">
       <c r="A646" s="2" t="s">
         <v>648</v>
       </c>
       <c r="B646" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="647" spans="1:2">
       <c r="A647" s="2" t="s">
         <v>649</v>
       </c>
       <c r="B647" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="648" spans="1:2">
       <c r="A648" s="2" t="s">
         <v>650</v>
       </c>
       <c r="B648" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="649" spans="1:2">
       <c r="A649" s="2" t="s">
         <v>651</v>
       </c>
       <c r="B649" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="650" spans="1:2">
       <c r="A650" s="2" t="s">
         <v>652</v>
       </c>
       <c r="B650" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="651" spans="1:2">
       <c r="A651" s="2" t="s">
         <v>653</v>
       </c>
       <c r="B651" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="652" spans="1:2">
       <c r="A652" s="2" t="s">
         <v>654</v>
       </c>
       <c r="B652" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="653" spans="1:2">
       <c r="A653" s="2" t="s">
         <v>655</v>
       </c>
       <c r="B653" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="654" spans="1:2">
       <c r="A654" s="2" t="s">
         <v>656</v>
       </c>
       <c r="B654" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="655" spans="1:2">
       <c r="A655" s="2" t="s">
         <v>657</v>
       </c>
       <c r="B655" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="656" spans="1:2">
       <c r="A656" s="2" t="s">
         <v>658</v>
       </c>
       <c r="B656" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="657" spans="1:2">
       <c r="A657" s="2" t="s">
         <v>659</v>
       </c>
       <c r="B657" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="658" spans="1:2">
       <c r="A658" s="2" t="s">
         <v>660</v>
       </c>
       <c r="B658" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="659" spans="1:2">
       <c r="A659" s="2" t="s">
         <v>661</v>
       </c>
       <c r="B659" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="660" spans="1:2">
       <c r="A660" s="2" t="s">
         <v>662</v>
       </c>
       <c r="B660" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="661" spans="1:2">
       <c r="A661" s="2" t="s">
         <v>663</v>
       </c>
       <c r="B661" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="662" spans="1:2">
       <c r="A662" s="2" t="s">
         <v>664</v>
       </c>
       <c r="B662" s="2" t="s">
-        <v>13</v>
+        <v>5</v>
       </c>
     </row>
     <row r="663" spans="1:2">
       <c r="A663" s="2" t="s">
         <v>665</v>
       </c>
       <c r="B663" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="664" spans="1:2">
       <c r="A664" s="2" t="s">
         <v>666</v>
       </c>
       <c r="B664" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="665" spans="1:2">
       <c r="A665" s="2" t="s">
         <v>667</v>
       </c>
       <c r="B665" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="666" spans="1:2">
       <c r="A666" s="2" t="s">
         <v>668</v>
       </c>
       <c r="B666" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="667" spans="1:2">
       <c r="A667" s="2" t="s">
         <v>669</v>
       </c>
       <c r="B667" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="668" spans="1:2">
       <c r="A668" s="2" t="s">
         <v>670</v>
       </c>
       <c r="B668" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="669" spans="1:2">
       <c r="A669" s="2" t="s">
         <v>671</v>
       </c>
       <c r="B669" s="2" t="s">
-        <v>3</v>
+        <v>13</v>
       </c>
     </row>
     <row r="670" spans="1:2">
       <c r="A670" s="2" t="s">
         <v>672</v>
       </c>
       <c r="B670" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="671" spans="1:2">
       <c r="A671" s="2" t="s">
         <v>673</v>
       </c>
       <c r="B671" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="672" spans="1:2">
       <c r="A672" s="2" t="s">
         <v>674</v>
       </c>
       <c r="B672" s="2" t="s">
         <v>3</v>
       </c>
@@ -11442,179 +11517,179 @@
       <c r="B688" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="689" spans="1:2">
       <c r="A689" s="2" t="s">
         <v>691</v>
       </c>
       <c r="B689" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="690" spans="1:2">
       <c r="A690" s="2" t="s">
         <v>692</v>
       </c>
       <c r="B690" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="691" spans="1:2">
       <c r="A691" s="2" t="s">
         <v>693</v>
       </c>
       <c r="B691" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="692" spans="1:2">
       <c r="A692" s="2" t="s">
         <v>694</v>
       </c>
       <c r="B692" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="693" spans="1:2">
       <c r="A693" s="2" t="s">
         <v>695</v>
       </c>
       <c r="B693" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="694" spans="1:2">
       <c r="A694" s="2" t="s">
         <v>696</v>
       </c>
       <c r="B694" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="695" spans="1:2">
       <c r="A695" s="2" t="s">
         <v>697</v>
       </c>
       <c r="B695" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="696" spans="1:2">
       <c r="A696" s="2" t="s">
         <v>698</v>
       </c>
       <c r="B696" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="697" spans="1:2">
       <c r="A697" s="2" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
       <c r="B697" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="698" spans="1:2">
       <c r="A698" s="2" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="B698" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="699" spans="1:2">
       <c r="A699" s="2" t="s">
-        <v>700</v>
+        <v>701</v>
       </c>
       <c r="B699" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="700" spans="1:2">
       <c r="A700" s="2" t="s">
-        <v>701</v>
+        <v>702</v>
       </c>
       <c r="B700" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="701" spans="1:2">
       <c r="A701" s="2" t="s">
-        <v>702</v>
+        <v>703</v>
       </c>
       <c r="B701" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="702" spans="1:2">
       <c r="A702" s="2" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
       <c r="B702" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="703" spans="1:2">
       <c r="A703" s="2" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="B703" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="704" spans="1:2">
       <c r="A704" s="2" t="s">
         <v>705</v>
       </c>
       <c r="B704" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="705" spans="1:2">
       <c r="A705" s="2" t="s">
         <v>706</v>
       </c>
       <c r="B705" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="706" spans="1:2">
       <c r="A706" s="2" t="s">
         <v>707</v>
       </c>
       <c r="B706" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="707" spans="1:2">
       <c r="A707" s="2" t="s">
         <v>708</v>
       </c>
       <c r="B707" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="708" spans="1:2">
       <c r="A708" s="2" t="s">
         <v>709</v>
       </c>
       <c r="B708" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="709" spans="1:2">
       <c r="A709" s="2" t="s">
         <v>710</v>
       </c>
       <c r="B709" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="710" spans="1:2">
       <c r="A710" s="2" t="s">
         <v>711</v>
       </c>
       <c r="B710" s="2" t="s">
         <v>3</v>
       </c>
@@ -11666,107 +11741,107 @@
       <c r="B716" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="717" spans="1:2">
       <c r="A717" s="2" t="s">
         <v>718</v>
       </c>
       <c r="B717" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="718" spans="1:2">
       <c r="A718" s="2" t="s">
         <v>719</v>
       </c>
       <c r="B718" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="719" spans="1:2">
       <c r="A719" s="2" t="s">
         <v>720</v>
       </c>
       <c r="B719" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="720" spans="1:2">
       <c r="A720" s="2" t="s">
         <v>721</v>
       </c>
       <c r="B720" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="721" spans="1:2">
       <c r="A721" s="2" t="s">
         <v>722</v>
       </c>
       <c r="B721" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="722" spans="1:2">
       <c r="A722" s="2" t="s">
         <v>723</v>
       </c>
       <c r="B722" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="723" spans="1:2">
       <c r="A723" s="2" t="s">
         <v>724</v>
       </c>
       <c r="B723" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="724" spans="1:2">
       <c r="A724" s="2" t="s">
         <v>725</v>
       </c>
       <c r="B724" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="725" spans="1:2">
       <c r="A725" s="2" t="s">
         <v>726</v>
       </c>
       <c r="B725" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="726" spans="1:2">
       <c r="A726" s="2" t="s">
         <v>727</v>
       </c>
       <c r="B726" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="727" spans="1:2">
       <c r="A727" s="2" t="s">
         <v>728</v>
       </c>
       <c r="B727" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="728" spans="1:2">
       <c r="A728" s="2" t="s">
         <v>729</v>
       </c>
       <c r="B728" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="729" spans="1:2">
       <c r="A729" s="2" t="s">
         <v>730</v>
       </c>
       <c r="B729" s="2" t="s">
         <v>3</v>
       </c>
@@ -11778,291 +11853,291 @@
       <c r="B730" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="731" spans="1:2">
       <c r="A731" s="2" t="s">
         <v>732</v>
       </c>
       <c r="B731" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="732" spans="1:2">
       <c r="A732" s="2" t="s">
         <v>733</v>
       </c>
       <c r="B732" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="733" spans="1:2">
       <c r="A733" s="2" t="s">
         <v>734</v>
       </c>
       <c r="B733" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="734" spans="1:2">
       <c r="A734" s="2" t="s">
         <v>735</v>
       </c>
       <c r="B734" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="735" spans="1:2">
       <c r="A735" s="2" t="s">
         <v>736</v>
       </c>
       <c r="B735" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="736" spans="1:2">
       <c r="A736" s="2" t="s">
         <v>737</v>
       </c>
       <c r="B736" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="737" spans="1:2">
       <c r="A737" s="2" t="s">
         <v>738</v>
       </c>
       <c r="B737" s="2" t="s">
-        <v>89</v>
+        <v>3</v>
       </c>
     </row>
     <row r="738" spans="1:2">
       <c r="A738" s="2" t="s">
         <v>739</v>
       </c>
       <c r="B738" s="2" t="s">
-        <v>89</v>
+        <v>3</v>
       </c>
     </row>
     <row r="739" spans="1:2">
       <c r="A739" s="2" t="s">
         <v>740</v>
       </c>
       <c r="B739" s="2" t="s">
-        <v>89</v>
+        <v>3</v>
       </c>
     </row>
     <row r="740" spans="1:2">
       <c r="A740" s="2" t="s">
         <v>741</v>
       </c>
       <c r="B740" s="2" t="s">
-        <v>89</v>
+        <v>5</v>
       </c>
     </row>
     <row r="741" spans="1:2">
       <c r="A741" s="2" t="s">
         <v>742</v>
       </c>
       <c r="B741" s="2" t="s">
-        <v>89</v>
+        <v>5</v>
       </c>
     </row>
     <row r="742" spans="1:2">
       <c r="A742" s="2" t="s">
         <v>743</v>
       </c>
       <c r="B742" s="2" t="s">
-        <v>89</v>
+        <v>5</v>
       </c>
     </row>
     <row r="743" spans="1:2">
       <c r="A743" s="2" t="s">
         <v>744</v>
       </c>
       <c r="B743" s="2" t="s">
-        <v>89</v>
+        <v>5</v>
       </c>
     </row>
     <row r="744" spans="1:2">
       <c r="A744" s="2" t="s">
         <v>745</v>
       </c>
       <c r="B744" s="2" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="745" spans="1:2">
       <c r="A745" s="2" t="s">
         <v>746</v>
       </c>
       <c r="B745" s="2" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="746" spans="1:2">
       <c r="A746" s="2" t="s">
         <v>747</v>
       </c>
       <c r="B746" s="2" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="747" spans="1:2">
       <c r="A747" s="2" t="s">
         <v>748</v>
       </c>
       <c r="B747" s="2" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="748" spans="1:2">
       <c r="A748" s="2" t="s">
         <v>749</v>
       </c>
       <c r="B748" s="2" t="s">
-        <v>5</v>
+        <v>89</v>
       </c>
     </row>
     <row r="749" spans="1:2">
       <c r="A749" s="2" t="s">
         <v>750</v>
       </c>
       <c r="B749" s="2" t="s">
-        <v>5</v>
+        <v>89</v>
       </c>
     </row>
     <row r="750" spans="1:2">
       <c r="A750" s="2" t="s">
         <v>751</v>
       </c>
       <c r="B750" s="2" t="s">
-        <v>5</v>
+        <v>89</v>
       </c>
     </row>
     <row r="751" spans="1:2">
       <c r="A751" s="2" t="s">
         <v>752</v>
       </c>
       <c r="B751" s="2" t="s">
-        <v>5</v>
+        <v>89</v>
       </c>
     </row>
     <row r="752" spans="1:2">
       <c r="A752" s="2" t="s">
         <v>753</v>
       </c>
       <c r="B752" s="2" t="s">
-        <v>5</v>
+        <v>89</v>
       </c>
     </row>
     <row r="753" spans="1:2">
       <c r="A753" s="2" t="s">
         <v>754</v>
       </c>
       <c r="B753" s="2" t="s">
-        <v>5</v>
+        <v>89</v>
       </c>
     </row>
     <row r="754" spans="1:2">
       <c r="A754" s="2" t="s">
         <v>755</v>
       </c>
       <c r="B754" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="755" spans="1:2">
       <c r="A755" s="2" t="s">
         <v>756</v>
       </c>
       <c r="B755" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="756" spans="1:2">
       <c r="A756" s="2" t="s">
         <v>757</v>
       </c>
       <c r="B756" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="757" spans="1:2">
       <c r="A757" s="2" t="s">
         <v>758</v>
       </c>
       <c r="B757" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="758" spans="1:2">
       <c r="A758" s="2" t="s">
         <v>759</v>
       </c>
       <c r="B758" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="759" spans="1:2">
       <c r="A759" s="2" t="s">
         <v>760</v>
       </c>
       <c r="B759" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="760" spans="1:2">
       <c r="A760" s="2" t="s">
         <v>761</v>
       </c>
       <c r="B760" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="761" spans="1:2">
       <c r="A761" s="2" t="s">
         <v>762</v>
       </c>
       <c r="B761" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="762" spans="1:2">
       <c r="A762" s="2" t="s">
         <v>763</v>
       </c>
       <c r="B762" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="763" spans="1:2">
       <c r="A763" s="2" t="s">
         <v>764</v>
       </c>
       <c r="B763" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="764" spans="1:2">
       <c r="A764" s="2" t="s">
         <v>765</v>
       </c>
       <c r="B764" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="765" spans="1:2">
       <c r="A765" s="2" t="s">
         <v>766</v>
       </c>
       <c r="B765" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="766" spans="1:2">
       <c r="A766" s="2" t="s">
         <v>767</v>
       </c>
       <c r="B766" s="2" t="s">
         <v>5</v>
       </c>
@@ -12130,3123 +12205,3123 @@
       <c r="B774" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="775" spans="1:2">
       <c r="A775" s="2" t="s">
         <v>776</v>
       </c>
       <c r="B775" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="776" spans="1:2">
       <c r="A776" s="2" t="s">
         <v>777</v>
       </c>
       <c r="B776" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="777" spans="1:2">
       <c r="A777" s="2" t="s">
         <v>778</v>
       </c>
       <c r="B777" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="778" spans="1:2">
       <c r="A778" s="2" t="s">
         <v>779</v>
       </c>
       <c r="B778" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="779" spans="1:2">
       <c r="A779" s="2" t="s">
         <v>780</v>
       </c>
       <c r="B779" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="780" spans="1:2">
       <c r="A780" s="2" t="s">
         <v>781</v>
       </c>
       <c r="B780" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="781" spans="1:2">
       <c r="A781" s="2" t="s">
         <v>782</v>
       </c>
       <c r="B781" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="782" spans="1:2">
       <c r="A782" s="2" t="s">
         <v>783</v>
       </c>
       <c r="B782" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="783" spans="1:2">
       <c r="A783" s="2" t="s">
         <v>784</v>
       </c>
       <c r="B783" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="784" spans="1:2">
       <c r="A784" s="2" t="s">
         <v>785</v>
       </c>
       <c r="B784" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="785" spans="1:2">
       <c r="A785" s="2" t="s">
         <v>786</v>
       </c>
       <c r="B785" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="786" spans="1:2">
       <c r="A786" s="2" t="s">
         <v>787</v>
       </c>
       <c r="B786" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="787" spans="1:2">
       <c r="A787" s="2" t="s">
         <v>788</v>
       </c>
       <c r="B787" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="788" spans="1:2">
       <c r="A788" s="2" t="s">
         <v>789</v>
       </c>
       <c r="B788" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="789" spans="1:2">
       <c r="A789" s="2" t="s">
         <v>790</v>
       </c>
       <c r="B789" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="790" spans="1:2">
       <c r="A790" s="2" t="s">
         <v>791</v>
       </c>
       <c r="B790" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="791" spans="1:2">
       <c r="A791" s="2" t="s">
         <v>792</v>
       </c>
       <c r="B791" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="792" spans="1:2">
       <c r="A792" s="2" t="s">
         <v>793</v>
       </c>
       <c r="B792" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="793" spans="1:2">
       <c r="A793" s="2" t="s">
         <v>794</v>
       </c>
       <c r="B793" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="794" spans="1:2">
       <c r="A794" s="2" t="s">
         <v>795</v>
       </c>
       <c r="B794" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="795" spans="1:2">
       <c r="A795" s="2" t="s">
         <v>796</v>
       </c>
       <c r="B795" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="796" spans="1:2">
       <c r="A796" s="2" t="s">
         <v>797</v>
       </c>
       <c r="B796" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="797" spans="1:2">
       <c r="A797" s="2" t="s">
         <v>798</v>
       </c>
       <c r="B797" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="798" spans="1:2">
       <c r="A798" s="2" t="s">
         <v>799</v>
       </c>
       <c r="B798" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="799" spans="1:2">
       <c r="A799" s="2" t="s">
         <v>800</v>
       </c>
       <c r="B799" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="800" spans="1:2">
       <c r="A800" s="2" t="s">
         <v>801</v>
       </c>
       <c r="B800" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="801" spans="1:2">
       <c r="A801" s="2" t="s">
         <v>802</v>
       </c>
       <c r="B801" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="802" spans="1:2">
       <c r="A802" s="2" t="s">
         <v>803</v>
       </c>
       <c r="B802" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="803" spans="1:2">
       <c r="A803" s="2" t="s">
         <v>804</v>
       </c>
       <c r="B803" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="804" spans="1:2">
       <c r="A804" s="2" t="s">
         <v>805</v>
       </c>
       <c r="B804" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="805" spans="1:2">
       <c r="A805" s="2" t="s">
         <v>806</v>
       </c>
       <c r="B805" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="806" spans="1:2">
       <c r="A806" s="2" t="s">
         <v>807</v>
       </c>
       <c r="B806" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="807" spans="1:2">
       <c r="A807" s="2" t="s">
         <v>808</v>
       </c>
       <c r="B807" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="808" spans="1:2">
       <c r="A808" s="2" t="s">
         <v>809</v>
       </c>
       <c r="B808" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="809" spans="1:2">
       <c r="A809" s="2" t="s">
         <v>810</v>
       </c>
       <c r="B809" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="810" spans="1:2">
       <c r="A810" s="2" t="s">
         <v>811</v>
       </c>
       <c r="B810" s="2" t="s">
-        <v>3</v>
+        <v>812</v>
       </c>
     </row>
     <row r="811" spans="1:2">
       <c r="A811" s="2" t="s">
-        <v>812</v>
+        <v>813</v>
       </c>
       <c r="B811" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="812" spans="1:2">
       <c r="A812" s="2" t="s">
-        <v>813</v>
+        <v>814</v>
       </c>
       <c r="B812" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="813" spans="1:2">
       <c r="A813" s="2" t="s">
-        <v>814</v>
+        <v>815</v>
       </c>
       <c r="B813" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="814" spans="1:2">
       <c r="A814" s="2" t="s">
-        <v>815</v>
+        <v>816</v>
       </c>
       <c r="B814" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="815" spans="1:2">
       <c r="A815" s="2" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
       <c r="B815" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="816" spans="1:2">
       <c r="A816" s="2" t="s">
-        <v>817</v>
+        <v>818</v>
       </c>
       <c r="B816" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="817" spans="1:2">
       <c r="A817" s="2" t="s">
-        <v>818</v>
+        <v>819</v>
       </c>
       <c r="B817" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="818" spans="1:2">
       <c r="A818" s="2" t="s">
-        <v>819</v>
+        <v>820</v>
       </c>
       <c r="B818" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="819" spans="1:2">
       <c r="A819" s="2" t="s">
-        <v>820</v>
+        <v>821</v>
       </c>
       <c r="B819" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="820" spans="1:2">
       <c r="A820" s="2" t="s">
-        <v>821</v>
+        <v>822</v>
       </c>
       <c r="B820" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="821" spans="1:2">
       <c r="A821" s="2" t="s">
-        <v>822</v>
+        <v>823</v>
       </c>
       <c r="B821" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="822" spans="1:2">
       <c r="A822" s="2" t="s">
-        <v>823</v>
+        <v>824</v>
       </c>
       <c r="B822" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="823" spans="1:2">
       <c r="A823" s="2" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="B823" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="824" spans="1:2">
       <c r="A824" s="2" t="s">
-        <v>825</v>
+        <v>826</v>
       </c>
       <c r="B824" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="825" spans="1:2">
       <c r="A825" s="2" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="B825" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="826" spans="1:2">
       <c r="A826" s="2" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="B826" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="827" spans="1:2">
       <c r="A827" s="2" t="s">
-        <v>828</v>
+        <v>829</v>
       </c>
       <c r="B827" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="828" spans="1:2">
       <c r="A828" s="2" t="s">
-        <v>829</v>
+        <v>830</v>
       </c>
       <c r="B828" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="829" spans="1:2">
       <c r="A829" s="2" t="s">
-        <v>830</v>
+        <v>831</v>
       </c>
       <c r="B829" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="830" spans="1:2">
       <c r="A830" s="2" t="s">
-        <v>831</v>
+        <v>832</v>
       </c>
       <c r="B830" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="831" spans="1:2">
       <c r="A831" s="2" t="s">
-        <v>832</v>
+        <v>833</v>
       </c>
       <c r="B831" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="832" spans="1:2">
       <c r="A832" s="2" t="s">
-        <v>833</v>
+        <v>834</v>
       </c>
       <c r="B832" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="833" spans="1:2">
       <c r="A833" s="2" t="s">
-        <v>834</v>
+        <v>835</v>
       </c>
       <c r="B833" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="834" spans="1:2">
       <c r="A834" s="2" t="s">
-        <v>835</v>
+        <v>836</v>
       </c>
       <c r="B834" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="835" spans="1:2">
       <c r="A835" s="2" t="s">
-        <v>836</v>
+        <v>837</v>
       </c>
       <c r="B835" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="836" spans="1:2">
       <c r="A836" s="2" t="s">
-        <v>837</v>
+        <v>838</v>
       </c>
       <c r="B836" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="837" spans="1:2">
       <c r="A837" s="2" t="s">
-        <v>838</v>
+        <v>839</v>
       </c>
       <c r="B837" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="838" spans="1:2">
       <c r="A838" s="2" t="s">
-        <v>839</v>
+        <v>840</v>
       </c>
       <c r="B838" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="839" spans="1:2">
       <c r="A839" s="2" t="s">
-        <v>840</v>
+        <v>841</v>
       </c>
       <c r="B839" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="840" spans="1:2">
       <c r="A840" s="2" t="s">
-        <v>841</v>
+        <v>842</v>
       </c>
       <c r="B840" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="841" spans="1:2">
       <c r="A841" s="2" t="s">
-        <v>842</v>
+        <v>843</v>
       </c>
       <c r="B841" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="842" spans="1:2">
       <c r="A842" s="2" t="s">
-        <v>843</v>
+        <v>844</v>
       </c>
       <c r="B842" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="843" spans="1:2">
       <c r="A843" s="2" t="s">
-        <v>844</v>
+        <v>845</v>
       </c>
       <c r="B843" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="844" spans="1:2">
       <c r="A844" s="2" t="s">
-        <v>845</v>
+        <v>846</v>
       </c>
       <c r="B844" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="845" spans="1:2">
       <c r="A845" s="2" t="s">
-        <v>846</v>
+        <v>847</v>
       </c>
       <c r="B845" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="846" spans="1:2">
       <c r="A846" s="2" t="s">
-        <v>847</v>
+        <v>848</v>
       </c>
       <c r="B846" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="847" spans="1:2">
       <c r="A847" s="2" t="s">
-        <v>848</v>
+        <v>849</v>
       </c>
       <c r="B847" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="848" spans="1:2">
       <c r="A848" s="2" t="s">
-        <v>849</v>
+        <v>850</v>
       </c>
       <c r="B848" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="849" spans="1:2">
       <c r="A849" s="2" t="s">
-        <v>850</v>
+        <v>851</v>
       </c>
       <c r="B849" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="850" spans="1:2">
       <c r="A850" s="2" t="s">
-        <v>851</v>
+        <v>852</v>
       </c>
       <c r="B850" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="851" spans="1:2">
       <c r="A851" s="2" t="s">
-        <v>852</v>
+        <v>853</v>
       </c>
       <c r="B851" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="852" spans="1:2">
       <c r="A852" s="2" t="s">
-        <v>853</v>
+        <v>854</v>
       </c>
       <c r="B852" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="853" spans="1:2">
       <c r="A853" s="2" t="s">
-        <v>854</v>
+        <v>855</v>
       </c>
       <c r="B853" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="854" spans="1:2">
       <c r="A854" s="2" t="s">
-        <v>855</v>
+        <v>856</v>
       </c>
       <c r="B854" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="855" spans="1:2">
       <c r="A855" s="2" t="s">
-        <v>856</v>
+        <v>857</v>
       </c>
       <c r="B855" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="856" spans="1:2">
       <c r="A856" s="2" t="s">
-        <v>857</v>
+        <v>858</v>
       </c>
       <c r="B856" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="857" spans="1:2">
       <c r="A857" s="2" t="s">
-        <v>858</v>
+        <v>859</v>
       </c>
       <c r="B857" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="858" spans="1:2">
       <c r="A858" s="2" t="s">
-        <v>859</v>
+        <v>860</v>
       </c>
       <c r="B858" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="859" spans="1:2">
       <c r="A859" s="2" t="s">
-        <v>860</v>
+        <v>861</v>
       </c>
       <c r="B859" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="860" spans="1:2">
       <c r="A860" s="2" t="s">
-        <v>861</v>
+        <v>862</v>
       </c>
       <c r="B860" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="861" spans="1:2">
       <c r="A861" s="2" t="s">
-        <v>862</v>
+        <v>863</v>
       </c>
       <c r="B861" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="862" spans="1:2">
       <c r="A862" s="2" t="s">
-        <v>863</v>
+        <v>864</v>
       </c>
       <c r="B862" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="863" spans="1:2">
       <c r="A863" s="2" t="s">
-        <v>864</v>
+        <v>865</v>
       </c>
       <c r="B863" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="864" spans="1:2">
       <c r="A864" s="2" t="s">
-        <v>865</v>
+        <v>866</v>
       </c>
       <c r="B864" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="865" spans="1:2">
       <c r="A865" s="2" t="s">
-        <v>866</v>
+        <v>867</v>
       </c>
       <c r="B865" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="866" spans="1:2">
       <c r="A866" s="2" t="s">
-        <v>867</v>
+        <v>868</v>
       </c>
       <c r="B866" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="867" spans="1:2">
       <c r="A867" s="2" t="s">
-        <v>868</v>
+        <v>869</v>
       </c>
       <c r="B867" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="868" spans="1:2">
       <c r="A868" s="2" t="s">
-        <v>869</v>
+        <v>870</v>
       </c>
       <c r="B868" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="869" spans="1:2">
       <c r="A869" s="2" t="s">
-        <v>870</v>
+        <v>871</v>
       </c>
       <c r="B869" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="870" spans="1:2">
       <c r="A870" s="2" t="s">
-        <v>871</v>
+        <v>872</v>
       </c>
       <c r="B870" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="871" spans="1:2">
       <c r="A871" s="2" t="s">
-        <v>872</v>
+        <v>873</v>
       </c>
       <c r="B871" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="872" spans="1:2">
       <c r="A872" s="2" t="s">
-        <v>873</v>
+        <v>874</v>
       </c>
       <c r="B872" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="873" spans="1:2">
       <c r="A873" s="2" t="s">
-        <v>874</v>
+        <v>875</v>
       </c>
       <c r="B873" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="874" spans="1:2">
       <c r="A874" s="2" t="s">
-        <v>875</v>
+        <v>876</v>
       </c>
       <c r="B874" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="875" spans="1:2">
       <c r="A875" s="2" t="s">
-        <v>876</v>
+        <v>877</v>
       </c>
       <c r="B875" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="876" spans="1:2">
       <c r="A876" s="2" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="B876" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="877" spans="1:2">
       <c r="A877" s="2" t="s">
-        <v>878</v>
+        <v>879</v>
       </c>
       <c r="B877" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="878" spans="1:2">
       <c r="A878" s="2" t="s">
-        <v>879</v>
+        <v>880</v>
       </c>
       <c r="B878" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="879" spans="1:2">
       <c r="A879" s="2" t="s">
-        <v>880</v>
+        <v>881</v>
       </c>
       <c r="B879" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="880" spans="1:2">
       <c r="A880" s="2" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
       <c r="B880" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="881" spans="1:2">
       <c r="A881" s="2" t="s">
-        <v>882</v>
+        <v>883</v>
       </c>
       <c r="B881" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="882" spans="1:2">
       <c r="A882" s="2" t="s">
-        <v>883</v>
+        <v>884</v>
       </c>
       <c r="B882" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="883" spans="1:2">
       <c r="A883" s="2" t="s">
-        <v>884</v>
+        <v>885</v>
       </c>
       <c r="B883" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="884" spans="1:2">
       <c r="A884" s="2" t="s">
-        <v>885</v>
+        <v>886</v>
       </c>
       <c r="B884" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="885" spans="1:2">
       <c r="A885" s="2" t="s">
-        <v>886</v>
+        <v>887</v>
       </c>
       <c r="B885" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="886" spans="1:2">
       <c r="A886" s="2" t="s">
-        <v>887</v>
+        <v>888</v>
       </c>
       <c r="B886" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="887" spans="1:2">
       <c r="A887" s="2" t="s">
-        <v>888</v>
+        <v>889</v>
       </c>
       <c r="B887" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="888" spans="1:2">
       <c r="A888" s="2" t="s">
-        <v>889</v>
+        <v>890</v>
       </c>
       <c r="B888" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="889" spans="1:2">
       <c r="A889" s="2" t="s">
-        <v>890</v>
+        <v>891</v>
       </c>
       <c r="B889" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="890" spans="1:2">
       <c r="A890" s="2" t="s">
-        <v>891</v>
+        <v>892</v>
       </c>
       <c r="B890" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="891" spans="1:2">
       <c r="A891" s="2" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="B891" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="892" spans="1:2">
       <c r="A892" s="2" t="s">
-        <v>893</v>
+        <v>894</v>
       </c>
       <c r="B892" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="893" spans="1:2">
       <c r="A893" s="2" t="s">
-        <v>894</v>
+        <v>895</v>
       </c>
       <c r="B893" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="894" spans="1:2">
       <c r="A894" s="2" t="s">
-        <v>894</v>
+        <v>896</v>
       </c>
       <c r="B894" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="895" spans="1:2">
       <c r="A895" s="2" t="s">
-        <v>895</v>
+        <v>897</v>
       </c>
       <c r="B895" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="896" spans="1:2">
       <c r="A896" s="2" t="s">
-        <v>896</v>
+        <v>898</v>
       </c>
       <c r="B896" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="897" spans="1:2">
       <c r="A897" s="2" t="s">
-        <v>897</v>
+        <v>899</v>
       </c>
       <c r="B897" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="898" spans="1:2">
       <c r="A898" s="2" t="s">
-        <v>898</v>
+        <v>900</v>
       </c>
       <c r="B898" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="899" spans="1:2">
       <c r="A899" s="2" t="s">
-        <v>899</v>
+        <v>901</v>
       </c>
       <c r="B899" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="900" spans="1:2">
       <c r="A900" s="2" t="s">
-        <v>900</v>
+        <v>902</v>
       </c>
       <c r="B900" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="901" spans="1:2">
       <c r="A901" s="2" t="s">
-        <v>901</v>
+        <v>903</v>
       </c>
       <c r="B901" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="902" spans="1:2">
       <c r="A902" s="2" t="s">
-        <v>902</v>
+        <v>904</v>
       </c>
       <c r="B902" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="903" spans="1:2">
       <c r="A903" s="2" t="s">
-        <v>903</v>
+        <v>905</v>
       </c>
       <c r="B903" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="904" spans="1:2">
       <c r="A904" s="2" t="s">
-        <v>904</v>
+        <v>905</v>
       </c>
       <c r="B904" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="905" spans="1:2">
       <c r="A905" s="2" t="s">
-        <v>905</v>
+        <v>906</v>
       </c>
       <c r="B905" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="906" spans="1:2">
       <c r="A906" s="2" t="s">
-        <v>906</v>
+        <v>907</v>
       </c>
       <c r="B906" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="907" spans="1:2">
       <c r="A907" s="2" t="s">
-        <v>907</v>
+        <v>908</v>
       </c>
       <c r="B907" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="908" spans="1:2">
       <c r="A908" s="2" t="s">
-        <v>908</v>
+        <v>909</v>
       </c>
       <c r="B908" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="909" spans="1:2">
       <c r="A909" s="2" t="s">
-        <v>909</v>
+        <v>910</v>
       </c>
       <c r="B909" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="910" spans="1:2">
       <c r="A910" s="2" t="s">
-        <v>910</v>
+        <v>911</v>
       </c>
       <c r="B910" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="911" spans="1:2">
       <c r="A911" s="2" t="s">
-        <v>911</v>
+        <v>912</v>
       </c>
       <c r="B911" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="912" spans="1:2">
       <c r="A912" s="2" t="s">
-        <v>912</v>
+        <v>913</v>
       </c>
       <c r="B912" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="913" spans="1:2">
       <c r="A913" s="2" t="s">
-        <v>913</v>
+        <v>914</v>
       </c>
       <c r="B913" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="914" spans="1:2">
       <c r="A914" s="2" t="s">
-        <v>914</v>
+        <v>915</v>
       </c>
       <c r="B914" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="915" spans="1:2">
       <c r="A915" s="2" t="s">
-        <v>915</v>
+        <v>916</v>
       </c>
       <c r="B915" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="916" spans="1:2">
       <c r="A916" s="2" t="s">
-        <v>916</v>
+        <v>917</v>
       </c>
       <c r="B916" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="917" spans="1:2">
       <c r="A917" s="2" t="s">
-        <v>917</v>
+        <v>918</v>
       </c>
       <c r="B917" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="918" spans="1:2">
       <c r="A918" s="2" t="s">
-        <v>918</v>
+        <v>919</v>
       </c>
       <c r="B918" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="919" spans="1:2">
       <c r="A919" s="2" t="s">
-        <v>919</v>
+        <v>920</v>
       </c>
       <c r="B919" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="920" spans="1:2">
       <c r="A920" s="2" t="s">
-        <v>920</v>
+        <v>921</v>
       </c>
       <c r="B920" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="921" spans="1:2">
       <c r="A921" s="2" t="s">
-        <v>921</v>
+        <v>922</v>
       </c>
       <c r="B921" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="922" spans="1:2">
       <c r="A922" s="2" t="s">
-        <v>922</v>
+        <v>923</v>
       </c>
       <c r="B922" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="923" spans="1:2">
       <c r="A923" s="2" t="s">
-        <v>923</v>
+        <v>924</v>
       </c>
       <c r="B923" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="924" spans="1:2">
       <c r="A924" s="2" t="s">
-        <v>924</v>
+        <v>925</v>
       </c>
       <c r="B924" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="925" spans="1:2">
       <c r="A925" s="2" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
       <c r="B925" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="926" spans="1:2">
       <c r="A926" s="2" t="s">
-        <v>926</v>
+        <v>927</v>
       </c>
       <c r="B926" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="927" spans="1:2">
       <c r="A927" s="2" t="s">
-        <v>927</v>
+        <v>928</v>
       </c>
       <c r="B927" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="928" spans="1:2">
       <c r="A928" s="2" t="s">
-        <v>928</v>
+        <v>929</v>
       </c>
       <c r="B928" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="929" spans="1:2">
       <c r="A929" s="2" t="s">
-        <v>929</v>
+        <v>930</v>
       </c>
       <c r="B929" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="930" spans="1:2">
       <c r="A930" s="2" t="s">
-        <v>930</v>
+        <v>931</v>
       </c>
       <c r="B930" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="931" spans="1:2">
       <c r="A931" s="2" t="s">
-        <v>931</v>
+        <v>932</v>
       </c>
       <c r="B931" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="932" spans="1:2">
       <c r="A932" s="2" t="s">
-        <v>932</v>
+        <v>933</v>
       </c>
       <c r="B932" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="933" spans="1:2">
       <c r="A933" s="2" t="s">
-        <v>933</v>
+        <v>934</v>
       </c>
       <c r="B933" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="934" spans="1:2">
       <c r="A934" s="2" t="s">
-        <v>934</v>
+        <v>935</v>
       </c>
       <c r="B934" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="935" spans="1:2">
       <c r="A935" s="2" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="B935" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="936" spans="1:2">
       <c r="A936" s="2" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="B936" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="937" spans="1:2">
       <c r="A937" s="2" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="B937" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="938" spans="1:2">
       <c r="A938" s="2" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="B938" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="939" spans="1:2">
       <c r="A939" s="2" t="s">
-        <v>939</v>
+        <v>940</v>
       </c>
       <c r="B939" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="940" spans="1:2">
       <c r="A940" s="2" t="s">
-        <v>940</v>
+        <v>941</v>
       </c>
       <c r="B940" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="941" spans="1:2">
       <c r="A941" s="2" t="s">
-        <v>941</v>
+        <v>942</v>
       </c>
       <c r="B941" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="942" spans="1:2">
       <c r="A942" s="2" t="s">
-        <v>942</v>
+        <v>943</v>
       </c>
       <c r="B942" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="943" spans="1:2">
       <c r="A943" s="2" t="s">
-        <v>943</v>
+        <v>944</v>
       </c>
       <c r="B943" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="944" spans="1:2">
       <c r="A944" s="2" t="s">
-        <v>944</v>
+        <v>945</v>
       </c>
       <c r="B944" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="945" spans="1:2">
       <c r="A945" s="2" t="s">
-        <v>945</v>
+        <v>946</v>
       </c>
       <c r="B945" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="946" spans="1:2">
       <c r="A946" s="2" t="s">
-        <v>946</v>
+        <v>947</v>
       </c>
       <c r="B946" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="947" spans="1:2">
       <c r="A947" s="2" t="s">
-        <v>947</v>
+        <v>948</v>
       </c>
       <c r="B947" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="948" spans="1:2">
       <c r="A948" s="2" t="s">
-        <v>948</v>
+        <v>949</v>
       </c>
       <c r="B948" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="949" spans="1:2">
       <c r="A949" s="2" t="s">
-        <v>949</v>
+        <v>950</v>
       </c>
       <c r="B949" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="950" spans="1:2">
       <c r="A950" s="2" t="s">
-        <v>950</v>
+        <v>951</v>
       </c>
       <c r="B950" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="951" spans="1:2">
       <c r="A951" s="2" t="s">
-        <v>951</v>
+        <v>952</v>
       </c>
       <c r="B951" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="952" spans="1:2">
       <c r="A952" s="2" t="s">
-        <v>952</v>
+        <v>953</v>
       </c>
       <c r="B952" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="953" spans="1:2">
       <c r="A953" s="2" t="s">
-        <v>953</v>
+        <v>954</v>
       </c>
       <c r="B953" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="954" spans="1:2">
       <c r="A954" s="2" t="s">
-        <v>954</v>
+        <v>955</v>
       </c>
       <c r="B954" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="955" spans="1:2">
       <c r="A955" s="2" t="s">
-        <v>955</v>
+        <v>956</v>
       </c>
       <c r="B955" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="956" spans="1:2">
       <c r="A956" s="2" t="s">
-        <v>956</v>
+        <v>957</v>
       </c>
       <c r="B956" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="957" spans="1:2">
       <c r="A957" s="2" t="s">
-        <v>957</v>
+        <v>958</v>
       </c>
       <c r="B957" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="958" spans="1:2">
       <c r="A958" s="2" t="s">
-        <v>958</v>
+        <v>959</v>
       </c>
       <c r="B958" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="959" spans="1:2">
       <c r="A959" s="2" t="s">
-        <v>959</v>
+        <v>960</v>
       </c>
       <c r="B959" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="960" spans="1:2">
       <c r="A960" s="2" t="s">
-        <v>960</v>
+        <v>961</v>
       </c>
       <c r="B960" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="961" spans="1:2">
       <c r="A961" s="2" t="s">
-        <v>961</v>
+        <v>962</v>
       </c>
       <c r="B961" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="962" spans="1:2">
       <c r="A962" s="2" t="s">
-        <v>962</v>
+        <v>963</v>
       </c>
       <c r="B962" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="963" spans="1:2">
       <c r="A963" s="2" t="s">
-        <v>963</v>
+        <v>964</v>
       </c>
       <c r="B963" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="964" spans="1:2">
       <c r="A964" s="2" t="s">
-        <v>964</v>
+        <v>965</v>
       </c>
       <c r="B964" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="965" spans="1:2">
       <c r="A965" s="2" t="s">
-        <v>965</v>
+        <v>966</v>
       </c>
       <c r="B965" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="966" spans="1:2">
       <c r="A966" s="2" t="s">
-        <v>966</v>
+        <v>967</v>
       </c>
       <c r="B966" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="967" spans="1:2">
       <c r="A967" s="2" t="s">
-        <v>967</v>
+        <v>968</v>
       </c>
       <c r="B967" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="968" spans="1:2">
       <c r="A968" s="2" t="s">
-        <v>968</v>
+        <v>969</v>
       </c>
       <c r="B968" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="969" spans="1:2">
       <c r="A969" s="2" t="s">
-        <v>969</v>
+        <v>970</v>
       </c>
       <c r="B969" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="970" spans="1:2">
       <c r="A970" s="2" t="s">
-        <v>970</v>
+        <v>971</v>
       </c>
       <c r="B970" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="971" spans="1:2">
       <c r="A971" s="2" t="s">
-        <v>971</v>
+        <v>972</v>
       </c>
       <c r="B971" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="972" spans="1:2">
       <c r="A972" s="2" t="s">
-        <v>972</v>
+        <v>973</v>
       </c>
       <c r="B972" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="973" spans="1:2">
       <c r="A973" s="2" t="s">
-        <v>973</v>
+        <v>974</v>
       </c>
       <c r="B973" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="974" spans="1:2">
       <c r="A974" s="2" t="s">
-        <v>974</v>
+        <v>975</v>
       </c>
       <c r="B974" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="975" spans="1:2">
       <c r="A975" s="2" t="s">
-        <v>975</v>
+        <v>976</v>
       </c>
       <c r="B975" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="976" spans="1:2">
       <c r="A976" s="2" t="s">
-        <v>976</v>
+        <v>977</v>
       </c>
       <c r="B976" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="977" spans="1:2">
       <c r="A977" s="2" t="s">
-        <v>977</v>
+        <v>978</v>
       </c>
       <c r="B977" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="978" spans="1:2">
       <c r="A978" s="2" t="s">
-        <v>978</v>
+        <v>979</v>
       </c>
       <c r="B978" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="979" spans="1:2">
       <c r="A979" s="2" t="s">
-        <v>979</v>
+        <v>980</v>
       </c>
       <c r="B979" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="980" spans="1:2">
       <c r="A980" s="2" t="s">
-        <v>980</v>
+        <v>981</v>
       </c>
       <c r="B980" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="981" spans="1:2">
       <c r="A981" s="2" t="s">
-        <v>981</v>
+        <v>982</v>
       </c>
       <c r="B981" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="982" spans="1:2">
       <c r="A982" s="2" t="s">
-        <v>982</v>
+        <v>983</v>
       </c>
       <c r="B982" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="983" spans="1:2">
       <c r="A983" s="2" t="s">
-        <v>983</v>
+        <v>984</v>
       </c>
       <c r="B983" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="984" spans="1:2">
       <c r="A984" s="2" t="s">
-        <v>984</v>
+        <v>985</v>
       </c>
       <c r="B984" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="985" spans="1:2">
       <c r="A985" s="2" t="s">
-        <v>985</v>
+        <v>986</v>
       </c>
       <c r="B985" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="986" spans="1:2">
       <c r="A986" s="2" t="s">
-        <v>986</v>
+        <v>987</v>
       </c>
       <c r="B986" s="2" t="s">
-        <v>5</v>
+        <v>13</v>
       </c>
     </row>
     <row r="987" spans="1:2">
       <c r="A987" s="2" t="s">
-        <v>987</v>
+        <v>988</v>
       </c>
       <c r="B987" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="988" spans="1:2">
       <c r="A988" s="2" t="s">
-        <v>988</v>
+        <v>989</v>
       </c>
       <c r="B988" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="989" spans="1:2">
       <c r="A989" s="2" t="s">
-        <v>989</v>
+        <v>990</v>
       </c>
       <c r="B989" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="990" spans="1:2">
       <c r="A990" s="2" t="s">
-        <v>990</v>
+        <v>991</v>
       </c>
       <c r="B990" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="991" spans="1:2">
       <c r="A991" s="2" t="s">
-        <v>991</v>
+        <v>992</v>
       </c>
       <c r="B991" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="992" spans="1:2">
       <c r="A992" s="2" t="s">
-        <v>992</v>
+        <v>993</v>
       </c>
       <c r="B992" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="993" spans="1:2">
       <c r="A993" s="2" t="s">
-        <v>993</v>
+        <v>994</v>
       </c>
       <c r="B993" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="994" spans="1:2">
       <c r="A994" s="2" t="s">
-        <v>994</v>
+        <v>995</v>
       </c>
       <c r="B994" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="995" spans="1:2">
       <c r="A995" s="2" t="s">
-        <v>995</v>
+        <v>996</v>
       </c>
       <c r="B995" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="996" spans="1:2">
       <c r="A996" s="2" t="s">
-        <v>996</v>
+        <v>997</v>
       </c>
       <c r="B996" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="997" spans="1:2">
       <c r="A997" s="2" t="s">
-        <v>997</v>
+        <v>998</v>
       </c>
       <c r="B997" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="998" spans="1:2">
       <c r="A998" s="2" t="s">
-        <v>998</v>
+        <v>999</v>
       </c>
       <c r="B998" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="999" spans="1:2">
       <c r="A999" s="2" t="s">
-        <v>999</v>
+        <v>1000</v>
       </c>
       <c r="B999" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1000" spans="1:2">
       <c r="A1000" s="2" t="s">
-        <v>1000</v>
+        <v>1001</v>
       </c>
       <c r="B1000" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1001" spans="1:2">
       <c r="A1001" s="2" t="s">
-        <v>1001</v>
+        <v>1002</v>
       </c>
       <c r="B1001" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1002" spans="1:2">
       <c r="A1002" s="2" t="s">
-        <v>1002</v>
+        <v>1003</v>
       </c>
       <c r="B1002" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1003" spans="1:2">
       <c r="A1003" s="2" t="s">
-        <v>1003</v>
+        <v>1004</v>
       </c>
       <c r="B1003" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1004" spans="1:2">
       <c r="A1004" s="2" t="s">
-        <v>1004</v>
+        <v>1005</v>
       </c>
       <c r="B1004" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1005" spans="1:2">
       <c r="A1005" s="2" t="s">
-        <v>1005</v>
+        <v>1006</v>
       </c>
       <c r="B1005" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1006" spans="1:2">
       <c r="A1006" s="2" t="s">
-        <v>1006</v>
+        <v>1007</v>
       </c>
       <c r="B1006" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1007" spans="1:2">
       <c r="A1007" s="2" t="s">
-        <v>1007</v>
+        <v>1008</v>
       </c>
       <c r="B1007" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1008" spans="1:2">
       <c r="A1008" s="2" t="s">
-        <v>1008</v>
+        <v>1009</v>
       </c>
       <c r="B1008" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1009" spans="1:2">
       <c r="A1009" s="2" t="s">
-        <v>1009</v>
+        <v>1010</v>
       </c>
       <c r="B1009" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1010" spans="1:2">
       <c r="A1010" s="2" t="s">
-        <v>1010</v>
+        <v>1011</v>
       </c>
       <c r="B1010" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1011" spans="1:2">
       <c r="A1011" s="2" t="s">
-        <v>1011</v>
+        <v>1012</v>
       </c>
       <c r="B1011" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1012" spans="1:2">
       <c r="A1012" s="2" t="s">
-        <v>1012</v>
+        <v>1013</v>
       </c>
       <c r="B1012" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1013" spans="1:2">
       <c r="A1013" s="2" t="s">
-        <v>1013</v>
+        <v>1014</v>
       </c>
       <c r="B1013" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1014" spans="1:2">
       <c r="A1014" s="2" t="s">
-        <v>1014</v>
+        <v>1015</v>
       </c>
       <c r="B1014" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1015" spans="1:2">
       <c r="A1015" s="2" t="s">
-        <v>1015</v>
+        <v>1016</v>
       </c>
       <c r="B1015" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1016" spans="1:2">
       <c r="A1016" s="2" t="s">
-        <v>1016</v>
+        <v>1017</v>
       </c>
       <c r="B1016" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1017" spans="1:2">
       <c r="A1017" s="2" t="s">
-        <v>1017</v>
+        <v>1018</v>
       </c>
       <c r="B1017" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1018" spans="1:2">
       <c r="A1018" s="2" t="s">
-        <v>1018</v>
+        <v>1019</v>
       </c>
       <c r="B1018" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1019" spans="1:2">
       <c r="A1019" s="2" t="s">
-        <v>1019</v>
+        <v>1020</v>
       </c>
       <c r="B1019" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1020" spans="1:2">
       <c r="A1020" s="2" t="s">
-        <v>1020</v>
+        <v>1021</v>
       </c>
       <c r="B1020" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1021" spans="1:2">
       <c r="A1021" s="2" t="s">
-        <v>1021</v>
+        <v>1022</v>
       </c>
       <c r="B1021" s="2" t="s">
-        <v>89</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1022" spans="1:2">
       <c r="A1022" s="2" t="s">
-        <v>1022</v>
+        <v>1023</v>
       </c>
       <c r="B1022" s="2" t="s">
-        <v>89</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1023" spans="1:2">
       <c r="A1023" s="2" t="s">
-        <v>1023</v>
+        <v>1024</v>
       </c>
       <c r="B1023" s="2" t="s">
-        <v>89</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1024" spans="1:2">
       <c r="A1024" s="2" t="s">
-        <v>1024</v>
+        <v>1025</v>
       </c>
       <c r="B1024" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1025" spans="1:2">
       <c r="A1025" s="2" t="s">
-        <v>1025</v>
+        <v>1026</v>
       </c>
       <c r="B1025" s="2" t="s">
-        <v>89</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1026" spans="1:2">
       <c r="A1026" s="2" t="s">
-        <v>1026</v>
+        <v>1027</v>
       </c>
       <c r="B1026" s="2" t="s">
-        <v>89</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1027" spans="1:2">
       <c r="A1027" s="2" t="s">
-        <v>1027</v>
+        <v>1028</v>
       </c>
       <c r="B1027" s="2" t="s">
-        <v>89</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1028" spans="1:2">
       <c r="A1028" s="2" t="s">
-        <v>1028</v>
+        <v>1029</v>
       </c>
       <c r="B1028" s="2" t="s">
-        <v>89</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1029" spans="1:2">
       <c r="A1029" s="2" t="s">
-        <v>1029</v>
+        <v>1030</v>
       </c>
       <c r="B1029" s="2" t="s">
-        <v>89</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1030" spans="1:2">
       <c r="A1030" s="2" t="s">
-        <v>1030</v>
+        <v>1031</v>
       </c>
       <c r="B1030" s="2" t="s">
-        <v>89</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1031" spans="1:2">
       <c r="A1031" s="2" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
       <c r="B1031" s="2" t="s">
-        <v>89</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1032" spans="1:2">
       <c r="A1032" s="2" t="s">
-        <v>1032</v>
+        <v>1033</v>
       </c>
       <c r="B1032" s="2" t="s">
-        <v>89</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1033" spans="1:2">
       <c r="A1033" s="2" t="s">
-        <v>1033</v>
+        <v>1034</v>
       </c>
       <c r="B1033" s="2" t="s">
-        <v>89</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1034" spans="1:2">
       <c r="A1034" s="2" t="s">
-        <v>1034</v>
+        <v>1035</v>
       </c>
       <c r="B1034" s="2" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="1035" spans="1:2">
       <c r="A1035" s="2" t="s">
-        <v>1035</v>
+        <v>1036</v>
       </c>
       <c r="B1035" s="2" t="s">
-        <v>5</v>
+        <v>89</v>
       </c>
     </row>
     <row r="1036" spans="1:2">
       <c r="A1036" s="2" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="B1036" s="2" t="s">
-        <v>3</v>
+        <v>89</v>
       </c>
     </row>
     <row r="1037" spans="1:2">
       <c r="A1037" s="2" t="s">
-        <v>1037</v>
+        <v>1038</v>
       </c>
       <c r="B1037" s="2" t="s">
-        <v>5</v>
+        <v>89</v>
       </c>
     </row>
     <row r="1038" spans="1:2">
       <c r="A1038" s="2" t="s">
-        <v>1038</v>
+        <v>1039</v>
       </c>
       <c r="B1038" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1039" spans="1:2">
       <c r="A1039" s="2" t="s">
-        <v>1039</v>
+        <v>1040</v>
       </c>
       <c r="B1039" s="2" t="s">
-        <v>5</v>
+        <v>89</v>
       </c>
     </row>
     <row r="1040" spans="1:2">
       <c r="A1040" s="2" t="s">
-        <v>1040</v>
+        <v>1041</v>
       </c>
       <c r="B1040" s="2" t="s">
-        <v>5</v>
+        <v>89</v>
       </c>
     </row>
     <row r="1041" spans="1:2">
       <c r="A1041" s="2" t="s">
-        <v>1041</v>
+        <v>1042</v>
       </c>
       <c r="B1041" s="2" t="s">
-        <v>5</v>
+        <v>89</v>
       </c>
     </row>
     <row r="1042" spans="1:2">
       <c r="A1042" s="2" t="s">
-        <v>1042</v>
+        <v>1043</v>
       </c>
       <c r="B1042" s="2" t="s">
-        <v>5</v>
+        <v>89</v>
       </c>
     </row>
     <row r="1043" spans="1:2">
       <c r="A1043" s="2" t="s">
-        <v>1043</v>
+        <v>1044</v>
       </c>
       <c r="B1043" s="2" t="s">
-        <v>5</v>
+        <v>89</v>
       </c>
     </row>
     <row r="1044" spans="1:2">
       <c r="A1044" s="2" t="s">
-        <v>1044</v>
+        <v>1045</v>
       </c>
       <c r="B1044" s="2" t="s">
-        <v>5</v>
+        <v>89</v>
       </c>
     </row>
     <row r="1045" spans="1:2">
       <c r="A1045" s="2" t="s">
-        <v>1045</v>
+        <v>1046</v>
       </c>
       <c r="B1045" s="2" t="s">
-        <v>5</v>
+        <v>89</v>
       </c>
     </row>
     <row r="1046" spans="1:2">
       <c r="A1046" s="2" t="s">
-        <v>1046</v>
+        <v>1047</v>
       </c>
       <c r="B1046" s="2" t="s">
-        <v>5</v>
+        <v>89</v>
       </c>
     </row>
     <row r="1047" spans="1:2">
       <c r="A1047" s="2" t="s">
-        <v>1047</v>
+        <v>1048</v>
       </c>
       <c r="B1047" s="2" t="s">
-        <v>5</v>
+        <v>89</v>
       </c>
     </row>
     <row r="1048" spans="1:2">
       <c r="A1048" s="2" t="s">
-        <v>1048</v>
+        <v>1049</v>
       </c>
       <c r="B1048" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1049" spans="1:2">
       <c r="A1049" s="2" t="s">
-        <v>1049</v>
+        <v>1050</v>
       </c>
       <c r="B1049" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1050" spans="1:2">
       <c r="A1050" s="2" t="s">
-        <v>1050</v>
+        <v>1051</v>
       </c>
       <c r="B1050" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1051" spans="1:2">
       <c r="A1051" s="2" t="s">
-        <v>1051</v>
+        <v>1052</v>
       </c>
       <c r="B1051" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1052" spans="1:2">
       <c r="A1052" s="2" t="s">
-        <v>1052</v>
+        <v>1053</v>
       </c>
       <c r="B1052" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1053" spans="1:2">
       <c r="A1053" s="2" t="s">
-        <v>1053</v>
+        <v>1054</v>
       </c>
       <c r="B1053" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1054" spans="1:2">
       <c r="A1054" s="2" t="s">
-        <v>1054</v>
+        <v>1055</v>
       </c>
       <c r="B1054" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1055" spans="1:2">
       <c r="A1055" s="2" t="s">
-        <v>1055</v>
+        <v>1056</v>
       </c>
       <c r="B1055" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1056" spans="1:2">
       <c r="A1056" s="2" t="s">
-        <v>1056</v>
+        <v>1057</v>
       </c>
       <c r="B1056" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1057" spans="1:2">
       <c r="A1057" s="2" t="s">
-        <v>1057</v>
+        <v>1058</v>
       </c>
       <c r="B1057" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1058" spans="1:2">
       <c r="A1058" s="2" t="s">
-        <v>1058</v>
+        <v>1059</v>
       </c>
       <c r="B1058" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1059" spans="1:2">
       <c r="A1059" s="2" t="s">
-        <v>1059</v>
+        <v>1060</v>
       </c>
       <c r="B1059" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1060" spans="1:2">
       <c r="A1060" s="2" t="s">
-        <v>1060</v>
+        <v>1061</v>
       </c>
       <c r="B1060" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1061" spans="1:2">
       <c r="A1061" s="2" t="s">
-        <v>1061</v>
+        <v>1062</v>
       </c>
       <c r="B1061" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1062" spans="1:2">
       <c r="A1062" s="2" t="s">
-        <v>1062</v>
+        <v>1063</v>
       </c>
       <c r="B1062" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1063" spans="1:2">
       <c r="A1063" s="2" t="s">
-        <v>1063</v>
+        <v>1064</v>
       </c>
       <c r="B1063" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1064" spans="1:2">
       <c r="A1064" s="2" t="s">
-        <v>1064</v>
+        <v>1065</v>
       </c>
       <c r="B1064" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1065" spans="1:2">
       <c r="A1065" s="2" t="s">
-        <v>1065</v>
+        <v>1066</v>
       </c>
       <c r="B1065" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1066" spans="1:2">
       <c r="A1066" s="2" t="s">
-        <v>1066</v>
+        <v>1067</v>
       </c>
       <c r="B1066" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1067" spans="1:2">
       <c r="A1067" s="2" t="s">
-        <v>1067</v>
+        <v>1068</v>
       </c>
       <c r="B1067" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1068" spans="1:2">
       <c r="A1068" s="2" t="s">
-        <v>1068</v>
+        <v>1069</v>
       </c>
       <c r="B1068" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1069" spans="1:2">
       <c r="A1069" s="2" t="s">
-        <v>1069</v>
+        <v>1070</v>
       </c>
       <c r="B1069" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1070" spans="1:2">
       <c r="A1070" s="2" t="s">
-        <v>1070</v>
+        <v>1071</v>
       </c>
       <c r="B1070" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1071" spans="1:2">
       <c r="A1071" s="2" t="s">
-        <v>1071</v>
+        <v>1072</v>
       </c>
       <c r="B1071" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1072" spans="1:2">
       <c r="A1072" s="2" t="s">
-        <v>1072</v>
+        <v>1073</v>
       </c>
       <c r="B1072" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1073" spans="1:2">
       <c r="A1073" s="2" t="s">
-        <v>1073</v>
+        <v>1074</v>
       </c>
       <c r="B1073" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1074" spans="1:2">
       <c r="A1074" s="2" t="s">
-        <v>1074</v>
+        <v>1075</v>
       </c>
       <c r="B1074" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1075" spans="1:2">
       <c r="A1075" s="2" t="s">
-        <v>1075</v>
+        <v>1076</v>
       </c>
       <c r="B1075" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1076" spans="1:2">
       <c r="A1076" s="2" t="s">
-        <v>1076</v>
+        <v>1077</v>
       </c>
       <c r="B1076" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1077" spans="1:2">
       <c r="A1077" s="2" t="s">
-        <v>1077</v>
+        <v>1078</v>
       </c>
       <c r="B1077" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1078" spans="1:2">
       <c r="A1078" s="2" t="s">
-        <v>1078</v>
+        <v>1079</v>
       </c>
       <c r="B1078" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1079" spans="1:2">
       <c r="A1079" s="2" t="s">
-        <v>1079</v>
+        <v>1080</v>
       </c>
       <c r="B1079" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1080" spans="1:2">
       <c r="A1080" s="2" t="s">
-        <v>1080</v>
+        <v>1081</v>
       </c>
       <c r="B1080" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1081" spans="1:2">
       <c r="A1081" s="2" t="s">
-        <v>1081</v>
+        <v>1082</v>
       </c>
       <c r="B1081" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1082" spans="1:2">
       <c r="A1082" s="2" t="s">
-        <v>1082</v>
+        <v>1083</v>
       </c>
       <c r="B1082" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1083" spans="1:2">
       <c r="A1083" s="2" t="s">
-        <v>1083</v>
+        <v>1084</v>
       </c>
       <c r="B1083" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1084" spans="1:2">
       <c r="A1084" s="2" t="s">
-        <v>1084</v>
+        <v>1085</v>
       </c>
       <c r="B1084" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1085" spans="1:2">
       <c r="A1085" s="2" t="s">
-        <v>1085</v>
+        <v>1086</v>
       </c>
       <c r="B1085" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1086" spans="1:2">
       <c r="A1086" s="2" t="s">
-        <v>1086</v>
+        <v>1087</v>
       </c>
       <c r="B1086" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1087" spans="1:2">
       <c r="A1087" s="2" t="s">
-        <v>1087</v>
+        <v>1088</v>
       </c>
       <c r="B1087" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1088" spans="1:2">
       <c r="A1088" s="2" t="s">
-        <v>1088</v>
+        <v>1089</v>
       </c>
       <c r="B1088" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1089" spans="1:2">
       <c r="A1089" s="2" t="s">
-        <v>1089</v>
+        <v>1090</v>
       </c>
       <c r="B1089" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1090" spans="1:2">
       <c r="A1090" s="2" t="s">
-        <v>1090</v>
+        <v>1091</v>
       </c>
       <c r="B1090" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1091" spans="1:2">
       <c r="A1091" s="2" t="s">
-        <v>1091</v>
+        <v>1092</v>
       </c>
       <c r="B1091" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1092" spans="1:2">
       <c r="A1092" s="2" t="s">
-        <v>1092</v>
+        <v>1093</v>
       </c>
       <c r="B1092" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1093" spans="1:2">
       <c r="A1093" s="2" t="s">
-        <v>1093</v>
+        <v>1094</v>
       </c>
       <c r="B1093" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1094" spans="1:2">
       <c r="A1094" s="2" t="s">
-        <v>1094</v>
+        <v>1095</v>
       </c>
       <c r="B1094" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1095" spans="1:2">
       <c r="A1095" s="2" t="s">
-        <v>1095</v>
+        <v>1096</v>
       </c>
       <c r="B1095" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1096" spans="1:2">
       <c r="A1096" s="2" t="s">
-        <v>1096</v>
+        <v>1097</v>
       </c>
       <c r="B1096" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1097" spans="1:2">
       <c r="A1097" s="2" t="s">
-        <v>1097</v>
+        <v>1098</v>
       </c>
       <c r="B1097" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1098" spans="1:2">
       <c r="A1098" s="2" t="s">
-        <v>1098</v>
+        <v>1099</v>
       </c>
       <c r="B1098" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1099" spans="1:2">
       <c r="A1099" s="2" t="s">
-        <v>1099</v>
+        <v>1100</v>
       </c>
       <c r="B1099" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1100" spans="1:2">
       <c r="A1100" s="2" t="s">
-        <v>1100</v>
+        <v>1101</v>
       </c>
       <c r="B1100" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1101" spans="1:2">
       <c r="A1101" s="2" t="s">
-        <v>1101</v>
+        <v>1102</v>
       </c>
       <c r="B1101" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1102" spans="1:2">
       <c r="A1102" s="2" t="s">
-        <v>1102</v>
+        <v>1103</v>
       </c>
       <c r="B1102" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1103" spans="1:2">
       <c r="A1103" s="2" t="s">
-        <v>1103</v>
+        <v>1104</v>
       </c>
       <c r="B1103" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1104" spans="1:2">
       <c r="A1104" s="2" t="s">
-        <v>1104</v>
+        <v>1105</v>
       </c>
       <c r="B1104" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1105" spans="1:2">
       <c r="A1105" s="2" t="s">
-        <v>1105</v>
+        <v>1106</v>
       </c>
       <c r="B1105" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1106" spans="1:2">
       <c r="A1106" s="2" t="s">
-        <v>1106</v>
+        <v>1107</v>
       </c>
       <c r="B1106" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1107" spans="1:2">
       <c r="A1107" s="2" t="s">
-        <v>1107</v>
+        <v>1108</v>
       </c>
       <c r="B1107" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1108" spans="1:2">
       <c r="A1108" s="2" t="s">
-        <v>1108</v>
+        <v>1109</v>
       </c>
       <c r="B1108" s="2" t="s">
-        <v>13</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1109" spans="1:2">
       <c r="A1109" s="2" t="s">
-        <v>1109</v>
+        <v>1110</v>
       </c>
       <c r="B1109" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1110" spans="1:2">
       <c r="A1110" s="2" t="s">
-        <v>1110</v>
+        <v>1111</v>
       </c>
       <c r="B1110" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1111" spans="1:2">
       <c r="A1111" s="2" t="s">
-        <v>1111</v>
+        <v>1112</v>
       </c>
       <c r="B1111" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1112" spans="1:2">
       <c r="A1112" s="2" t="s">
-        <v>1112</v>
+        <v>1113</v>
       </c>
       <c r="B1112" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1113" spans="1:2">
       <c r="A1113" s="2" t="s">
-        <v>1113</v>
+        <v>1114</v>
       </c>
       <c r="B1113" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1114" spans="1:2">
       <c r="A1114" s="2" t="s">
-        <v>1114</v>
+        <v>1115</v>
       </c>
       <c r="B1114" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1115" spans="1:2">
       <c r="A1115" s="2" t="s">
-        <v>1115</v>
+        <v>1116</v>
       </c>
       <c r="B1115" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1116" spans="1:2">
       <c r="A1116" s="2" t="s">
-        <v>1116</v>
+        <v>1117</v>
       </c>
       <c r="B1116" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1117" spans="1:2">
       <c r="A1117" s="2" t="s">
-        <v>1117</v>
+        <v>1118</v>
       </c>
       <c r="B1117" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1118" spans="1:2">
       <c r="A1118" s="2" t="s">
-        <v>1118</v>
+        <v>1119</v>
       </c>
       <c r="B1118" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1119" spans="1:2">
       <c r="A1119" s="2" t="s">
-        <v>1119</v>
+        <v>1120</v>
       </c>
       <c r="B1119" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1120" spans="1:2">
       <c r="A1120" s="2" t="s">
-        <v>1120</v>
+        <v>1121</v>
       </c>
       <c r="B1120" s="2" t="s">
-        <v>5</v>
+        <v>13</v>
       </c>
     </row>
     <row r="1121" spans="1:2">
       <c r="A1121" s="2" t="s">
-        <v>1121</v>
+        <v>1122</v>
       </c>
       <c r="B1121" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1122" spans="1:2">
       <c r="A1122" s="2" t="s">
-        <v>1122</v>
+        <v>1123</v>
       </c>
       <c r="B1122" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1123" spans="1:2">
       <c r="A1123" s="2" t="s">
-        <v>1123</v>
+        <v>1124</v>
       </c>
       <c r="B1123" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1124" spans="1:2">
       <c r="A1124" s="2" t="s">
-        <v>1124</v>
+        <v>1125</v>
       </c>
       <c r="B1124" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1125" spans="1:2">
       <c r="A1125" s="2" t="s">
-        <v>1125</v>
+        <v>1126</v>
       </c>
       <c r="B1125" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1126" spans="1:2">
       <c r="A1126" s="2" t="s">
-        <v>1126</v>
+        <v>1127</v>
       </c>
       <c r="B1126" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1127" spans="1:2">
       <c r="A1127" s="2" t="s">
-        <v>1127</v>
+        <v>1128</v>
       </c>
       <c r="B1127" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1128" spans="1:2">
       <c r="A1128" s="2" t="s">
-        <v>1128</v>
+        <v>1129</v>
       </c>
       <c r="B1128" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1129" spans="1:2">
       <c r="A1129" s="2" t="s">
-        <v>1129</v>
+        <v>1130</v>
       </c>
       <c r="B1129" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1130" spans="1:2">
       <c r="A1130" s="2" t="s">
-        <v>1130</v>
+        <v>1131</v>
       </c>
       <c r="B1130" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1131" spans="1:2">
       <c r="A1131" s="2" t="s">
-        <v>1131</v>
+        <v>1132</v>
       </c>
       <c r="B1131" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1132" spans="1:2">
       <c r="A1132" s="2" t="s">
-        <v>1132</v>
+        <v>1133</v>
       </c>
       <c r="B1132" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1133" spans="1:2">
       <c r="A1133" s="2" t="s">
-        <v>1133</v>
+        <v>1134</v>
       </c>
       <c r="B1133" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1134" spans="1:2">
       <c r="A1134" s="2" t="s">
-        <v>1134</v>
+        <v>1135</v>
       </c>
       <c r="B1134" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1135" spans="1:2">
       <c r="A1135" s="2" t="s">
-        <v>1135</v>
+        <v>1136</v>
       </c>
       <c r="B1135" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1136" spans="1:2">
       <c r="A1136" s="2" t="s">
-        <v>1136</v>
+        <v>1137</v>
       </c>
       <c r="B1136" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1137" spans="1:2">
       <c r="A1137" s="2" t="s">
-        <v>1137</v>
+        <v>1138</v>
       </c>
       <c r="B1137" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1138" spans="1:2">
       <c r="A1138" s="2" t="s">
-        <v>1138</v>
+        <v>1139</v>
       </c>
       <c r="B1138" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1139" spans="1:2">
       <c r="A1139" s="2" t="s">
-        <v>1139</v>
+        <v>1140</v>
       </c>
       <c r="B1139" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1140" spans="1:2">
       <c r="A1140" s="2" t="s">
-        <v>1140</v>
+        <v>1141</v>
       </c>
       <c r="B1140" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1141" spans="1:2">
       <c r="A1141" s="2" t="s">
-        <v>1141</v>
+        <v>1142</v>
       </c>
       <c r="B1141" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1142" spans="1:2">
       <c r="A1142" s="2" t="s">
-        <v>1142</v>
+        <v>1143</v>
       </c>
       <c r="B1142" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1143" spans="1:2">
       <c r="A1143" s="2" t="s">
-        <v>1143</v>
+        <v>1144</v>
       </c>
       <c r="B1143" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1144" spans="1:2">
       <c r="A1144" s="2" t="s">
-        <v>1144</v>
+        <v>1145</v>
       </c>
       <c r="B1144" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1145" spans="1:2">
       <c r="A1145" s="2" t="s">
-        <v>1145</v>
+        <v>1146</v>
       </c>
       <c r="B1145" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1146" spans="1:2">
       <c r="A1146" s="2" t="s">
-        <v>1146</v>
+        <v>1147</v>
       </c>
       <c r="B1146" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1147" spans="1:2">
       <c r="A1147" s="2" t="s">
-        <v>1147</v>
+        <v>1148</v>
       </c>
       <c r="B1147" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1148" spans="1:2">
       <c r="A1148" s="2" t="s">
-        <v>1148</v>
+        <v>1149</v>
       </c>
       <c r="B1148" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1149" spans="1:2">
       <c r="A1149" s="2" t="s">
-        <v>1149</v>
+        <v>1150</v>
       </c>
       <c r="B1149" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1150" spans="1:2">
       <c r="A1150" s="2" t="s">
-        <v>1150</v>
+        <v>1151</v>
       </c>
       <c r="B1150" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1151" spans="1:2">
       <c r="A1151" s="2" t="s">
-        <v>1151</v>
+        <v>1152</v>
       </c>
       <c r="B1151" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1152" spans="1:2">
       <c r="A1152" s="2" t="s">
-        <v>1152</v>
+        <v>1153</v>
       </c>
       <c r="B1152" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1153" spans="1:2">
       <c r="A1153" s="2" t="s">
-        <v>1153</v>
+        <v>1154</v>
       </c>
       <c r="B1153" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1154" spans="1:2">
       <c r="A1154" s="2" t="s">
-        <v>1154</v>
+        <v>1155</v>
       </c>
       <c r="B1154" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1155" spans="1:2">
       <c r="A1155" s="2" t="s">
-        <v>1155</v>
+        <v>1156</v>
       </c>
       <c r="B1155" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1156" spans="1:2">
       <c r="A1156" s="2" t="s">
-        <v>1156</v>
+        <v>1157</v>
       </c>
       <c r="B1156" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1157" spans="1:2">
       <c r="A1157" s="2" t="s">
-        <v>1157</v>
+        <v>1158</v>
       </c>
       <c r="B1157" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1158" spans="1:2">
       <c r="A1158" s="2" t="s">
-        <v>1158</v>
+        <v>1159</v>
       </c>
       <c r="B1158" s="2" t="s">
-        <v>1159</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1159" spans="1:2">
       <c r="A1159" s="2" t="s">
         <v>1160</v>
       </c>
       <c r="B1159" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1160" spans="1:2">
       <c r="A1160" s="2" t="s">
         <v>1161</v>
       </c>
       <c r="B1160" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1161" spans="1:2">
       <c r="A1161" s="2" t="s">
         <v>1162</v>
       </c>
       <c r="B1161" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1162" spans="1:2">
       <c r="A1162" s="2" t="s">
         <v>1163</v>
       </c>
       <c r="B1162" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1163" spans="1:2">
       <c r="A1163" s="2" t="s">
         <v>1164</v>
       </c>
       <c r="B1163" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1164" spans="1:2">
       <c r="A1164" s="2" t="s">
         <v>1165</v>
       </c>
       <c r="B1164" s="2" t="s">
         <v>5</v>
       </c>
@@ -15266,75 +15341,75 @@
       <c r="B1166" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1167" spans="1:2">
       <c r="A1167" s="2" t="s">
         <v>1168</v>
       </c>
       <c r="B1167" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1168" spans="1:2">
       <c r="A1168" s="2" t="s">
         <v>1169</v>
       </c>
       <c r="B1168" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1169" spans="1:2">
       <c r="A1169" s="2" t="s">
         <v>1170</v>
       </c>
       <c r="B1169" s="2" t="s">
-        <v>13</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1170" spans="1:2">
       <c r="A1170" s="2" t="s">
         <v>1171</v>
       </c>
       <c r="B1170" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1171" spans="1:2">
       <c r="A1171" s="2" t="s">
         <v>1172</v>
       </c>
       <c r="B1171" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1172" spans="1:2">
       <c r="A1172" s="2" t="s">
         <v>1173</v>
       </c>
       <c r="B1172" s="2" t="s">
-        <v>5</v>
+        <v>812</v>
       </c>
     </row>
     <row r="1173" spans="1:2">
       <c r="A1173" s="2" t="s">
         <v>1174</v>
       </c>
       <c r="B1173" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1174" spans="1:2">
       <c r="A1174" s="2" t="s">
         <v>1175</v>
       </c>
       <c r="B1174" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1175" spans="1:2">
       <c r="A1175" s="2" t="s">
         <v>1176</v>
       </c>
       <c r="B1175" s="2" t="s">
         <v>5</v>
       </c>
@@ -15362,91 +15437,91 @@
       <c r="B1178" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1179" spans="1:2">
       <c r="A1179" s="2" t="s">
         <v>1180</v>
       </c>
       <c r="B1179" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1180" spans="1:2">
       <c r="A1180" s="2" t="s">
         <v>1181</v>
       </c>
       <c r="B1180" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1181" spans="1:2">
       <c r="A1181" s="2" t="s">
         <v>1182</v>
       </c>
       <c r="B1181" s="2" t="s">
-        <v>89</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1182" spans="1:2">
       <c r="A1182" s="2" t="s">
         <v>1183</v>
       </c>
       <c r="B1182" s="2" t="s">
-        <v>89</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1183" spans="1:2">
       <c r="A1183" s="2" t="s">
         <v>1184</v>
       </c>
       <c r="B1183" s="2" t="s">
-        <v>89</v>
+        <v>13</v>
       </c>
     </row>
     <row r="1184" spans="1:2">
       <c r="A1184" s="2" t="s">
         <v>1185</v>
       </c>
       <c r="B1184" s="2" t="s">
-        <v>89</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1185" spans="1:2">
       <c r="A1185" s="2" t="s">
         <v>1186</v>
       </c>
       <c r="B1185" s="2" t="s">
-        <v>89</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1186" spans="1:2">
       <c r="A1186" s="2" t="s">
         <v>1187</v>
       </c>
       <c r="B1186" s="2" t="s">
-        <v>89</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1187" spans="1:2">
       <c r="A1187" s="2" t="s">
         <v>1188</v>
       </c>
       <c r="B1187" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1188" spans="1:2">
       <c r="A1188" s="2" t="s">
         <v>1189</v>
       </c>
       <c r="B1188" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1189" spans="1:2">
       <c r="A1189" s="2" t="s">
         <v>1190</v>
       </c>
       <c r="B1189" s="2" t="s">
         <v>5</v>
       </c>
@@ -15474,139 +15549,139 @@
       <c r="B1192" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1193" spans="1:2">
       <c r="A1193" s="2" t="s">
         <v>1194</v>
       </c>
       <c r="B1193" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1194" spans="1:2">
       <c r="A1194" s="2" t="s">
         <v>1195</v>
       </c>
       <c r="B1194" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1195" spans="1:2">
       <c r="A1195" s="2" t="s">
         <v>1196</v>
       </c>
       <c r="B1195" s="2" t="s">
-        <v>5</v>
+        <v>89</v>
       </c>
     </row>
     <row r="1196" spans="1:2">
       <c r="A1196" s="2" t="s">
         <v>1197</v>
       </c>
       <c r="B1196" s="2" t="s">
-        <v>5</v>
+        <v>89</v>
       </c>
     </row>
     <row r="1197" spans="1:2">
       <c r="A1197" s="2" t="s">
         <v>1198</v>
       </c>
       <c r="B1197" s="2" t="s">
-        <v>5</v>
+        <v>89</v>
       </c>
     </row>
     <row r="1198" spans="1:2">
       <c r="A1198" s="2" t="s">
         <v>1199</v>
       </c>
       <c r="B1198" s="2" t="s">
-        <v>5</v>
+        <v>89</v>
       </c>
     </row>
     <row r="1199" spans="1:2">
       <c r="A1199" s="2" t="s">
         <v>1200</v>
       </c>
       <c r="B1199" s="2" t="s">
-        <v>5</v>
+        <v>89</v>
       </c>
     </row>
     <row r="1200" spans="1:2">
       <c r="A1200" s="2" t="s">
         <v>1201</v>
       </c>
       <c r="B1200" s="2" t="s">
-        <v>3</v>
+        <v>89</v>
       </c>
     </row>
     <row r="1201" spans="1:2">
       <c r="A1201" s="2" t="s">
         <v>1202</v>
       </c>
       <c r="B1201" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1202" spans="1:2">
       <c r="A1202" s="2" t="s">
         <v>1203</v>
       </c>
       <c r="B1202" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1203" spans="1:2">
       <c r="A1203" s="2" t="s">
         <v>1204</v>
       </c>
       <c r="B1203" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1204" spans="1:2">
       <c r="A1204" s="2" t="s">
         <v>1205</v>
       </c>
       <c r="B1204" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1205" spans="1:2">
       <c r="A1205" s="2" t="s">
         <v>1206</v>
       </c>
       <c r="B1205" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1206" spans="1:2">
       <c r="A1206" s="2" t="s">
         <v>1207</v>
       </c>
       <c r="B1206" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1207" spans="1:2">
       <c r="A1207" s="2" t="s">
         <v>1208</v>
       </c>
       <c r="B1207" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1208" spans="1:2">
       <c r="A1208" s="2" t="s">
         <v>1209</v>
       </c>
       <c r="B1208" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1209" spans="1:2">
       <c r="A1209" s="2" t="s">
         <v>1210</v>
       </c>
       <c r="B1209" s="2" t="s">
         <v>5</v>
       </c>
@@ -15626,131 +15701,131 @@
       <c r="B1211" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1212" spans="1:2">
       <c r="A1212" s="2" t="s">
         <v>1213</v>
       </c>
       <c r="B1212" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1213" spans="1:2">
       <c r="A1213" s="2" t="s">
         <v>1214</v>
       </c>
       <c r="B1213" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1214" spans="1:2">
       <c r="A1214" s="2" t="s">
         <v>1215</v>
       </c>
       <c r="B1214" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1215" spans="1:2">
       <c r="A1215" s="2" t="s">
         <v>1216</v>
       </c>
       <c r="B1215" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1216" spans="1:2">
       <c r="A1216" s="2" t="s">
         <v>1217</v>
       </c>
       <c r="B1216" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1217" spans="1:2">
       <c r="A1217" s="2" t="s">
         <v>1218</v>
       </c>
       <c r="B1217" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1218" spans="1:2">
       <c r="A1218" s="2" t="s">
         <v>1219</v>
       </c>
       <c r="B1218" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1219" spans="1:2">
       <c r="A1219" s="2" t="s">
         <v>1220</v>
       </c>
       <c r="B1219" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1220" spans="1:2">
       <c r="A1220" s="2" t="s">
         <v>1221</v>
       </c>
       <c r="B1220" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1221" spans="1:2">
       <c r="A1221" s="2" t="s">
         <v>1222</v>
       </c>
       <c r="B1221" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1222" spans="1:2">
       <c r="A1222" s="2" t="s">
         <v>1223</v>
       </c>
       <c r="B1222" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1223" spans="1:2">
       <c r="A1223" s="2" t="s">
         <v>1224</v>
       </c>
       <c r="B1223" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1224" spans="1:2">
       <c r="A1224" s="2" t="s">
         <v>1225</v>
       </c>
       <c r="B1224" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1225" spans="1:2">
       <c r="A1225" s="2" t="s">
         <v>1226</v>
       </c>
       <c r="B1225" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1226" spans="1:2">
       <c r="A1226" s="2" t="s">
         <v>1227</v>
       </c>
       <c r="B1226" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1227" spans="1:2">
       <c r="A1227" s="2" t="s">
         <v>1228</v>
       </c>
       <c r="B1227" s="2" t="s">
         <v>5</v>
       </c>
@@ -15770,91 +15845,91 @@
       <c r="B1229" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1230" spans="1:2">
       <c r="A1230" s="2" t="s">
         <v>1231</v>
       </c>
       <c r="B1230" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1231" spans="1:2">
       <c r="A1231" s="2" t="s">
         <v>1232</v>
       </c>
       <c r="B1231" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1232" spans="1:2">
       <c r="A1232" s="2" t="s">
         <v>1233</v>
       </c>
       <c r="B1232" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1233" spans="1:2">
       <c r="A1233" s="2" t="s">
         <v>1234</v>
       </c>
       <c r="B1233" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1234" spans="1:2">
       <c r="A1234" s="2" t="s">
         <v>1235</v>
       </c>
       <c r="B1234" s="2" t="s">
-        <v>13</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1235" spans="1:2">
       <c r="A1235" s="2" t="s">
         <v>1236</v>
       </c>
       <c r="B1235" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1236" spans="1:2">
       <c r="A1236" s="2" t="s">
         <v>1237</v>
       </c>
       <c r="B1236" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1237" spans="1:2">
       <c r="A1237" s="2" t="s">
         <v>1238</v>
       </c>
       <c r="B1237" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1238" spans="1:2">
       <c r="A1238" s="2" t="s">
         <v>1239</v>
       </c>
       <c r="B1238" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1239" spans="1:2">
       <c r="A1239" s="2" t="s">
         <v>1240</v>
       </c>
       <c r="B1239" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1240" spans="1:2">
       <c r="A1240" s="2" t="s">
         <v>1241</v>
       </c>
       <c r="B1240" s="2" t="s">
         <v>5</v>
       </c>
@@ -15874,91 +15949,91 @@
       <c r="B1242" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1243" spans="1:2">
       <c r="A1243" s="2" t="s">
         <v>1244</v>
       </c>
       <c r="B1243" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1244" spans="1:2">
       <c r="A1244" s="2" t="s">
         <v>1245</v>
       </c>
       <c r="B1244" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1245" spans="1:2">
       <c r="A1245" s="2" t="s">
         <v>1246</v>
       </c>
       <c r="B1245" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1246" spans="1:2">
       <c r="A1246" s="2" t="s">
         <v>1247</v>
       </c>
       <c r="B1246" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1247" spans="1:2">
       <c r="A1247" s="2" t="s">
         <v>1248</v>
       </c>
       <c r="B1247" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1248" spans="1:2">
       <c r="A1248" s="2" t="s">
         <v>1249</v>
       </c>
       <c r="B1248" s="2" t="s">
-        <v>3</v>
+        <v>13</v>
       </c>
     </row>
     <row r="1249" spans="1:2">
       <c r="A1249" s="2" t="s">
         <v>1250</v>
       </c>
       <c r="B1249" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1250" spans="1:2">
       <c r="A1250" s="2" t="s">
         <v>1251</v>
       </c>
       <c r="B1250" s="2" t="s">
-        <v>1159</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1251" spans="1:2">
       <c r="A1251" s="2" t="s">
         <v>1252</v>
       </c>
       <c r="B1251" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1252" spans="1:2">
       <c r="A1252" s="2" t="s">
         <v>1253</v>
       </c>
       <c r="B1252" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1253" spans="1:2">
       <c r="A1253" s="2" t="s">
         <v>1254</v>
       </c>
       <c r="B1253" s="2" t="s">
         <v>5</v>
       </c>
@@ -15986,235 +16061,235 @@
       <c r="B1256" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1257" spans="1:2">
       <c r="A1257" s="2" t="s">
         <v>1258</v>
       </c>
       <c r="B1257" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1258" spans="1:2">
       <c r="A1258" s="2" t="s">
         <v>1259</v>
       </c>
       <c r="B1258" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1259" spans="1:2">
       <c r="A1259" s="2" t="s">
         <v>1260</v>
       </c>
       <c r="B1259" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1260" spans="1:2">
       <c r="A1260" s="2" t="s">
         <v>1261</v>
       </c>
       <c r="B1260" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1261" spans="1:2">
       <c r="A1261" s="2" t="s">
         <v>1262</v>
       </c>
       <c r="B1261" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1262" spans="1:2">
       <c r="A1262" s="2" t="s">
         <v>1263</v>
       </c>
       <c r="B1262" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1263" spans="1:2">
       <c r="A1263" s="2" t="s">
         <v>1264</v>
       </c>
       <c r="B1263" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1264" spans="1:2">
       <c r="A1264" s="2" t="s">
         <v>1265</v>
       </c>
       <c r="B1264" s="2" t="s">
-        <v>3</v>
+        <v>812</v>
       </c>
     </row>
     <row r="1265" spans="1:2">
       <c r="A1265" s="2" t="s">
         <v>1266</v>
       </c>
       <c r="B1265" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1266" spans="1:2">
       <c r="A1266" s="2" t="s">
         <v>1267</v>
       </c>
       <c r="B1266" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1267" spans="1:2">
       <c r="A1267" s="2" t="s">
         <v>1268</v>
       </c>
       <c r="B1267" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1268" spans="1:2">
       <c r="A1268" s="2" t="s">
         <v>1269</v>
       </c>
       <c r="B1268" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1269" spans="1:2">
       <c r="A1269" s="2" t="s">
         <v>1270</v>
       </c>
       <c r="B1269" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1270" spans="1:2">
       <c r="A1270" s="2" t="s">
         <v>1271</v>
       </c>
       <c r="B1270" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1271" spans="1:2">
       <c r="A1271" s="2" t="s">
         <v>1272</v>
       </c>
       <c r="B1271" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1272" spans="1:2">
       <c r="A1272" s="2" t="s">
         <v>1273</v>
       </c>
       <c r="B1272" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1273" spans="1:2">
       <c r="A1273" s="2" t="s">
         <v>1274</v>
       </c>
       <c r="B1273" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1274" spans="1:2">
       <c r="A1274" s="2" t="s">
         <v>1275</v>
       </c>
       <c r="B1274" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1275" spans="1:2">
       <c r="A1275" s="2" t="s">
         <v>1276</v>
       </c>
       <c r="B1275" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1276" spans="1:2">
       <c r="A1276" s="2" t="s">
         <v>1277</v>
       </c>
       <c r="B1276" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1277" spans="1:2">
       <c r="A1277" s="2" t="s">
         <v>1278</v>
       </c>
       <c r="B1277" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1278" spans="1:2">
       <c r="A1278" s="2" t="s">
         <v>1279</v>
       </c>
       <c r="B1278" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1279" spans="1:2">
       <c r="A1279" s="2" t="s">
         <v>1280</v>
       </c>
       <c r="B1279" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1280" spans="1:2">
       <c r="A1280" s="2" t="s">
         <v>1281</v>
       </c>
       <c r="B1280" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1281" spans="1:2">
       <c r="A1281" s="2" t="s">
         <v>1282</v>
       </c>
       <c r="B1281" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1282" spans="1:2">
       <c r="A1282" s="2" t="s">
         <v>1283</v>
       </c>
       <c r="B1282" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1283" spans="1:2">
       <c r="A1283" s="2" t="s">
         <v>1284</v>
       </c>
       <c r="B1283" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1284" spans="1:2">
       <c r="A1284" s="2" t="s">
         <v>1285</v>
       </c>
       <c r="B1284" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1285" spans="1:2">
       <c r="A1285" s="2" t="s">
         <v>1286</v>
       </c>
       <c r="B1285" s="2" t="s">
         <v>3</v>
       </c>
@@ -16338,4410 +16413,4602 @@
       <c r="B1300" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1301" spans="1:2">
       <c r="A1301" s="2" t="s">
         <v>1302</v>
       </c>
       <c r="B1301" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1302" spans="1:2">
       <c r="A1302" s="2" t="s">
         <v>1303</v>
       </c>
       <c r="B1302" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1303" spans="1:2">
       <c r="A1303" s="2" t="s">
         <v>1304</v>
       </c>
       <c r="B1303" s="2" t="s">
-        <v>89</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1304" spans="1:2">
       <c r="A1304" s="2" t="s">
         <v>1305</v>
       </c>
       <c r="B1304" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1305" spans="1:2">
       <c r="A1305" s="2" t="s">
         <v>1306</v>
       </c>
       <c r="B1305" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1306" spans="1:2">
       <c r="A1306" s="2" t="s">
         <v>1307</v>
       </c>
       <c r="B1306" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1307" spans="1:2">
       <c r="A1307" s="2" t="s">
         <v>1308</v>
       </c>
       <c r="B1307" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1308" spans="1:2">
       <c r="A1308" s="2" t="s">
         <v>1309</v>
       </c>
       <c r="B1308" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1309" spans="1:2">
       <c r="A1309" s="2" t="s">
         <v>1310</v>
       </c>
       <c r="B1309" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1310" spans="1:2">
       <c r="A1310" s="2" t="s">
         <v>1311</v>
       </c>
       <c r="B1310" s="2" t="s">
-        <v>89</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1311" spans="1:2">
       <c r="A1311" s="2" t="s">
         <v>1312</v>
       </c>
       <c r="B1311" s="2" t="s">
-        <v>89</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1312" spans="1:2">
       <c r="A1312" s="2" t="s">
         <v>1313</v>
       </c>
       <c r="B1312" s="2" t="s">
-        <v>89</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1313" spans="1:2">
       <c r="A1313" s="2" t="s">
         <v>1314</v>
       </c>
       <c r="B1313" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1314" spans="1:2">
       <c r="A1314" s="2" t="s">
         <v>1315</v>
       </c>
       <c r="B1314" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1315" spans="1:2">
       <c r="A1315" s="2" t="s">
         <v>1316</v>
       </c>
       <c r="B1315" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1316" spans="1:2">
       <c r="A1316" s="2" t="s">
         <v>1317</v>
       </c>
       <c r="B1316" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1317" spans="1:2">
       <c r="A1317" s="2" t="s">
         <v>1318</v>
       </c>
       <c r="B1317" s="2" t="s">
-        <v>89</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1318" spans="1:2">
       <c r="A1318" s="2" t="s">
         <v>1319</v>
       </c>
       <c r="B1318" s="2" t="s">
-        <v>3</v>
+        <v>89</v>
       </c>
     </row>
     <row r="1319" spans="1:2">
       <c r="A1319" s="2" t="s">
         <v>1320</v>
       </c>
       <c r="B1319" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1320" spans="1:2">
       <c r="A1320" s="2" t="s">
         <v>1321</v>
       </c>
       <c r="B1320" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1321" spans="1:2">
       <c r="A1321" s="2" t="s">
-        <v>1321</v>
+        <v>1322</v>
       </c>
       <c r="B1321" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1322" spans="1:2">
       <c r="A1322" s="2" t="s">
-        <v>1322</v>
+        <v>1323</v>
       </c>
       <c r="B1322" s="2" t="s">
-        <v>89</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1323" spans="1:2">
       <c r="A1323" s="2" t="s">
-        <v>1323</v>
+        <v>1324</v>
       </c>
       <c r="B1323" s="2" t="s">
-        <v>89</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1324" spans="1:2">
       <c r="A1324" s="2" t="s">
-        <v>1324</v>
+        <v>1325</v>
       </c>
       <c r="B1324" s="2" t="s">
-        <v>89</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1325" spans="1:2">
       <c r="A1325" s="2" t="s">
-        <v>1325</v>
+        <v>1326</v>
       </c>
       <c r="B1325" s="2" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="1326" spans="1:2">
       <c r="A1326" s="2" t="s">
-        <v>1326</v>
+        <v>1327</v>
       </c>
       <c r="B1326" s="2" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="1327" spans="1:2">
       <c r="A1327" s="2" t="s">
-        <v>1327</v>
+        <v>1328</v>
       </c>
       <c r="B1327" s="2" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="1328" spans="1:2">
       <c r="A1328" s="2" t="s">
-        <v>1328</v>
+        <v>1329</v>
       </c>
       <c r="B1328" s="2" t="s">
-        <v>89</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1329" spans="1:2">
       <c r="A1329" s="2" t="s">
-        <v>1329</v>
+        <v>1330</v>
       </c>
       <c r="B1329" s="2" t="s">
-        <v>89</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1330" spans="1:2">
       <c r="A1330" s="2" t="s">
-        <v>1330</v>
+        <v>1331</v>
       </c>
       <c r="B1330" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1331" spans="1:2">
       <c r="A1331" s="2" t="s">
-        <v>1331</v>
+        <v>1332</v>
       </c>
       <c r="B1331" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1332" spans="1:2">
       <c r="A1332" s="2" t="s">
-        <v>1332</v>
+        <v>1333</v>
       </c>
       <c r="B1332" s="2" t="s">
-        <v>5</v>
+        <v>89</v>
       </c>
     </row>
     <row r="1333" spans="1:2">
       <c r="A1333" s="2" t="s">
-        <v>1333</v>
+        <v>1334</v>
       </c>
       <c r="B1333" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1334" spans="1:2">
       <c r="A1334" s="2" t="s">
-        <v>1334</v>
+        <v>1335</v>
       </c>
       <c r="B1334" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1335" spans="1:2">
       <c r="A1335" s="2" t="s">
-        <v>1335</v>
+        <v>1336</v>
       </c>
       <c r="B1335" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1336" spans="1:2">
       <c r="A1336" s="2" t="s">
         <v>1336</v>
       </c>
       <c r="B1336" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1337" spans="1:2">
       <c r="A1337" s="2" t="s">
         <v>1337</v>
       </c>
       <c r="B1337" s="2" t="s">
-        <v>5</v>
+        <v>89</v>
       </c>
     </row>
     <row r="1338" spans="1:2">
       <c r="A1338" s="2" t="s">
         <v>1338</v>
       </c>
       <c r="B1338" s="2" t="s">
-        <v>5</v>
+        <v>89</v>
       </c>
     </row>
     <row r="1339" spans="1:2">
       <c r="A1339" s="2" t="s">
         <v>1339</v>
       </c>
       <c r="B1339" s="2" t="s">
-        <v>5</v>
+        <v>89</v>
       </c>
     </row>
     <row r="1340" spans="1:2">
       <c r="A1340" s="2" t="s">
         <v>1340</v>
       </c>
       <c r="B1340" s="2" t="s">
-        <v>5</v>
+        <v>89</v>
       </c>
     </row>
     <row r="1341" spans="1:2">
       <c r="A1341" s="2" t="s">
         <v>1341</v>
       </c>
       <c r="B1341" s="2" t="s">
-        <v>3</v>
+        <v>89</v>
       </c>
     </row>
     <row r="1342" spans="1:2">
       <c r="A1342" s="2" t="s">
         <v>1342</v>
       </c>
       <c r="B1342" s="2" t="s">
-        <v>5</v>
+        <v>89</v>
       </c>
     </row>
     <row r="1343" spans="1:2">
       <c r="A1343" s="2" t="s">
         <v>1343</v>
       </c>
       <c r="B1343" s="2" t="s">
-        <v>5</v>
+        <v>89</v>
       </c>
     </row>
     <row r="1344" spans="1:2">
       <c r="A1344" s="2" t="s">
         <v>1344</v>
       </c>
       <c r="B1344" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1345" spans="1:2">
       <c r="A1345" s="2" t="s">
         <v>1345</v>
       </c>
       <c r="B1345" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1346" spans="1:2">
       <c r="A1346" s="2" t="s">
         <v>1346</v>
       </c>
       <c r="B1346" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1347" spans="1:2">
       <c r="A1347" s="2" t="s">
         <v>1347</v>
       </c>
       <c r="B1347" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1348" spans="1:2">
       <c r="A1348" s="2" t="s">
         <v>1348</v>
       </c>
       <c r="B1348" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1349" spans="1:2">
       <c r="A1349" s="2" t="s">
         <v>1349</v>
       </c>
       <c r="B1349" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1350" spans="1:2">
       <c r="A1350" s="2" t="s">
         <v>1350</v>
       </c>
       <c r="B1350" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1351" spans="1:2">
       <c r="A1351" s="2" t="s">
         <v>1351</v>
       </c>
       <c r="B1351" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1352" spans="1:2">
       <c r="A1352" s="2" t="s">
         <v>1352</v>
       </c>
       <c r="B1352" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1353" spans="1:2">
       <c r="A1353" s="2" t="s">
         <v>1353</v>
       </c>
       <c r="B1353" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1354" spans="1:2">
       <c r="A1354" s="2" t="s">
         <v>1354</v>
       </c>
       <c r="B1354" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1355" spans="1:2">
       <c r="A1355" s="2" t="s">
         <v>1355</v>
       </c>
       <c r="B1355" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1356" spans="1:2">
       <c r="A1356" s="2" t="s">
         <v>1356</v>
       </c>
       <c r="B1356" s="2" t="s">
-        <v>13</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1357" spans="1:2">
       <c r="A1357" s="2" t="s">
         <v>1357</v>
       </c>
       <c r="B1357" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1358" spans="1:2">
       <c r="A1358" s="2" t="s">
         <v>1358</v>
       </c>
       <c r="B1358" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1359" spans="1:2">
       <c r="A1359" s="2" t="s">
         <v>1359</v>
       </c>
       <c r="B1359" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1360" spans="1:2">
       <c r="A1360" s="2" t="s">
         <v>1360</v>
       </c>
       <c r="B1360" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1361" spans="1:2">
       <c r="A1361" s="2" t="s">
         <v>1361</v>
       </c>
       <c r="B1361" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1362" spans="1:2">
       <c r="A1362" s="2" t="s">
         <v>1362</v>
       </c>
       <c r="B1362" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1363" spans="1:2">
       <c r="A1363" s="2" t="s">
         <v>1363</v>
       </c>
       <c r="B1363" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1364" spans="1:2">
       <c r="A1364" s="2" t="s">
         <v>1364</v>
       </c>
       <c r="B1364" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1365" spans="1:2">
       <c r="A1365" s="2" t="s">
         <v>1365</v>
       </c>
       <c r="B1365" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1366" spans="1:2">
       <c r="A1366" s="2" t="s">
         <v>1366</v>
       </c>
       <c r="B1366" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1367" spans="1:2">
       <c r="A1367" s="2" t="s">
         <v>1367</v>
       </c>
       <c r="B1367" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1368" spans="1:2">
       <c r="A1368" s="2" t="s">
         <v>1368</v>
       </c>
       <c r="B1368" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1369" spans="1:2">
       <c r="A1369" s="2" t="s">
         <v>1369</v>
       </c>
       <c r="B1369" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1370" spans="1:2">
       <c r="A1370" s="2" t="s">
         <v>1370</v>
       </c>
       <c r="B1370" s="2" t="s">
-        <v>3</v>
+        <v>1371</v>
       </c>
     </row>
     <row r="1371" spans="1:2">
       <c r="A1371" s="2" t="s">
-        <v>1371</v>
+        <v>1372</v>
       </c>
       <c r="B1371" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1372" spans="1:2">
       <c r="A1372" s="2" t="s">
-        <v>1372</v>
+        <v>1373</v>
       </c>
       <c r="B1372" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1373" spans="1:2">
       <c r="A1373" s="2" t="s">
-        <v>1373</v>
+        <v>1374</v>
       </c>
       <c r="B1373" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1374" spans="1:2">
       <c r="A1374" s="2" t="s">
-        <v>1374</v>
+        <v>1375</v>
       </c>
       <c r="B1374" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1375" spans="1:2">
       <c r="A1375" s="2" t="s">
-        <v>1375</v>
+        <v>1376</v>
       </c>
       <c r="B1375" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1376" spans="1:2">
       <c r="A1376" s="2" t="s">
-        <v>1376</v>
+        <v>1377</v>
       </c>
       <c r="B1376" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1377" spans="1:2">
       <c r="A1377" s="2" t="s">
-        <v>1377</v>
+        <v>1378</v>
       </c>
       <c r="B1377" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1378" spans="1:2">
       <c r="A1378" s="2" t="s">
-        <v>1378</v>
+        <v>1379</v>
       </c>
       <c r="B1378" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1379" spans="1:2">
       <c r="A1379" s="2" t="s">
-        <v>1379</v>
+        <v>1380</v>
       </c>
       <c r="B1379" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1380" spans="1:2">
       <c r="A1380" s="2" t="s">
-        <v>1380</v>
+        <v>1381</v>
       </c>
       <c r="B1380" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1381" spans="1:2">
       <c r="A1381" s="2" t="s">
-        <v>1381</v>
+        <v>1382</v>
       </c>
       <c r="B1381" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1382" spans="1:2">
       <c r="A1382" s="2" t="s">
-        <v>1382</v>
+        <v>1383</v>
       </c>
       <c r="B1382" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1383" spans="1:2">
       <c r="A1383" s="2" t="s">
-        <v>1383</v>
+        <v>1384</v>
       </c>
       <c r="B1383" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1384" spans="1:2">
       <c r="A1384" s="2" t="s">
-        <v>1384</v>
+        <v>1385</v>
       </c>
       <c r="B1384" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1385" spans="1:2">
       <c r="A1385" s="2" t="s">
-        <v>1385</v>
+        <v>1386</v>
       </c>
       <c r="B1385" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1386" spans="1:2">
       <c r="A1386" s="2" t="s">
-        <v>1386</v>
+        <v>1387</v>
       </c>
       <c r="B1386" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1387" spans="1:2">
       <c r="A1387" s="2" t="s">
-        <v>1387</v>
+        <v>1388</v>
       </c>
       <c r="B1387" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1388" spans="1:2">
       <c r="A1388" s="2" t="s">
-        <v>1388</v>
+        <v>1389</v>
       </c>
       <c r="B1388" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1389" spans="1:2">
       <c r="A1389" s="2" t="s">
-        <v>1389</v>
+        <v>1390</v>
       </c>
       <c r="B1389" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1390" spans="1:2">
       <c r="A1390" s="2" t="s">
-        <v>1390</v>
+        <v>1391</v>
       </c>
       <c r="B1390" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1391" spans="1:2">
       <c r="A1391" s="2" t="s">
-        <v>1391</v>
+        <v>1392</v>
       </c>
       <c r="B1391" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1392" spans="1:2">
       <c r="A1392" s="2" t="s">
-        <v>1392</v>
+        <v>1393</v>
       </c>
       <c r="B1392" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1393" spans="1:2">
       <c r="A1393" s="2" t="s">
-        <v>1393</v>
+        <v>1394</v>
       </c>
       <c r="B1393" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1394" spans="1:2">
       <c r="A1394" s="2" t="s">
-        <v>1394</v>
+        <v>1395</v>
       </c>
       <c r="B1394" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1395" spans="1:2">
       <c r="A1395" s="2" t="s">
-        <v>1395</v>
+        <v>1396</v>
       </c>
       <c r="B1395" s="2" t="s">
-        <v>3</v>
+        <v>812</v>
       </c>
     </row>
     <row r="1396" spans="1:2">
       <c r="A1396" s="2" t="s">
-        <v>1396</v>
+        <v>1397</v>
       </c>
       <c r="B1396" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1397" spans="1:2">
       <c r="A1397" s="2" t="s">
-        <v>1397</v>
+        <v>1398</v>
       </c>
       <c r="B1397" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1398" spans="1:2">
       <c r="A1398" s="2" t="s">
-        <v>1398</v>
+        <v>1399</v>
       </c>
       <c r="B1398" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1399" spans="1:2">
       <c r="A1399" s="2" t="s">
-        <v>1399</v>
+        <v>1400</v>
       </c>
       <c r="B1399" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1400" spans="1:2">
       <c r="A1400" s="2" t="s">
-        <v>1400</v>
+        <v>1401</v>
       </c>
       <c r="B1400" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1401" spans="1:2">
       <c r="A1401" s="2" t="s">
-        <v>1401</v>
+        <v>1402</v>
       </c>
       <c r="B1401" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1402" spans="1:2">
       <c r="A1402" s="2" t="s">
-        <v>1402</v>
+        <v>1403</v>
       </c>
       <c r="B1402" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1403" spans="1:2">
       <c r="A1403" s="2" t="s">
-        <v>1403</v>
+        <v>1404</v>
       </c>
       <c r="B1403" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1404" spans="1:2">
       <c r="A1404" s="2" t="s">
-        <v>1404</v>
+        <v>1405</v>
       </c>
       <c r="B1404" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1405" spans="1:2">
       <c r="A1405" s="2" t="s">
-        <v>1405</v>
+        <v>1406</v>
       </c>
       <c r="B1405" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1406" spans="1:2">
       <c r="A1406" s="2" t="s">
-        <v>1406</v>
+        <v>1407</v>
       </c>
       <c r="B1406" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1407" spans="1:2">
       <c r="A1407" s="2" t="s">
-        <v>1407</v>
+        <v>1408</v>
       </c>
       <c r="B1407" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1408" spans="1:2">
       <c r="A1408" s="2" t="s">
-        <v>1408</v>
+        <v>1409</v>
       </c>
       <c r="B1408" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1409" spans="1:2">
       <c r="A1409" s="2" t="s">
-        <v>1409</v>
+        <v>1410</v>
       </c>
       <c r="B1409" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1410" spans="1:2">
       <c r="A1410" s="2" t="s">
-        <v>1410</v>
+        <v>1411</v>
       </c>
       <c r="B1410" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1411" spans="1:2">
       <c r="A1411" s="2" t="s">
-        <v>1411</v>
+        <v>1412</v>
       </c>
       <c r="B1411" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1412" spans="1:2">
       <c r="A1412" s="2" t="s">
-        <v>1412</v>
+        <v>1413</v>
       </c>
       <c r="B1412" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1413" spans="1:2">
       <c r="A1413" s="2" t="s">
-        <v>1413</v>
+        <v>1414</v>
       </c>
       <c r="B1413" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1414" spans="1:2">
       <c r="A1414" s="2" t="s">
-        <v>1414</v>
+        <v>1415</v>
       </c>
       <c r="B1414" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1415" spans="1:2">
       <c r="A1415" s="2" t="s">
-        <v>1415</v>
+        <v>1416</v>
       </c>
       <c r="B1415" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1416" spans="1:2">
       <c r="A1416" s="2" t="s">
-        <v>1416</v>
+        <v>1417</v>
       </c>
       <c r="B1416" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1417" spans="1:2">
       <c r="A1417" s="2" t="s">
-        <v>1417</v>
+        <v>1418</v>
       </c>
       <c r="B1417" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1418" spans="1:2">
       <c r="A1418" s="2" t="s">
-        <v>1418</v>
+        <v>1419</v>
       </c>
       <c r="B1418" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1419" spans="1:2">
       <c r="A1419" s="2" t="s">
-        <v>1419</v>
+        <v>1420</v>
       </c>
       <c r="B1419" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1420" spans="1:2">
       <c r="A1420" s="2" t="s">
-        <v>1420</v>
+        <v>1421</v>
       </c>
       <c r="B1420" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1421" spans="1:2">
       <c r="A1421" s="2" t="s">
-        <v>1421</v>
+        <v>1422</v>
       </c>
       <c r="B1421" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1422" spans="1:2">
       <c r="A1422" s="2" t="s">
-        <v>1422</v>
+        <v>1423</v>
       </c>
       <c r="B1422" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1423" spans="1:2">
       <c r="A1423" s="2" t="s">
-        <v>1423</v>
+        <v>1424</v>
       </c>
       <c r="B1423" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1424" spans="1:2">
       <c r="A1424" s="2" t="s">
-        <v>1424</v>
+        <v>1425</v>
       </c>
       <c r="B1424" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1425" spans="1:2">
       <c r="A1425" s="2" t="s">
-        <v>1425</v>
+        <v>1426</v>
       </c>
       <c r="B1425" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1426" spans="1:2">
       <c r="A1426" s="2" t="s">
-        <v>1426</v>
+        <v>1427</v>
       </c>
       <c r="B1426" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1427" spans="1:2">
       <c r="A1427" s="2" t="s">
-        <v>1427</v>
+        <v>1428</v>
       </c>
       <c r="B1427" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1428" spans="1:2">
       <c r="A1428" s="2" t="s">
-        <v>1428</v>
+        <v>1429</v>
       </c>
       <c r="B1428" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1429" spans="1:2">
       <c r="A1429" s="2" t="s">
-        <v>1429</v>
+        <v>1430</v>
       </c>
       <c r="B1429" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1430" spans="1:2">
       <c r="A1430" s="2" t="s">
-        <v>1430</v>
+        <v>1431</v>
       </c>
       <c r="B1430" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1431" spans="1:2">
       <c r="A1431" s="2" t="s">
-        <v>1431</v>
+        <v>1432</v>
       </c>
       <c r="B1431" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1432" spans="1:2">
       <c r="A1432" s="2" t="s">
-        <v>1432</v>
+        <v>1433</v>
       </c>
       <c r="B1432" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1433" spans="1:2">
       <c r="A1433" s="2" t="s">
-        <v>1433</v>
+        <v>1434</v>
       </c>
       <c r="B1433" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1434" spans="1:2">
       <c r="A1434" s="2" t="s">
-        <v>1434</v>
+        <v>1435</v>
       </c>
       <c r="B1434" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1435" spans="1:2">
       <c r="A1435" s="2" t="s">
-        <v>1435</v>
+        <v>1436</v>
       </c>
       <c r="B1435" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1436" spans="1:2">
       <c r="A1436" s="2" t="s">
-        <v>1436</v>
+        <v>1437</v>
       </c>
       <c r="B1436" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1437" spans="1:2">
       <c r="A1437" s="2" t="s">
-        <v>1437</v>
+        <v>1438</v>
       </c>
       <c r="B1437" s="2" t="s">
-        <v>89</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1438" spans="1:2">
       <c r="A1438" s="2" t="s">
-        <v>1438</v>
+        <v>1439</v>
       </c>
       <c r="B1438" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1439" spans="1:2">
       <c r="A1439" s="2" t="s">
-        <v>1439</v>
+        <v>1440</v>
       </c>
       <c r="B1439" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1440" spans="1:2">
       <c r="A1440" s="2" t="s">
-        <v>1440</v>
+        <v>1441</v>
       </c>
       <c r="B1440" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1441" spans="1:2">
       <c r="A1441" s="2" t="s">
-        <v>1441</v>
+        <v>1442</v>
       </c>
       <c r="B1441" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1442" spans="1:2">
       <c r="A1442" s="2" t="s">
-        <v>1442</v>
+        <v>1443</v>
       </c>
       <c r="B1442" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1443" spans="1:2">
       <c r="A1443" s="2" t="s">
-        <v>1443</v>
+        <v>1444</v>
       </c>
       <c r="B1443" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1444" spans="1:2">
       <c r="A1444" s="2" t="s">
-        <v>1444</v>
+        <v>1445</v>
       </c>
       <c r="B1444" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1445" spans="1:2">
       <c r="A1445" s="2" t="s">
-        <v>1445</v>
+        <v>1446</v>
       </c>
       <c r="B1445" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1446" spans="1:2">
       <c r="A1446" s="2" t="s">
-        <v>1446</v>
+        <v>1447</v>
       </c>
       <c r="B1446" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1447" spans="1:2">
       <c r="A1447" s="2" t="s">
-        <v>1447</v>
+        <v>1448</v>
       </c>
       <c r="B1447" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1448" spans="1:2">
       <c r="A1448" s="2" t="s">
-        <v>1448</v>
+        <v>1449</v>
       </c>
       <c r="B1448" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1449" spans="1:2">
       <c r="A1449" s="2" t="s">
-        <v>1449</v>
+        <v>1450</v>
       </c>
       <c r="B1449" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1450" spans="1:2">
       <c r="A1450" s="2" t="s">
-        <v>1450</v>
+        <v>1451</v>
       </c>
       <c r="B1450" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1451" spans="1:2">
       <c r="A1451" s="2" t="s">
-        <v>1451</v>
+        <v>1452</v>
       </c>
       <c r="B1451" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1452" spans="1:2">
       <c r="A1452" s="2" t="s">
-        <v>1452</v>
+        <v>1453</v>
       </c>
       <c r="B1452" s="2" t="s">
-        <v>3</v>
+        <v>89</v>
       </c>
     </row>
     <row r="1453" spans="1:2">
       <c r="A1453" s="2" t="s">
-        <v>1453</v>
+        <v>1454</v>
       </c>
       <c r="B1453" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1454" spans="1:2">
       <c r="A1454" s="2" t="s">
-        <v>1454</v>
+        <v>1455</v>
       </c>
       <c r="B1454" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1455" spans="1:2">
       <c r="A1455" s="2" t="s">
-        <v>1455</v>
+        <v>1456</v>
       </c>
       <c r="B1455" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1456" spans="1:2">
       <c r="A1456" s="2" t="s">
-        <v>1456</v>
+        <v>1457</v>
       </c>
       <c r="B1456" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1457" spans="1:2">
       <c r="A1457" s="2" t="s">
-        <v>1457</v>
+        <v>1458</v>
       </c>
       <c r="B1457" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1458" spans="1:2">
       <c r="A1458" s="2" t="s">
-        <v>1458</v>
+        <v>1459</v>
       </c>
       <c r="B1458" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1459" spans="1:2">
       <c r="A1459" s="2" t="s">
-        <v>1459</v>
+        <v>1460</v>
       </c>
       <c r="B1459" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1460" spans="1:2">
       <c r="A1460" s="2" t="s">
-        <v>1460</v>
+        <v>1461</v>
       </c>
       <c r="B1460" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1461" spans="1:2">
       <c r="A1461" s="2" t="s">
-        <v>1461</v>
+        <v>1462</v>
       </c>
       <c r="B1461" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1462" spans="1:2">
       <c r="A1462" s="2" t="s">
-        <v>1462</v>
+        <v>1463</v>
       </c>
       <c r="B1462" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1463" spans="1:2">
       <c r="A1463" s="2" t="s">
-        <v>1463</v>
+        <v>1464</v>
       </c>
       <c r="B1463" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1464" spans="1:2">
       <c r="A1464" s="2" t="s">
-        <v>1464</v>
+        <v>1465</v>
       </c>
       <c r="B1464" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1465" spans="1:2">
       <c r="A1465" s="2" t="s">
-        <v>1465</v>
+        <v>1466</v>
       </c>
       <c r="B1465" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1466" spans="1:2">
       <c r="A1466" s="2" t="s">
-        <v>1466</v>
+        <v>1467</v>
       </c>
       <c r="B1466" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1467" spans="1:2">
       <c r="A1467" s="2" t="s">
-        <v>1467</v>
+        <v>1468</v>
       </c>
       <c r="B1467" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1468" spans="1:2">
       <c r="A1468" s="2" t="s">
-        <v>1468</v>
+        <v>1469</v>
       </c>
       <c r="B1468" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1469" spans="1:2">
       <c r="A1469" s="2" t="s">
-        <v>1469</v>
+        <v>1470</v>
       </c>
       <c r="B1469" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1470" spans="1:2">
       <c r="A1470" s="2" t="s">
-        <v>1470</v>
+        <v>1471</v>
       </c>
       <c r="B1470" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1471" spans="1:2">
       <c r="A1471" s="2" t="s">
-        <v>1471</v>
+        <v>1472</v>
       </c>
       <c r="B1471" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1472" spans="1:2">
       <c r="A1472" s="2" t="s">
-        <v>1472</v>
+        <v>1473</v>
       </c>
       <c r="B1472" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1473" spans="1:2">
       <c r="A1473" s="2" t="s">
-        <v>1473</v>
+        <v>1474</v>
       </c>
       <c r="B1473" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1474" spans="1:2">
       <c r="A1474" s="2" t="s">
-        <v>1474</v>
+        <v>1475</v>
       </c>
       <c r="B1474" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1475" spans="1:2">
       <c r="A1475" s="2" t="s">
-        <v>1475</v>
+        <v>1476</v>
       </c>
       <c r="B1475" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1476" spans="1:2">
       <c r="A1476" s="2" t="s">
-        <v>1476</v>
+        <v>1477</v>
       </c>
       <c r="B1476" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1477" spans="1:2">
       <c r="A1477" s="2" t="s">
-        <v>1477</v>
+        <v>1478</v>
       </c>
       <c r="B1477" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1478" spans="1:2">
       <c r="A1478" s="2" t="s">
-        <v>1478</v>
+        <v>1479</v>
       </c>
       <c r="B1478" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1479" spans="1:2">
       <c r="A1479" s="2" t="s">
-        <v>1479</v>
+        <v>1480</v>
       </c>
       <c r="B1479" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1480" spans="1:2">
       <c r="A1480" s="2" t="s">
-        <v>1480</v>
+        <v>1481</v>
       </c>
       <c r="B1480" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1481" spans="1:2">
       <c r="A1481" s="2" t="s">
-        <v>1481</v>
+        <v>1482</v>
       </c>
       <c r="B1481" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1482" spans="1:2">
       <c r="A1482" s="2" t="s">
-        <v>1482</v>
+        <v>1483</v>
       </c>
       <c r="B1482" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1483" spans="1:2">
       <c r="A1483" s="2" t="s">
-        <v>1483</v>
+        <v>1484</v>
       </c>
       <c r="B1483" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1484" spans="1:2">
       <c r="A1484" s="2" t="s">
-        <v>1484</v>
+        <v>1485</v>
       </c>
       <c r="B1484" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1485" spans="1:2">
       <c r="A1485" s="2" t="s">
-        <v>1485</v>
+        <v>1486</v>
       </c>
       <c r="B1485" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1486" spans="1:2">
       <c r="A1486" s="2" t="s">
-        <v>1486</v>
+        <v>1487</v>
       </c>
       <c r="B1486" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1487" spans="1:2">
       <c r="A1487" s="2" t="s">
-        <v>1487</v>
+        <v>1488</v>
       </c>
       <c r="B1487" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1488" spans="1:2">
       <c r="A1488" s="2" t="s">
-        <v>1488</v>
+        <v>1489</v>
       </c>
       <c r="B1488" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1489" spans="1:2">
       <c r="A1489" s="2" t="s">
-        <v>1489</v>
+        <v>1490</v>
       </c>
       <c r="B1489" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1490" spans="1:2">
       <c r="A1490" s="2" t="s">
-        <v>1490</v>
+        <v>1491</v>
       </c>
       <c r="B1490" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1491" spans="1:2">
       <c r="A1491" s="2" t="s">
-        <v>1491</v>
+        <v>1492</v>
       </c>
       <c r="B1491" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1492" spans="1:2">
       <c r="A1492" s="2" t="s">
-        <v>1492</v>
+        <v>1493</v>
       </c>
       <c r="B1492" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1493" spans="1:2">
       <c r="A1493" s="2" t="s">
-        <v>1493</v>
+        <v>1494</v>
       </c>
       <c r="B1493" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1494" spans="1:2">
       <c r="A1494" s="2" t="s">
-        <v>1494</v>
+        <v>1495</v>
       </c>
       <c r="B1494" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1495" spans="1:2">
       <c r="A1495" s="2" t="s">
-        <v>1495</v>
+        <v>1496</v>
       </c>
       <c r="B1495" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1496" spans="1:2">
       <c r="A1496" s="2" t="s">
-        <v>1496</v>
+        <v>1497</v>
       </c>
       <c r="B1496" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1497" spans="1:2">
       <c r="A1497" s="2" t="s">
-        <v>1497</v>
+        <v>1498</v>
       </c>
       <c r="B1497" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1498" spans="1:2">
       <c r="A1498" s="2" t="s">
-        <v>1498</v>
+        <v>1499</v>
       </c>
       <c r="B1498" s="2" t="s">
-        <v>89</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1499" spans="1:2">
       <c r="A1499" s="2" t="s">
-        <v>1499</v>
+        <v>1500</v>
       </c>
       <c r="B1499" s="2" t="s">
-        <v>89</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1500" spans="1:2">
       <c r="A1500" s="2" t="s">
-        <v>1500</v>
+        <v>1501</v>
       </c>
       <c r="B1500" s="2" t="s">
-        <v>89</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1501" spans="1:2">
       <c r="A1501" s="2" t="s">
-        <v>1501</v>
+        <v>1502</v>
       </c>
       <c r="B1501" s="2" t="s">
-        <v>89</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1502" spans="1:2">
       <c r="A1502" s="2" t="s">
-        <v>1502</v>
+        <v>1503</v>
       </c>
       <c r="B1502" s="2" t="s">
-        <v>89</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1503" spans="1:2">
       <c r="A1503" s="2" t="s">
-        <v>1503</v>
+        <v>1504</v>
       </c>
       <c r="B1503" s="2" t="s">
-        <v>89</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1504" spans="1:2">
       <c r="A1504" s="2" t="s">
-        <v>1504</v>
+        <v>1505</v>
       </c>
       <c r="B1504" s="2" t="s">
-        <v>89</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1505" spans="1:2">
       <c r="A1505" s="2" t="s">
-        <v>1505</v>
+        <v>1506</v>
       </c>
       <c r="B1505" s="2" t="s">
-        <v>89</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1506" spans="1:2">
       <c r="A1506" s="2" t="s">
-        <v>1506</v>
+        <v>1507</v>
       </c>
       <c r="B1506" s="2" t="s">
-        <v>89</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1507" spans="1:2">
       <c r="A1507" s="2" t="s">
-        <v>1507</v>
+        <v>1508</v>
       </c>
       <c r="B1507" s="2" t="s">
-        <v>89</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1508" spans="1:2">
       <c r="A1508" s="2" t="s">
-        <v>1508</v>
+        <v>1509</v>
       </c>
       <c r="B1508" s="2" t="s">
-        <v>89</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1509" spans="1:2">
       <c r="A1509" s="2" t="s">
-        <v>1509</v>
+        <v>1510</v>
       </c>
       <c r="B1509" s="2" t="s">
-        <v>89</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1510" spans="1:2">
       <c r="A1510" s="2" t="s">
-        <v>1510</v>
+        <v>1511</v>
       </c>
       <c r="B1510" s="2" t="s">
-        <v>89</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1511" spans="1:2">
       <c r="A1511" s="2" t="s">
-        <v>1511</v>
+        <v>1512</v>
       </c>
       <c r="B1511" s="2" t="s">
-        <v>89</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1512" spans="1:2">
       <c r="A1512" s="2" t="s">
-        <v>1512</v>
+        <v>1513</v>
       </c>
       <c r="B1512" s="2" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="1513" spans="1:2">
       <c r="A1513" s="2" t="s">
-        <v>1513</v>
+        <v>1514</v>
       </c>
       <c r="B1513" s="2" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="1514" spans="1:2">
       <c r="A1514" s="2" t="s">
-        <v>1514</v>
+        <v>1515</v>
       </c>
       <c r="B1514" s="2" t="s">
-        <v>5</v>
+        <v>89</v>
       </c>
     </row>
     <row r="1515" spans="1:2">
       <c r="A1515" s="2" t="s">
-        <v>1515</v>
+        <v>1516</v>
       </c>
       <c r="B1515" s="2" t="s">
-        <v>5</v>
+        <v>89</v>
       </c>
     </row>
     <row r="1516" spans="1:2">
       <c r="A1516" s="2" t="s">
-        <v>1516</v>
+        <v>1517</v>
       </c>
       <c r="B1516" s="2" t="s">
-        <v>5</v>
+        <v>89</v>
       </c>
     </row>
     <row r="1517" spans="1:2">
       <c r="A1517" s="2" t="s">
-        <v>1517</v>
+        <v>1518</v>
       </c>
       <c r="B1517" s="2" t="s">
-        <v>5</v>
+        <v>89</v>
       </c>
     </row>
     <row r="1518" spans="1:2">
       <c r="A1518" s="2" t="s">
-        <v>1518</v>
+        <v>1519</v>
       </c>
       <c r="B1518" s="2" t="s">
-        <v>5</v>
+        <v>89</v>
       </c>
     </row>
     <row r="1519" spans="1:2">
       <c r="A1519" s="2" t="s">
-        <v>1519</v>
+        <v>1520</v>
       </c>
       <c r="B1519" s="2" t="s">
-        <v>5</v>
+        <v>89</v>
       </c>
     </row>
     <row r="1520" spans="1:2">
       <c r="A1520" s="2" t="s">
-        <v>1520</v>
+        <v>1521</v>
       </c>
       <c r="B1520" s="2" t="s">
-        <v>5</v>
+        <v>89</v>
       </c>
     </row>
     <row r="1521" spans="1:2">
       <c r="A1521" s="2" t="s">
-        <v>1521</v>
+        <v>1522</v>
       </c>
       <c r="B1521" s="2" t="s">
-        <v>5</v>
+        <v>89</v>
       </c>
     </row>
     <row r="1522" spans="1:2">
       <c r="A1522" s="2" t="s">
-        <v>1522</v>
+        <v>1523</v>
       </c>
       <c r="B1522" s="2" t="s">
-        <v>5</v>
+        <v>89</v>
       </c>
     </row>
     <row r="1523" spans="1:2">
       <c r="A1523" s="2" t="s">
-        <v>1523</v>
+        <v>1524</v>
       </c>
       <c r="B1523" s="2" t="s">
-        <v>5</v>
+        <v>89</v>
       </c>
     </row>
     <row r="1524" spans="1:2">
       <c r="A1524" s="2" t="s">
-        <v>1524</v>
+        <v>1525</v>
       </c>
       <c r="B1524" s="2" t="s">
-        <v>5</v>
+        <v>89</v>
       </c>
     </row>
     <row r="1525" spans="1:2">
       <c r="A1525" s="2" t="s">
-        <v>1525</v>
+        <v>1526</v>
       </c>
       <c r="B1525" s="2" t="s">
-        <v>5</v>
+        <v>89</v>
       </c>
     </row>
     <row r="1526" spans="1:2">
       <c r="A1526" s="2" t="s">
-        <v>1526</v>
+        <v>1527</v>
       </c>
       <c r="B1526" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1527" spans="1:2">
       <c r="A1527" s="2" t="s">
-        <v>1527</v>
+        <v>1528</v>
       </c>
       <c r="B1527" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1528" spans="1:2">
       <c r="A1528" s="2" t="s">
-        <v>1528</v>
+        <v>1529</v>
       </c>
       <c r="B1528" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1529" spans="1:2">
       <c r="A1529" s="2" t="s">
-        <v>1529</v>
+        <v>1530</v>
       </c>
       <c r="B1529" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1530" spans="1:2">
       <c r="A1530" s="2" t="s">
-        <v>1530</v>
+        <v>1531</v>
       </c>
       <c r="B1530" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1531" spans="1:2">
       <c r="A1531" s="2" t="s">
-        <v>1531</v>
+        <v>1532</v>
       </c>
       <c r="B1531" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1532" spans="1:2">
       <c r="A1532" s="2" t="s">
-        <v>1532</v>
+        <v>1533</v>
       </c>
       <c r="B1532" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1533" spans="1:2">
       <c r="A1533" s="2" t="s">
-        <v>1533</v>
+        <v>1534</v>
       </c>
       <c r="B1533" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1534" spans="1:2">
       <c r="A1534" s="2" t="s">
-        <v>1534</v>
+        <v>1535</v>
       </c>
       <c r="B1534" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1535" spans="1:2">
       <c r="A1535" s="2" t="s">
-        <v>1535</v>
+        <v>1536</v>
       </c>
       <c r="B1535" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1536" spans="1:2">
       <c r="A1536" s="2" t="s">
-        <v>1536</v>
+        <v>1537</v>
       </c>
       <c r="B1536" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1537" spans="1:2">
       <c r="A1537" s="2" t="s">
-        <v>1537</v>
+        <v>1538</v>
       </c>
       <c r="B1537" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1538" spans="1:2">
       <c r="A1538" s="2" t="s">
-        <v>1538</v>
+        <v>1539</v>
       </c>
       <c r="B1538" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1539" spans="1:2">
       <c r="A1539" s="2" t="s">
-        <v>1539</v>
+        <v>1540</v>
       </c>
       <c r="B1539" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1540" spans="1:2">
       <c r="A1540" s="2" t="s">
-        <v>1540</v>
+        <v>1541</v>
       </c>
       <c r="B1540" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1541" spans="1:2">
       <c r="A1541" s="2" t="s">
-        <v>1541</v>
+        <v>1542</v>
       </c>
       <c r="B1541" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1542" spans="1:2">
       <c r="A1542" s="2" t="s">
-        <v>1542</v>
+        <v>1543</v>
       </c>
       <c r="B1542" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1543" spans="1:2">
       <c r="A1543" s="2" t="s">
-        <v>1543</v>
+        <v>1544</v>
       </c>
       <c r="B1543" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1544" spans="1:2">
       <c r="A1544" s="2" t="s">
-        <v>1544</v>
+        <v>1545</v>
       </c>
       <c r="B1544" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1545" spans="1:2">
       <c r="A1545" s="2" t="s">
-        <v>1545</v>
+        <v>1546</v>
       </c>
       <c r="B1545" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1546" spans="1:2">
       <c r="A1546" s="2" t="s">
-        <v>1546</v>
+        <v>1547</v>
       </c>
       <c r="B1546" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1547" spans="1:2">
       <c r="A1547" s="2" t="s">
-        <v>1547</v>
+        <v>1548</v>
       </c>
       <c r="B1547" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1548" spans="1:2">
       <c r="A1548" s="2" t="s">
-        <v>1548</v>
+        <v>1549</v>
       </c>
       <c r="B1548" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1549" spans="1:2">
       <c r="A1549" s="2" t="s">
-        <v>1549</v>
+        <v>1550</v>
       </c>
       <c r="B1549" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1550" spans="1:2">
       <c r="A1550" s="2" t="s">
-        <v>1550</v>
+        <v>1551</v>
       </c>
       <c r="B1550" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1551" spans="1:2">
       <c r="A1551" s="2" t="s">
-        <v>1551</v>
+        <v>1552</v>
       </c>
       <c r="B1551" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1552" spans="1:2">
       <c r="A1552" s="2" t="s">
-        <v>1552</v>
+        <v>1553</v>
       </c>
       <c r="B1552" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1553" spans="1:2">
       <c r="A1553" s="2" t="s">
-        <v>1553</v>
+        <v>1554</v>
       </c>
       <c r="B1553" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1554" spans="1:2">
       <c r="A1554" s="2" t="s">
-        <v>1554</v>
+        <v>1555</v>
       </c>
       <c r="B1554" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1555" spans="1:2">
       <c r="A1555" s="2" t="s">
-        <v>1555</v>
+        <v>1556</v>
       </c>
       <c r="B1555" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1556" spans="1:2">
       <c r="A1556" s="2" t="s">
-        <v>1556</v>
+        <v>1557</v>
       </c>
       <c r="B1556" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1557" spans="1:2">
       <c r="A1557" s="2" t="s">
-        <v>1557</v>
+        <v>1558</v>
       </c>
       <c r="B1557" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1558" spans="1:2">
       <c r="A1558" s="2" t="s">
-        <v>1558</v>
+        <v>1559</v>
       </c>
       <c r="B1558" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1559" spans="1:2">
       <c r="A1559" s="2" t="s">
-        <v>1559</v>
+        <v>1560</v>
       </c>
       <c r="B1559" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1560" spans="1:2">
       <c r="A1560" s="2" t="s">
-        <v>1560</v>
+        <v>1561</v>
       </c>
       <c r="B1560" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1561" spans="1:2">
       <c r="A1561" s="2" t="s">
-        <v>1561</v>
+        <v>1562</v>
       </c>
       <c r="B1561" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1562" spans="1:2">
       <c r="A1562" s="2" t="s">
-        <v>1562</v>
+        <v>1563</v>
       </c>
       <c r="B1562" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1563" spans="1:2">
       <c r="A1563" s="2" t="s">
-        <v>1563</v>
+        <v>1564</v>
       </c>
       <c r="B1563" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1564" spans="1:2">
       <c r="A1564" s="2" t="s">
-        <v>1564</v>
+        <v>1565</v>
       </c>
       <c r="B1564" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1565" spans="1:2">
       <c r="A1565" s="2" t="s">
-        <v>1565</v>
+        <v>1566</v>
       </c>
       <c r="B1565" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1566" spans="1:2">
       <c r="A1566" s="2" t="s">
-        <v>1566</v>
+        <v>1567</v>
       </c>
       <c r="B1566" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1567" spans="1:2">
       <c r="A1567" s="2" t="s">
-        <v>1567</v>
+        <v>1568</v>
       </c>
       <c r="B1567" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1568" spans="1:2">
       <c r="A1568" s="2" t="s">
-        <v>1568</v>
+        <v>1569</v>
       </c>
       <c r="B1568" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1569" spans="1:2">
       <c r="A1569" s="2" t="s">
-        <v>1569</v>
+        <v>1570</v>
       </c>
       <c r="B1569" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1570" spans="1:2">
       <c r="A1570" s="2" t="s">
-        <v>1570</v>
+        <v>1571</v>
       </c>
       <c r="B1570" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1571" spans="1:2">
       <c r="A1571" s="2" t="s">
-        <v>1571</v>
+        <v>1572</v>
       </c>
       <c r="B1571" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1572" spans="1:2">
       <c r="A1572" s="2" t="s">
-        <v>1572</v>
+        <v>1573</v>
       </c>
       <c r="B1572" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1573" spans="1:2">
       <c r="A1573" s="2" t="s">
-        <v>1573</v>
+        <v>1574</v>
       </c>
       <c r="B1573" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1574" spans="1:2">
       <c r="A1574" s="2" t="s">
-        <v>1574</v>
+        <v>1575</v>
       </c>
       <c r="B1574" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1575" spans="1:2">
       <c r="A1575" s="2" t="s">
-        <v>1575</v>
+        <v>1576</v>
       </c>
       <c r="B1575" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1576" spans="1:2">
       <c r="A1576" s="2" t="s">
-        <v>1576</v>
+        <v>1577</v>
       </c>
       <c r="B1576" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1577" spans="1:2">
       <c r="A1577" s="2" t="s">
-        <v>1577</v>
+        <v>1578</v>
       </c>
       <c r="B1577" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1578" spans="1:2">
       <c r="A1578" s="2" t="s">
-        <v>1578</v>
+        <v>1579</v>
       </c>
       <c r="B1578" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1579" spans="1:2">
       <c r="A1579" s="2" t="s">
-        <v>1579</v>
+        <v>1580</v>
       </c>
       <c r="B1579" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1580" spans="1:2">
       <c r="A1580" s="2" t="s">
-        <v>1580</v>
+        <v>1581</v>
       </c>
       <c r="B1580" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1581" spans="1:2">
       <c r="A1581" s="2" t="s">
-        <v>1581</v>
+        <v>1582</v>
       </c>
       <c r="B1581" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1582" spans="1:2">
       <c r="A1582" s="2" t="s">
-        <v>1582</v>
+        <v>1583</v>
       </c>
       <c r="B1582" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1583" spans="1:2">
       <c r="A1583" s="2" t="s">
-        <v>1583</v>
+        <v>1584</v>
       </c>
       <c r="B1583" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1584" spans="1:2">
       <c r="A1584" s="2" t="s">
-        <v>1584</v>
+        <v>1585</v>
       </c>
       <c r="B1584" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1585" spans="1:2">
       <c r="A1585" s="2" t="s">
-        <v>1585</v>
+        <v>1586</v>
       </c>
       <c r="B1585" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1586" spans="1:2">
       <c r="A1586" s="2" t="s">
-        <v>1586</v>
+        <v>1587</v>
       </c>
       <c r="B1586" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1587" spans="1:2">
       <c r="A1587" s="2" t="s">
-        <v>1587</v>
+        <v>1588</v>
       </c>
       <c r="B1587" s="2" t="s">
-        <v>13</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1588" spans="1:2">
       <c r="A1588" s="2" t="s">
-        <v>1588</v>
+        <v>1589</v>
       </c>
       <c r="B1588" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1589" spans="1:2">
       <c r="A1589" s="2" t="s">
-        <v>1589</v>
+        <v>1590</v>
       </c>
       <c r="B1589" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1590" spans="1:2">
       <c r="A1590" s="2" t="s">
-        <v>1590</v>
+        <v>1591</v>
       </c>
       <c r="B1590" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1591" spans="1:2">
       <c r="A1591" s="2" t="s">
-        <v>1591</v>
+        <v>1592</v>
       </c>
       <c r="B1591" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1592" spans="1:2">
       <c r="A1592" s="2" t="s">
-        <v>1592</v>
+        <v>1593</v>
       </c>
       <c r="B1592" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1593" spans="1:2">
       <c r="A1593" s="2" t="s">
-        <v>1593</v>
+        <v>1594</v>
       </c>
       <c r="B1593" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1594" spans="1:2">
       <c r="A1594" s="2" t="s">
-        <v>1594</v>
+        <v>1595</v>
       </c>
       <c r="B1594" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1595" spans="1:2">
       <c r="A1595" s="2" t="s">
-        <v>1595</v>
+        <v>1596</v>
       </c>
       <c r="B1595" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1596" spans="1:2">
       <c r="A1596" s="2" t="s">
-        <v>1596</v>
+        <v>1597</v>
       </c>
       <c r="B1596" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1597" spans="1:2">
       <c r="A1597" s="2" t="s">
-        <v>1597</v>
+        <v>1598</v>
       </c>
       <c r="B1597" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1598" spans="1:2">
       <c r="A1598" s="2" t="s">
-        <v>1598</v>
+        <v>1599</v>
       </c>
       <c r="B1598" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1599" spans="1:2">
       <c r="A1599" s="2" t="s">
-        <v>1599</v>
+        <v>1600</v>
       </c>
       <c r="B1599" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1600" spans="1:2">
       <c r="A1600" s="2" t="s">
-        <v>1600</v>
+        <v>1601</v>
       </c>
       <c r="B1600" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1601" spans="1:2">
       <c r="A1601" s="2" t="s">
-        <v>1601</v>
+        <v>1602</v>
       </c>
       <c r="B1601" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1602" spans="1:2">
       <c r="A1602" s="2" t="s">
-        <v>1602</v>
+        <v>1603</v>
       </c>
       <c r="B1602" s="2" t="s">
-        <v>5</v>
+        <v>13</v>
       </c>
     </row>
     <row r="1603" spans="1:2">
       <c r="A1603" s="2" t="s">
-        <v>1603</v>
+        <v>1604</v>
       </c>
       <c r="B1603" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1604" spans="1:2">
       <c r="A1604" s="2" t="s">
-        <v>1604</v>
+        <v>1605</v>
       </c>
       <c r="B1604" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1605" spans="1:2">
       <c r="A1605" s="2" t="s">
-        <v>1605</v>
+        <v>1606</v>
       </c>
       <c r="B1605" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1606" spans="1:2">
       <c r="A1606" s="2" t="s">
-        <v>1606</v>
+        <v>1607</v>
       </c>
       <c r="B1606" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1607" spans="1:2">
       <c r="A1607" s="2" t="s">
-        <v>1607</v>
+        <v>1608</v>
       </c>
       <c r="B1607" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1608" spans="1:2">
       <c r="A1608" s="2" t="s">
-        <v>1608</v>
+        <v>1609</v>
       </c>
       <c r="B1608" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1609" spans="1:2">
       <c r="A1609" s="2" t="s">
-        <v>1609</v>
+        <v>1610</v>
       </c>
       <c r="B1609" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1610" spans="1:2">
       <c r="A1610" s="2" t="s">
-        <v>1610</v>
+        <v>1611</v>
       </c>
       <c r="B1610" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1611" spans="1:2">
       <c r="A1611" s="2" t="s">
-        <v>1611</v>
+        <v>1612</v>
       </c>
       <c r="B1611" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1612" spans="1:2">
       <c r="A1612" s="2" t="s">
-        <v>1612</v>
+        <v>1613</v>
       </c>
       <c r="B1612" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1613" spans="1:2">
       <c r="A1613" s="2" t="s">
-        <v>1613</v>
+        <v>1614</v>
       </c>
       <c r="B1613" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1614" spans="1:2">
       <c r="A1614" s="2" t="s">
-        <v>1614</v>
+        <v>1615</v>
       </c>
       <c r="B1614" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1615" spans="1:2">
       <c r="A1615" s="2" t="s">
-        <v>1615</v>
+        <v>1616</v>
       </c>
       <c r="B1615" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1616" spans="1:2">
       <c r="A1616" s="2" t="s">
-        <v>1616</v>
+        <v>1617</v>
       </c>
       <c r="B1616" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1617" spans="1:2">
       <c r="A1617" s="2" t="s">
-        <v>1617</v>
+        <v>1618</v>
       </c>
       <c r="B1617" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1618" spans="1:2">
       <c r="A1618" s="2" t="s">
-        <v>1618</v>
+        <v>1619</v>
       </c>
       <c r="B1618" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1619" spans="1:2">
       <c r="A1619" s="2" t="s">
-        <v>1619</v>
+        <v>1620</v>
       </c>
       <c r="B1619" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1620" spans="1:2">
       <c r="A1620" s="2" t="s">
-        <v>1620</v>
+        <v>1621</v>
       </c>
       <c r="B1620" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1621" spans="1:2">
       <c r="A1621" s="2" t="s">
-        <v>1621</v>
+        <v>1622</v>
       </c>
       <c r="B1621" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1622" spans="1:2">
       <c r="A1622" s="2" t="s">
-        <v>1622</v>
+        <v>1623</v>
       </c>
       <c r="B1622" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1623" spans="1:2">
       <c r="A1623" s="2" t="s">
-        <v>1623</v>
+        <v>1624</v>
       </c>
       <c r="B1623" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1624" spans="1:2">
       <c r="A1624" s="2" t="s">
-        <v>1623</v>
+        <v>1625</v>
       </c>
       <c r="B1624" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1625" spans="1:2">
       <c r="A1625" s="2" t="s">
-        <v>1624</v>
+        <v>1626</v>
       </c>
       <c r="B1625" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1626" spans="1:2">
       <c r="A1626" s="2" t="s">
-        <v>1625</v>
+        <v>1627</v>
       </c>
       <c r="B1626" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1627" spans="1:2">
       <c r="A1627" s="2" t="s">
-        <v>1626</v>
+        <v>1628</v>
       </c>
       <c r="B1627" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1628" spans="1:2">
       <c r="A1628" s="2" t="s">
-        <v>1627</v>
+        <v>1629</v>
       </c>
       <c r="B1628" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1629" spans="1:2">
       <c r="A1629" s="2" t="s">
-        <v>1628</v>
+        <v>1630</v>
       </c>
       <c r="B1629" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1630" spans="1:2">
       <c r="A1630" s="2" t="s">
-        <v>1629</v>
+        <v>1631</v>
       </c>
       <c r="B1630" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1631" spans="1:2">
       <c r="A1631" s="2" t="s">
-        <v>1630</v>
+        <v>1632</v>
       </c>
       <c r="B1631" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1632" spans="1:2">
       <c r="A1632" s="2" t="s">
-        <v>1631</v>
+        <v>1633</v>
       </c>
       <c r="B1632" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1633" spans="1:2">
       <c r="A1633" s="2" t="s">
-        <v>1632</v>
+        <v>1634</v>
       </c>
       <c r="B1633" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1634" spans="1:2">
       <c r="A1634" s="2" t="s">
-        <v>1633</v>
+        <v>1635</v>
       </c>
       <c r="B1634" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1635" spans="1:2">
       <c r="A1635" s="2" t="s">
-        <v>1634</v>
+        <v>1636</v>
       </c>
       <c r="B1635" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1636" spans="1:2">
       <c r="A1636" s="2" t="s">
-        <v>1635</v>
+        <v>1637</v>
       </c>
       <c r="B1636" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1637" spans="1:2">
       <c r="A1637" s="2" t="s">
-        <v>1636</v>
+        <v>1638</v>
       </c>
       <c r="B1637" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1638" spans="1:2">
       <c r="A1638" s="2" t="s">
-        <v>1637</v>
+        <v>1639</v>
       </c>
       <c r="B1638" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1639" spans="1:2">
       <c r="A1639" s="2" t="s">
-        <v>1638</v>
+        <v>1640</v>
       </c>
       <c r="B1639" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1640" spans="1:2">
       <c r="A1640" s="2" t="s">
-        <v>1639</v>
+        <v>1641</v>
       </c>
       <c r="B1640" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1641" spans="1:2">
       <c r="A1641" s="2" t="s">
-        <v>1640</v>
+        <v>1642</v>
       </c>
       <c r="B1641" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1642" spans="1:2">
       <c r="A1642" s="2" t="s">
-        <v>1640</v>
+        <v>1643</v>
       </c>
       <c r="B1642" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1643" spans="1:2">
       <c r="A1643" s="2" t="s">
-        <v>1641</v>
+        <v>1643</v>
       </c>
       <c r="B1643" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1644" spans="1:2">
       <c r="A1644" s="2" t="s">
-        <v>1642</v>
+        <v>1644</v>
       </c>
       <c r="B1644" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1645" spans="1:2">
       <c r="A1645" s="2" t="s">
-        <v>1643</v>
+        <v>1645</v>
       </c>
       <c r="B1645" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1646" spans="1:2">
       <c r="A1646" s="2" t="s">
-        <v>1644</v>
+        <v>1646</v>
       </c>
       <c r="B1646" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1647" spans="1:2">
       <c r="A1647" s="2" t="s">
-        <v>1645</v>
+        <v>1647</v>
       </c>
       <c r="B1647" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1648" spans="1:2">
       <c r="A1648" s="2" t="s">
-        <v>1646</v>
+        <v>1648</v>
       </c>
       <c r="B1648" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1649" spans="1:2">
       <c r="A1649" s="2" t="s">
-        <v>1647</v>
+        <v>1649</v>
       </c>
       <c r="B1649" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1650" spans="1:2">
       <c r="A1650" s="2" t="s">
-        <v>1648</v>
+        <v>1650</v>
       </c>
       <c r="B1650" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1651" spans="1:2">
       <c r="A1651" s="2" t="s">
-        <v>1649</v>
+        <v>1651</v>
       </c>
       <c r="B1651" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1652" spans="1:2">
       <c r="A1652" s="2" t="s">
-        <v>1650</v>
+        <v>1652</v>
       </c>
       <c r="B1652" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1653" spans="1:2">
       <c r="A1653" s="2" t="s">
-        <v>1651</v>
+        <v>1653</v>
       </c>
       <c r="B1653" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1654" spans="1:2">
       <c r="A1654" s="2" t="s">
-        <v>1652</v>
+        <v>1654</v>
       </c>
       <c r="B1654" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1655" spans="1:2">
       <c r="A1655" s="2" t="s">
-        <v>1653</v>
+        <v>1655</v>
       </c>
       <c r="B1655" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1656" spans="1:2">
       <c r="A1656" s="2" t="s">
-        <v>1654</v>
+        <v>1656</v>
       </c>
       <c r="B1656" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1657" spans="1:2">
       <c r="A1657" s="2" t="s">
-        <v>1655</v>
+        <v>1657</v>
       </c>
       <c r="B1657" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1658" spans="1:2">
       <c r="A1658" s="2" t="s">
-        <v>1656</v>
+        <v>1658</v>
       </c>
       <c r="B1658" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1659" spans="1:2">
       <c r="A1659" s="2" t="s">
-        <v>1657</v>
+        <v>1659</v>
       </c>
       <c r="B1659" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1660" spans="1:2">
       <c r="A1660" s="2" t="s">
-        <v>1658</v>
+        <v>1660</v>
       </c>
       <c r="B1660" s="2" t="s">
-        <v>13</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1661" spans="1:2">
       <c r="A1661" s="2" t="s">
-        <v>1659</v>
+        <v>1660</v>
       </c>
       <c r="B1661" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1662" spans="1:2">
       <c r="A1662" s="2" t="s">
-        <v>1660</v>
+        <v>1661</v>
       </c>
       <c r="B1662" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1663" spans="1:2">
       <c r="A1663" s="2" t="s">
-        <v>1661</v>
+        <v>1662</v>
       </c>
       <c r="B1663" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1664" spans="1:2">
       <c r="A1664" s="2" t="s">
-        <v>1662</v>
+        <v>1663</v>
       </c>
       <c r="B1664" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1665" spans="1:2">
       <c r="A1665" s="2" t="s">
-        <v>1663</v>
+        <v>1664</v>
       </c>
       <c r="B1665" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1666" spans="1:2">
       <c r="A1666" s="2" t="s">
-        <v>1664</v>
+        <v>1665</v>
       </c>
       <c r="B1666" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1667" spans="1:2">
       <c r="A1667" s="2" t="s">
-        <v>1665</v>
+        <v>1666</v>
       </c>
       <c r="B1667" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1668" spans="1:2">
       <c r="A1668" s="2" t="s">
-        <v>1666</v>
+        <v>1667</v>
       </c>
       <c r="B1668" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1669" spans="1:2">
       <c r="A1669" s="2" t="s">
-        <v>1667</v>
+        <v>1668</v>
       </c>
       <c r="B1669" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1670" spans="1:2">
       <c r="A1670" s="2" t="s">
-        <v>1668</v>
+        <v>1669</v>
       </c>
       <c r="B1670" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1671" spans="1:2">
       <c r="A1671" s="2" t="s">
-        <v>1669</v>
+        <v>1670</v>
       </c>
       <c r="B1671" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1672" spans="1:2">
       <c r="A1672" s="2" t="s">
-        <v>1670</v>
+        <v>1671</v>
       </c>
       <c r="B1672" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1673" spans="1:2">
       <c r="A1673" s="2" t="s">
-        <v>1671</v>
+        <v>1672</v>
       </c>
       <c r="B1673" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1674" spans="1:2">
       <c r="A1674" s="2" t="s">
-        <v>1672</v>
+        <v>1673</v>
       </c>
       <c r="B1674" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1675" spans="1:2">
       <c r="A1675" s="2" t="s">
-        <v>1673</v>
+        <v>1674</v>
       </c>
       <c r="B1675" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1676" spans="1:2">
       <c r="A1676" s="2" t="s">
-        <v>1674</v>
+        <v>1675</v>
       </c>
       <c r="B1676" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1677" spans="1:2">
       <c r="A1677" s="2" t="s">
-        <v>1675</v>
+        <v>1676</v>
       </c>
       <c r="B1677" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1678" spans="1:2">
       <c r="A1678" s="2" t="s">
-        <v>1676</v>
+        <v>1677</v>
       </c>
       <c r="B1678" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1679" spans="1:2">
       <c r="A1679" s="2" t="s">
-        <v>1677</v>
+        <v>1678</v>
       </c>
       <c r="B1679" s="2" t="s">
-        <v>3</v>
+        <v>13</v>
       </c>
     </row>
     <row r="1680" spans="1:2">
       <c r="A1680" s="2" t="s">
-        <v>1678</v>
+        <v>1679</v>
       </c>
       <c r="B1680" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1681" spans="1:2">
       <c r="A1681" s="2" t="s">
-        <v>1679</v>
+        <v>1680</v>
       </c>
       <c r="B1681" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1682" spans="1:2">
       <c r="A1682" s="2" t="s">
-        <v>1680</v>
+        <v>1681</v>
       </c>
       <c r="B1682" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1683" spans="1:2">
       <c r="A1683" s="2" t="s">
-        <v>1681</v>
+        <v>1682</v>
       </c>
       <c r="B1683" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1684" spans="1:2">
       <c r="A1684" s="2" t="s">
-        <v>1682</v>
+        <v>1683</v>
       </c>
       <c r="B1684" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1685" spans="1:2">
       <c r="A1685" s="2" t="s">
-        <v>1683</v>
+        <v>1684</v>
       </c>
       <c r="B1685" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1686" spans="1:2">
       <c r="A1686" s="2" t="s">
-        <v>1684</v>
+        <v>1685</v>
       </c>
       <c r="B1686" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1687" spans="1:2">
       <c r="A1687" s="2" t="s">
-        <v>1685</v>
+        <v>1686</v>
       </c>
       <c r="B1687" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1688" spans="1:2">
       <c r="A1688" s="2" t="s">
-        <v>1686</v>
+        <v>1687</v>
       </c>
       <c r="B1688" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1689" spans="1:2">
       <c r="A1689" s="2" t="s">
-        <v>1687</v>
+        <v>1688</v>
       </c>
       <c r="B1689" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1690" spans="1:2">
       <c r="A1690" s="2" t="s">
-        <v>1688</v>
+        <v>1689</v>
       </c>
       <c r="B1690" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1691" spans="1:2">
       <c r="A1691" s="2" t="s">
-        <v>1689</v>
+        <v>1690</v>
       </c>
       <c r="B1691" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1692" spans="1:2">
       <c r="A1692" s="2" t="s">
-        <v>1690</v>
+        <v>1691</v>
       </c>
       <c r="B1692" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1693" spans="1:2">
       <c r="A1693" s="2" t="s">
-        <v>1691</v>
+        <v>1692</v>
       </c>
       <c r="B1693" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1694" spans="1:2">
       <c r="A1694" s="2" t="s">
-        <v>1692</v>
+        <v>1693</v>
       </c>
       <c r="B1694" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1695" spans="1:2">
       <c r="A1695" s="2" t="s">
-        <v>1693</v>
+        <v>1694</v>
       </c>
       <c r="B1695" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1696" spans="1:2">
       <c r="A1696" s="2" t="s">
-        <v>1694</v>
+        <v>1695</v>
       </c>
       <c r="B1696" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1697" spans="1:2">
       <c r="A1697" s="2" t="s">
-        <v>1695</v>
+        <v>1696</v>
       </c>
       <c r="B1697" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1698" spans="1:2">
       <c r="A1698" s="2" t="s">
-        <v>1696</v>
+        <v>1697</v>
       </c>
       <c r="B1698" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1699" spans="1:2">
       <c r="A1699" s="2" t="s">
-        <v>1697</v>
+        <v>1698</v>
       </c>
       <c r="B1699" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1700" spans="1:2">
       <c r="A1700" s="2" t="s">
-        <v>1698</v>
+        <v>1699</v>
       </c>
       <c r="B1700" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1701" spans="1:2">
       <c r="A1701" s="2" t="s">
-        <v>1699</v>
+        <v>1700</v>
       </c>
       <c r="B1701" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1702" spans="1:2">
       <c r="A1702" s="2" t="s">
-        <v>1700</v>
+        <v>1701</v>
       </c>
       <c r="B1702" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1703" spans="1:2">
       <c r="A1703" s="2" t="s">
-        <v>1701</v>
+        <v>1702</v>
       </c>
       <c r="B1703" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1704" spans="1:2">
       <c r="A1704" s="2" t="s">
-        <v>1702</v>
+        <v>1703</v>
       </c>
       <c r="B1704" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1705" spans="1:2">
       <c r="A1705" s="2" t="s">
-        <v>1703</v>
+        <v>1704</v>
       </c>
       <c r="B1705" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1706" spans="1:2">
       <c r="A1706" s="2" t="s">
-        <v>1704</v>
+        <v>1705</v>
       </c>
       <c r="B1706" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1707" spans="1:2">
       <c r="A1707" s="2" t="s">
-        <v>1705</v>
+        <v>1706</v>
       </c>
       <c r="B1707" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1708" spans="1:2">
       <c r="A1708" s="2" t="s">
-        <v>1706</v>
+        <v>1707</v>
       </c>
       <c r="B1708" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1709" spans="1:2">
       <c r="A1709" s="2" t="s">
-        <v>1707</v>
+        <v>1708</v>
       </c>
       <c r="B1709" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1710" spans="1:2">
       <c r="A1710" s="2" t="s">
-        <v>1708</v>
+        <v>1709</v>
       </c>
       <c r="B1710" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1711" spans="1:2">
       <c r="A1711" s="2" t="s">
-        <v>1709</v>
+        <v>1710</v>
       </c>
       <c r="B1711" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1712" spans="1:2">
       <c r="A1712" s="2" t="s">
-        <v>1710</v>
+        <v>1711</v>
       </c>
       <c r="B1712" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1713" spans="1:2">
       <c r="A1713" s="2" t="s">
-        <v>1711</v>
+        <v>1712</v>
       </c>
       <c r="B1713" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1714" spans="1:2">
       <c r="A1714" s="2" t="s">
-        <v>1712</v>
+        <v>1713</v>
       </c>
       <c r="B1714" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1715" spans="1:2">
       <c r="A1715" s="2" t="s">
-        <v>1713</v>
+        <v>1714</v>
       </c>
       <c r="B1715" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1716" spans="1:2">
       <c r="A1716" s="2" t="s">
-        <v>1714</v>
+        <v>1715</v>
       </c>
       <c r="B1716" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1717" spans="1:2">
       <c r="A1717" s="2" t="s">
-        <v>1715</v>
+        <v>1716</v>
       </c>
       <c r="B1717" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1718" spans="1:2">
       <c r="A1718" s="2" t="s">
-        <v>1716</v>
+        <v>1717</v>
       </c>
       <c r="B1718" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1719" spans="1:2">
       <c r="A1719" s="2" t="s">
-        <v>1717</v>
+        <v>1718</v>
       </c>
       <c r="B1719" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1720" spans="1:2">
       <c r="A1720" s="2" t="s">
-        <v>1718</v>
+        <v>1719</v>
       </c>
       <c r="B1720" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1721" spans="1:2">
       <c r="A1721" s="2" t="s">
-        <v>1719</v>
+        <v>1720</v>
       </c>
       <c r="B1721" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1722" spans="1:2">
       <c r="A1722" s="2" t="s">
-        <v>1720</v>
+        <v>1721</v>
       </c>
       <c r="B1722" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1723" spans="1:2">
       <c r="A1723" s="2" t="s">
-        <v>1721</v>
+        <v>1722</v>
       </c>
       <c r="B1723" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1724" spans="1:2">
       <c r="A1724" s="2" t="s">
-        <v>1722</v>
+        <v>1723</v>
       </c>
       <c r="B1724" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1725" spans="1:2">
       <c r="A1725" s="2" t="s">
-        <v>1723</v>
+        <v>1724</v>
       </c>
       <c r="B1725" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1726" spans="1:2">
       <c r="A1726" s="2" t="s">
-        <v>1724</v>
+        <v>1725</v>
       </c>
       <c r="B1726" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1727" spans="1:2">
       <c r="A1727" s="2" t="s">
-        <v>1725</v>
+        <v>1726</v>
       </c>
       <c r="B1727" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1728" spans="1:2">
       <c r="A1728" s="2" t="s">
-        <v>1726</v>
+        <v>1727</v>
       </c>
       <c r="B1728" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1729" spans="1:2">
       <c r="A1729" s="2" t="s">
-        <v>1727</v>
+        <v>1728</v>
       </c>
       <c r="B1729" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1730" spans="1:2">
       <c r="A1730" s="2" t="s">
-        <v>1728</v>
+        <v>1729</v>
       </c>
       <c r="B1730" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1731" spans="1:2">
       <c r="A1731" s="2" t="s">
-        <v>1729</v>
+        <v>1730</v>
       </c>
       <c r="B1731" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1732" spans="1:2">
       <c r="A1732" s="2" t="s">
-        <v>1730</v>
+        <v>1731</v>
       </c>
       <c r="B1732" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1733" spans="1:2">
       <c r="A1733" s="2" t="s">
-        <v>1731</v>
+        <v>1732</v>
       </c>
       <c r="B1733" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1734" spans="1:2">
       <c r="A1734" s="2" t="s">
-        <v>1732</v>
+        <v>1733</v>
       </c>
       <c r="B1734" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1735" spans="1:2">
       <c r="A1735" s="2" t="s">
-        <v>1733</v>
+        <v>1734</v>
       </c>
       <c r="B1735" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1736" spans="1:2">
       <c r="A1736" s="2" t="s">
-        <v>1734</v>
+        <v>1735</v>
       </c>
       <c r="B1736" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1737" spans="1:2">
       <c r="A1737" s="2" t="s">
-        <v>1735</v>
+        <v>1736</v>
       </c>
       <c r="B1737" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1738" spans="1:2">
       <c r="A1738" s="2" t="s">
-        <v>1736</v>
+        <v>1737</v>
       </c>
       <c r="B1738" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1739" spans="1:2">
       <c r="A1739" s="2" t="s">
-        <v>1737</v>
+        <v>1738</v>
       </c>
       <c r="B1739" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1740" spans="1:2">
       <c r="A1740" s="2" t="s">
-        <v>1738</v>
+        <v>1739</v>
       </c>
       <c r="B1740" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1741" spans="1:2">
       <c r="A1741" s="2" t="s">
-        <v>1739</v>
+        <v>1740</v>
       </c>
       <c r="B1741" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1742" spans="1:2">
       <c r="A1742" s="2" t="s">
-        <v>1740</v>
+        <v>1741</v>
       </c>
       <c r="B1742" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1743" spans="1:2">
       <c r="A1743" s="2" t="s">
-        <v>1741</v>
+        <v>1742</v>
       </c>
       <c r="B1743" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1744" spans="1:2">
       <c r="A1744" s="2" t="s">
-        <v>1742</v>
+        <v>1743</v>
       </c>
       <c r="B1744" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1745" spans="1:2">
       <c r="A1745" s="2" t="s">
-        <v>1743</v>
+        <v>1744</v>
       </c>
       <c r="B1745" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1746" spans="1:2">
       <c r="A1746" s="2" t="s">
-        <v>1744</v>
+        <v>1745</v>
       </c>
       <c r="B1746" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1747" spans="1:2">
       <c r="A1747" s="2" t="s">
-        <v>1745</v>
+        <v>1746</v>
       </c>
       <c r="B1747" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1748" spans="1:2">
       <c r="A1748" s="2" t="s">
-        <v>1746</v>
+        <v>1747</v>
       </c>
       <c r="B1748" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1749" spans="1:2">
       <c r="A1749" s="2" t="s">
-        <v>1747</v>
+        <v>1748</v>
       </c>
       <c r="B1749" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1750" spans="1:2">
       <c r="A1750" s="2" t="s">
-        <v>1748</v>
+        <v>1749</v>
       </c>
       <c r="B1750" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1751" spans="1:2">
       <c r="A1751" s="2" t="s">
-        <v>1749</v>
+        <v>1750</v>
       </c>
       <c r="B1751" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1752" spans="1:2">
       <c r="A1752" s="2" t="s">
-        <v>1750</v>
+        <v>1751</v>
       </c>
       <c r="B1752" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1753" spans="1:2">
       <c r="A1753" s="2" t="s">
-        <v>1751</v>
+        <v>1752</v>
       </c>
       <c r="B1753" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1754" spans="1:2">
       <c r="A1754" s="2" t="s">
-        <v>1752</v>
+        <v>1753</v>
       </c>
       <c r="B1754" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1755" spans="1:2">
       <c r="A1755" s="2" t="s">
-        <v>1753</v>
+        <v>1754</v>
       </c>
       <c r="B1755" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1756" spans="1:2">
       <c r="A1756" s="2" t="s">
-        <v>1754</v>
+        <v>1755</v>
       </c>
       <c r="B1756" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1757" spans="1:2">
       <c r="A1757" s="2" t="s">
-        <v>1755</v>
+        <v>1756</v>
       </c>
       <c r="B1757" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1758" spans="1:2">
       <c r="A1758" s="2" t="s">
-        <v>1756</v>
+        <v>1757</v>
       </c>
       <c r="B1758" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1759" spans="1:2">
       <c r="A1759" s="2" t="s">
-        <v>1757</v>
+        <v>1758</v>
       </c>
       <c r="B1759" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1760" spans="1:2">
       <c r="A1760" s="2" t="s">
-        <v>1758</v>
+        <v>1759</v>
       </c>
       <c r="B1760" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1761" spans="1:2">
       <c r="A1761" s="2" t="s">
-        <v>1759</v>
+        <v>1760</v>
       </c>
       <c r="B1761" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1762" spans="1:2">
       <c r="A1762" s="2" t="s">
-        <v>1760</v>
+        <v>1761</v>
       </c>
       <c r="B1762" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1763" spans="1:2">
       <c r="A1763" s="2" t="s">
-        <v>1761</v>
+        <v>1762</v>
       </c>
       <c r="B1763" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1764" spans="1:2">
       <c r="A1764" s="2" t="s">
-        <v>1762</v>
+        <v>1763</v>
       </c>
       <c r="B1764" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1765" spans="1:2">
       <c r="A1765" s="2" t="s">
-        <v>1763</v>
+        <v>1764</v>
       </c>
       <c r="B1765" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1766" spans="1:2">
       <c r="A1766" s="2" t="s">
-        <v>1764</v>
+        <v>1765</v>
       </c>
       <c r="B1766" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1767" spans="1:2">
       <c r="A1767" s="2" t="s">
-        <v>1765</v>
+        <v>1766</v>
       </c>
       <c r="B1767" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1768" spans="1:2">
       <c r="A1768" s="2" t="s">
-        <v>1766</v>
+        <v>1767</v>
       </c>
       <c r="B1768" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1769" spans="1:2">
       <c r="A1769" s="2" t="s">
-        <v>1767</v>
+        <v>1768</v>
       </c>
       <c r="B1769" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1770" spans="1:2">
       <c r="A1770" s="2" t="s">
-        <v>1768</v>
+        <v>1769</v>
       </c>
       <c r="B1770" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1771" spans="1:2">
       <c r="A1771" s="2" t="s">
-        <v>1769</v>
+        <v>1770</v>
       </c>
       <c r="B1771" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1772" spans="1:2">
       <c r="A1772" s="2" t="s">
-        <v>1770</v>
+        <v>1771</v>
       </c>
       <c r="B1772" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1773" spans="1:2">
       <c r="A1773" s="2" t="s">
-        <v>1771</v>
+        <v>1772</v>
       </c>
       <c r="B1773" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1774" spans="1:2">
       <c r="A1774" s="2" t="s">
-        <v>1772</v>
+        <v>1773</v>
       </c>
       <c r="B1774" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1775" spans="1:2">
       <c r="A1775" s="2" t="s">
-        <v>1773</v>
+        <v>1774</v>
       </c>
       <c r="B1775" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1776" spans="1:2">
       <c r="A1776" s="2" t="s">
-        <v>1774</v>
+        <v>1775</v>
       </c>
       <c r="B1776" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1777" spans="1:2">
       <c r="A1777" s="2" t="s">
-        <v>1775</v>
+        <v>1776</v>
       </c>
       <c r="B1777" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1778" spans="1:2">
       <c r="A1778" s="2" t="s">
-        <v>1776</v>
+        <v>1777</v>
       </c>
       <c r="B1778" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1779" spans="1:2">
       <c r="A1779" s="2" t="s">
-        <v>1777</v>
+        <v>1778</v>
       </c>
       <c r="B1779" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1780" spans="1:2">
       <c r="A1780" s="2" t="s">
-        <v>1778</v>
+        <v>1779</v>
       </c>
       <c r="B1780" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1781" spans="1:2">
       <c r="A1781" s="2" t="s">
-        <v>1779</v>
+        <v>1780</v>
       </c>
       <c r="B1781" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1782" spans="1:2">
       <c r="A1782" s="2" t="s">
-        <v>1780</v>
+        <v>1781</v>
       </c>
       <c r="B1782" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1783" spans="1:2">
       <c r="A1783" s="2" t="s">
-        <v>1781</v>
+        <v>1782</v>
       </c>
       <c r="B1783" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1784" spans="1:2">
       <c r="A1784" s="2" t="s">
-        <v>1782</v>
+        <v>1783</v>
       </c>
       <c r="B1784" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1785" spans="1:2">
       <c r="A1785" s="2" t="s">
-        <v>1783</v>
+        <v>1784</v>
       </c>
       <c r="B1785" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1786" spans="1:2">
       <c r="A1786" s="2" t="s">
-        <v>1784</v>
+        <v>1785</v>
       </c>
       <c r="B1786" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1787" spans="1:2">
       <c r="A1787" s="2" t="s">
-        <v>1785</v>
+        <v>1786</v>
       </c>
       <c r="B1787" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1788" spans="1:2">
       <c r="A1788" s="2" t="s">
-        <v>1786</v>
+        <v>1787</v>
       </c>
       <c r="B1788" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1789" spans="1:2">
       <c r="A1789" s="2" t="s">
-        <v>1787</v>
+        <v>1788</v>
       </c>
       <c r="B1789" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1790" spans="1:2">
       <c r="A1790" s="2" t="s">
-        <v>1788</v>
+        <v>1789</v>
       </c>
       <c r="B1790" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1791" spans="1:2">
       <c r="A1791" s="2" t="s">
-        <v>1789</v>
+        <v>1790</v>
       </c>
       <c r="B1791" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1792" spans="1:2">
       <c r="A1792" s="2" t="s">
-        <v>1790</v>
+        <v>1791</v>
       </c>
       <c r="B1792" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1793" spans="1:2">
       <c r="A1793" s="2" t="s">
-        <v>1791</v>
+        <v>1792</v>
       </c>
       <c r="B1793" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1794" spans="1:2">
       <c r="A1794" s="2" t="s">
-        <v>1792</v>
+        <v>1793</v>
       </c>
       <c r="B1794" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1795" spans="1:2">
       <c r="A1795" s="2" t="s">
-        <v>1793</v>
+        <v>1794</v>
       </c>
       <c r="B1795" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1796" spans="1:2">
       <c r="A1796" s="2" t="s">
-        <v>1794</v>
+        <v>1795</v>
       </c>
       <c r="B1796" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1797" spans="1:2">
       <c r="A1797" s="2" t="s">
-        <v>1795</v>
+        <v>1796</v>
       </c>
       <c r="B1797" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1798" spans="1:2">
       <c r="A1798" s="2" t="s">
-        <v>1796</v>
+        <v>1797</v>
       </c>
       <c r="B1798" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1799" spans="1:2">
       <c r="A1799" s="2" t="s">
-        <v>1797</v>
+        <v>1798</v>
       </c>
       <c r="B1799" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1800" spans="1:2">
       <c r="A1800" s="2" t="s">
-        <v>1798</v>
+        <v>1799</v>
       </c>
       <c r="B1800" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1801" spans="1:2">
       <c r="A1801" s="2" t="s">
-        <v>1799</v>
+        <v>1800</v>
       </c>
       <c r="B1801" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1802" spans="1:2">
       <c r="A1802" s="2" t="s">
-        <v>1800</v>
+        <v>1801</v>
       </c>
       <c r="B1802" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1803" spans="1:2">
       <c r="A1803" s="2" t="s">
-        <v>1801</v>
+        <v>1802</v>
       </c>
       <c r="B1803" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1804" spans="1:2">
       <c r="A1804" s="2" t="s">
-        <v>1802</v>
+        <v>1803</v>
       </c>
       <c r="B1804" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1805" spans="1:2">
       <c r="A1805" s="2" t="s">
-        <v>1803</v>
+        <v>1804</v>
       </c>
       <c r="B1805" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1806" spans="1:2">
       <c r="A1806" s="2" t="s">
-        <v>1804</v>
+        <v>1805</v>
       </c>
       <c r="B1806" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1807" spans="1:2">
       <c r="A1807" s="2" t="s">
-        <v>1805</v>
+        <v>1806</v>
       </c>
       <c r="B1807" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1808" spans="1:2">
       <c r="A1808" s="2" t="s">
-        <v>1806</v>
+        <v>1807</v>
       </c>
       <c r="B1808" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1809" spans="1:2">
       <c r="A1809" s="2" t="s">
-        <v>1807</v>
+        <v>1808</v>
       </c>
       <c r="B1809" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1810" spans="1:2">
       <c r="A1810" s="2" t="s">
-        <v>1808</v>
+        <v>1809</v>
       </c>
       <c r="B1810" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1811" spans="1:2">
       <c r="A1811" s="2" t="s">
-        <v>1809</v>
+        <v>1810</v>
       </c>
       <c r="B1811" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1812" spans="1:2">
       <c r="A1812" s="2" t="s">
-        <v>1810</v>
+        <v>1811</v>
       </c>
       <c r="B1812" s="2" t="s">
-        <v>1159</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1813" spans="1:2">
       <c r="A1813" s="2" t="s">
-        <v>1811</v>
+        <v>1812</v>
       </c>
       <c r="B1813" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1814" spans="1:2">
       <c r="A1814" s="2" t="s">
-        <v>1812</v>
+        <v>1813</v>
       </c>
       <c r="B1814" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="1815" spans="1:2">
       <c r="A1815" s="2" t="s">
-        <v>1813</v>
+        <v>1814</v>
       </c>
       <c r="B1815" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1816" spans="1:2">
       <c r="A1816" s="2" t="s">
-        <v>1814</v>
+        <v>1815</v>
       </c>
       <c r="B1816" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1817" spans="1:2">
       <c r="A1817" s="2" t="s">
-        <v>1815</v>
+        <v>1816</v>
       </c>
       <c r="B1817" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1818" spans="1:2">
       <c r="A1818" s="2" t="s">
-        <v>1816</v>
+        <v>1817</v>
       </c>
       <c r="B1818" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1819" spans="1:2">
       <c r="A1819" s="2" t="s">
-        <v>1817</v>
+        <v>1818</v>
       </c>
       <c r="B1819" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1820" spans="1:2">
       <c r="A1820" s="2" t="s">
-        <v>1818</v>
+        <v>1819</v>
       </c>
       <c r="B1820" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1821" spans="1:2">
       <c r="A1821" s="2" t="s">
-        <v>1819</v>
+        <v>1820</v>
       </c>
       <c r="B1821" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1822" spans="1:2">
       <c r="A1822" s="2" t="s">
-        <v>1820</v>
+        <v>1821</v>
       </c>
       <c r="B1822" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1823" spans="1:2">
       <c r="A1823" s="2" t="s">
-        <v>1821</v>
+        <v>1822</v>
       </c>
       <c r="B1823" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1824" spans="1:2">
       <c r="A1824" s="2" t="s">
-        <v>1822</v>
+        <v>1823</v>
       </c>
       <c r="B1824" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1825" spans="1:2">
       <c r="A1825" s="2" t="s">
-        <v>1823</v>
+        <v>1824</v>
       </c>
       <c r="B1825" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1826" spans="1:2">
       <c r="A1826" s="2" t="s">
-        <v>1824</v>
+        <v>1825</v>
       </c>
       <c r="B1826" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1827" spans="1:2">
       <c r="A1827" s="2" t="s">
-        <v>1825</v>
+        <v>1826</v>
       </c>
       <c r="B1827" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1828" spans="1:2">
       <c r="A1828" s="2" t="s">
-        <v>1826</v>
+        <v>1827</v>
       </c>
       <c r="B1828" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1829" spans="1:2">
       <c r="A1829" s="2" t="s">
-        <v>1827</v>
+        <v>1828</v>
       </c>
       <c r="B1829" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1830" spans="1:2">
       <c r="A1830" s="2" t="s">
-        <v>1827</v>
+        <v>1829</v>
       </c>
       <c r="B1830" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1831" spans="1:2">
       <c r="A1831" s="2" t="s">
-        <v>1828</v>
+        <v>1830</v>
       </c>
       <c r="B1831" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1832" spans="1:2">
       <c r="A1832" s="2" t="s">
-        <v>1829</v>
+        <v>1831</v>
       </c>
       <c r="B1832" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1833" spans="1:2">
       <c r="A1833" s="2" t="s">
-        <v>1830</v>
+        <v>1832</v>
       </c>
       <c r="B1833" s="2" t="s">
-        <v>5</v>
+        <v>812</v>
       </c>
     </row>
     <row r="1834" spans="1:2">
       <c r="A1834" s="2" t="s">
-        <v>1831</v>
+        <v>1833</v>
       </c>
       <c r="B1834" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1835" spans="1:2">
       <c r="A1835" s="2" t="s">
-        <v>1832</v>
+        <v>1834</v>
       </c>
       <c r="B1835" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1836" spans="1:2">
       <c r="A1836" s="2" t="s">
-        <v>1833</v>
+        <v>1835</v>
       </c>
       <c r="B1836" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1837" spans="1:2">
       <c r="A1837" s="2" t="s">
-        <v>1834</v>
+        <v>1836</v>
       </c>
       <c r="B1837" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1838" spans="1:2">
       <c r="A1838" s="2" t="s">
-        <v>1835</v>
+        <v>1837</v>
       </c>
       <c r="B1838" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1839" spans="1:2">
       <c r="A1839" s="2" t="s">
-        <v>1836</v>
+        <v>1838</v>
       </c>
       <c r="B1839" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1840" spans="1:2">
       <c r="A1840" s="2" t="s">
-        <v>1837</v>
+        <v>1839</v>
       </c>
       <c r="B1840" s="2" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1841" spans="1:2">
       <c r="A1841" s="2" t="s">
-        <v>1838</v>
+        <v>1840</v>
       </c>
       <c r="B1841" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1842" spans="1:2">
       <c r="A1842" s="2" t="s">
-        <v>1839</v>
+        <v>1841</v>
       </c>
       <c r="B1842" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1843" spans="1:2">
       <c r="A1843" s="2" t="s">
-        <v>1840</v>
+        <v>1842</v>
       </c>
       <c r="B1843" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1844" spans="1:2">
       <c r="A1844" s="2" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="B1844" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1845" spans="1:2">
       <c r="A1845" s="2" t="s">
-        <v>1841</v>
+        <v>1844</v>
       </c>
       <c r="B1845" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1846" spans="1:2">
       <c r="A1846" s="2" t="s">
-        <v>1842</v>
+        <v>1845</v>
       </c>
       <c r="B1846" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1847" spans="1:2">
       <c r="A1847" s="2" t="s">
-        <v>1843</v>
+        <v>1846</v>
       </c>
       <c r="B1847" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="1848" spans="1:2">
       <c r="A1848" s="2" t="s">
-        <v>1844</v>
+        <v>1847</v>
       </c>
       <c r="B1848" s="2" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1849" spans="1:2">
+      <c r="A1849" s="2" t="s">
+        <v>1847</v>
+      </c>
+      <c r="B1849" s="2" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1850" spans="1:2">
+      <c r="A1850" s="2" t="s">
+        <v>1848</v>
+      </c>
+      <c r="B1850" s="2" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1851" spans="1:2">
+      <c r="A1851" s="2" t="s">
+        <v>1849</v>
+      </c>
+      <c r="B1851" s="2" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1852" spans="1:2">
+      <c r="A1852" s="2" t="s">
+        <v>1850</v>
+      </c>
+      <c r="B1852" s="2" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1853" spans="1:2">
+      <c r="A1853" s="2" t="s">
+        <v>1851</v>
+      </c>
+      <c r="B1853" s="2" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1854" spans="1:2">
+      <c r="A1854" s="2" t="s">
+        <v>1852</v>
+      </c>
+      <c r="B1854" s="2" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1855" spans="1:2">
+      <c r="A1855" s="2" t="s">
+        <v>1853</v>
+      </c>
+      <c r="B1855" s="2" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1856" spans="1:2">
+      <c r="A1856" s="2" t="s">
+        <v>1854</v>
+      </c>
+      <c r="B1856" s="2" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1857" spans="1:2">
+      <c r="A1857" s="2" t="s">
+        <v>1855</v>
+      </c>
+      <c r="B1857" s="2" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1858" spans="1:2">
+      <c r="A1858" s="2" t="s">
+        <v>1856</v>
+      </c>
+      <c r="B1858" s="2" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1859" spans="1:2">
+      <c r="A1859" s="2" t="s">
+        <v>1857</v>
+      </c>
+      <c r="B1859" s="2" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1860" spans="1:2">
+      <c r="A1860" s="2" t="s">
+        <v>1858</v>
+      </c>
+      <c r="B1860" s="2" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1861" spans="1:2">
+      <c r="A1861" s="2" t="s">
+        <v>1859</v>
+      </c>
+      <c r="B1861" s="2" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="1862" spans="1:2">
+      <c r="A1862" s="2" t="s">
+        <v>1860</v>
+      </c>
+      <c r="B1862" s="2" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="1863" spans="1:2">
+      <c r="A1863" s="2" t="s">
+        <v>1861</v>
+      </c>
+      <c r="B1863" s="2" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="1864" spans="1:2">
+      <c r="A1864" s="2" t="s">
+        <v>1862</v>
+      </c>
+      <c r="B1864" s="2" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="1865" spans="1:2">
+      <c r="A1865" s="2" t="s">
+        <v>1863</v>
+      </c>
+      <c r="B1865" s="2" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1866" spans="1:2">
+      <c r="A1866" s="2" t="s">
+        <v>1864</v>
+      </c>
+      <c r="B1866" s="2" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1867" spans="1:2">
+      <c r="A1867" s="2" t="s">
+        <v>1865</v>
+      </c>
+      <c r="B1867" s="2" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1868" spans="1:2">
+      <c r="A1868" s="2" t="s">
+        <v>1865</v>
+      </c>
+      <c r="B1868" s="2" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1869" spans="1:2">
+      <c r="A1869" s="2" t="s">
+        <v>1866</v>
+      </c>
+      <c r="B1869" s="2" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1870" spans="1:2">
+      <c r="A1870" s="2" t="s">
+        <v>1867</v>
+      </c>
+      <c r="B1870" s="2" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1871" spans="1:2">
+      <c r="A1871" s="2" t="s">
+        <v>1868</v>
+      </c>
+      <c r="B1871" s="2" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="1872" spans="1:2">
+      <c r="A1872" s="2" t="s">
+        <v>1869</v>
+      </c>
+      <c r="B1872" s="2" t="s">
         <v>5</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>