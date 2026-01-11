--- v0 (2025-10-06)
+++ v1 (2026-01-11)
@@ -12,113 +12,110 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="21">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="20">
   <si>
     <t>Pavadinimas</t>
   </si>
   <si>
     <t>Tipas</t>
   </si>
   <si>
     <t>Verslo forma</t>
   </si>
   <si>
     <t>Įmonės kodas</t>
   </si>
   <si>
     <t>Kitos šalies suteiktas kodas</t>
   </si>
   <si>
     <t>Licencijos tipas/rūšis</t>
   </si>
   <si>
     <t>Autorizacijos kodas</t>
   </si>
   <si>
     <t>galioja nuo</t>
   </si>
   <si>
     <t>galioja iki</t>
   </si>
   <si>
     <t>Lietuvos centrinė kredito unija</t>
   </si>
   <si>
     <t>Centrinė kredito unija, Kredito, susijusio su nekilnojamuoju turtu, tarpininkas, Vartojimo kredito davėjas</t>
   </si>
   <si>
     <t>Centrinė kredito unija, Priklausomas kredito tarpininkas, veikiantis daugiau negu vieno kredito davėjo vardu, pagal Lietuvos Respublikos su nekilnojamuoju turtu susijusio kredito įstatymą</t>
   </si>
   <si>
     <t>Centrinės kredito unijos licencija</t>
   </si>
   <si>
     <t>LB000277</t>
   </si>
   <si>
-    <t>MB „Finansų patarimai“</t>
+    <t>UAB "Hipotekiniai kreditai"</t>
+  </si>
+  <si>
+    <t>Kredito, susijusio su nekilnojamuoju turtu, davėjas, Kredito, susijusio su nekilnojamuoju turtu, tarpininkas</t>
+  </si>
+  <si>
+    <t>Kredito davėjas, veikiantis pagal Lietuvos Respublikos su nekilnojamuoju turtu susijusio kredito įstatymą, Priklausomas kredito tarpininkas, veikiantis daugiau negu vieno kredito davėjo vardu, pagal Lietuvos Respublikos su nekilnojamuoju turtu susijusio kredito įstatymą</t>
+  </si>
+  <si>
+    <t>UAB "Vertikalus dangus"</t>
   </si>
   <si>
     <t>Kredito, susijusio su nekilnojamuoju turtu, tarpininkas</t>
   </si>
   <si>
     <t>Priklausomas kredito tarpininkas, veikiantis daugiau negu vieno kredito davėjo vardu, pagal Lietuvos Respublikos su nekilnojamuoju turtu susijusio kredito įstatymą</t>
-  </si>
-[...10 lines deleted...]
-    <t>UAB "Vertikalus dangus"</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -433,54 +430,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I5"/>
+  <dimension ref="A1:I4"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I5" sqref="I5"/>
+      <selection activeCell="I4" sqref="I4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="40" customWidth="true" style="0"/>
     <col min="2" max="2" width="40" customWidth="true" style="0"/>
     <col min="3" max="3" width="40" customWidth="true" style="0"/>
     <col min="4" max="4" width="40" customWidth="true" style="0"/>
     <col min="5" max="5" width="40" customWidth="true" style="0"/>
     <col min="6" max="6" width="40" customWidth="true" style="0"/>
     <col min="7" max="7" width="40" customWidth="true" style="0"/>
     <col min="8" max="8" width="40" customWidth="true" style="0"/>
     <col min="9" max="9" width="40" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
@@ -515,95 +512,76 @@
       </c>
       <c r="D2" s="2">
         <v>110086034</v>
       </c>
       <c r="E2" s="2"/>
       <c r="F2" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>13</v>
       </c>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" s="2" t="s">
         <v>14</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>15</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>16</v>
       </c>
       <c r="D3" s="2">
-        <v>305261427</v>
+        <v>304374977</v>
       </c>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" s="2" t="s">
         <v>17</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>19</v>
       </c>
       <c r="D4" s="2">
-        <v>304374977</v>
+        <v>305088516</v>
       </c>
       <c r="E4" s="2"/>
       <c r="F4" s="2"/>
       <c r="G4" s="2"/>
       <c r="H4" s="2"/>
       <c r="I4" s="2"/>
-    </row>
-[...17 lines deleted...]
-      <c r="I5" s="2"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>