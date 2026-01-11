--- v0 (2025-10-12)
+++ v1 (2026-01-11)
@@ -12,97 +12,91 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="180">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="171">
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>Date of first approval</t>
   </si>
   <si>
     <t>Group</t>
   </si>
   <si>
     <t>Company</t>
   </si>
   <si>
-    <t>Allianz B 1954–1960 tikslinės grupės pensijų fondas</t>
-[...2 lines deleted...]
-    <t>AVI-54/60</t>
+    <t>Allianz D1 2003-2009 tikslinės grupės pensijų fondas</t>
+  </si>
+  <si>
+    <t>AVI-03/09</t>
+  </si>
+  <si>
+    <t>2024-12-20</t>
+  </si>
+  <si>
+    <t>II pakopos pensijų fondas</t>
+  </si>
+  <si>
+    <t>Allianz Lietuva gyvybės draudimas UAB</t>
+  </si>
+  <si>
+    <t>Allianz Y1 1982–1988 tikslinės grupės pensijų fondas</t>
+  </si>
+  <si>
+    <t>AVI-82/88</t>
   </si>
   <si>
     <t>2018-12-19</t>
   </si>
   <si>
-    <t>II pakopos pensijų fondas</t>
-[...19 lines deleted...]
-  <si>
     <t>Allianz Y2 1989–1995 tikslinės grupės pensijų fondas</t>
   </si>
   <si>
     <t>AVI-89/95</t>
   </si>
   <si>
     <t>Allianz Y3 1996–2002 tikslinės grupės pensijų fondas</t>
   </si>
   <si>
     <t>AVI-96/02</t>
   </si>
   <si>
     <t>Allianz S turto išsaugojimo pensijų fondas</t>
   </si>
   <si>
     <t>AVI-TIPF</t>
   </si>
   <si>
     <t>Allianz X1 1961–1967 tikslinės grupės pensijų fondas</t>
   </si>
   <si>
     <t>AVI-61/67</t>
   </si>
   <si>
     <t>Allianz X2 1968–1974 tikslinės grupės pensijų fondas</t>
@@ -164,161 +158,158 @@
   <si>
     <t>S022</t>
   </si>
   <si>
     <t>Artea Subalansuotas 47+</t>
   </si>
   <si>
     <t>S032</t>
   </si>
   <si>
     <t>2007-09-24</t>
   </si>
   <si>
     <t>Goindex pasaulio akcijų</t>
   </si>
   <si>
     <t>S056</t>
   </si>
   <si>
     <t>2022-07-21</t>
   </si>
   <si>
     <t>Goindex, UAB</t>
   </si>
   <si>
-    <t>Goindex pensija 1954–1960 tikslinės grupės pensijų fondas</t>
-[...2 lines deleted...]
-    <t>GOX-54/60</t>
+    <t>Goindex pensija 1961–1967 tikslinės grupės pensijų fondas</t>
+  </si>
+  <si>
+    <t>GOX-61/67</t>
   </si>
   <si>
     <t>2022-07-05</t>
   </si>
   <si>
-    <t>Goindex pensija 1961–1967 tikslinės grupės pensijų fondas</t>
-[...4 lines deleted...]
-  <si>
     <t>Goindex pensija 1968–1974 tikslinės grupės pensijų fondas</t>
   </si>
   <si>
     <t>GOX-68/74</t>
   </si>
   <si>
     <t>Goindex pensija 1975–1981 tikslinės grupės pensijų fondas</t>
   </si>
   <si>
     <t>GOX-75/81</t>
   </si>
   <si>
     <t>Goindex pensija 1982–1988 tikslinės grupės pensijų fondas</t>
   </si>
   <si>
     <t>GOX-82/88</t>
   </si>
   <si>
     <t>Goindex pensija 1989–1995 tikslinės grupės pensijų fondas</t>
   </si>
   <si>
     <t>GOX-89/95</t>
   </si>
   <si>
     <t>Goindex pensija 1996–2002 tikslinės grupės pensijų fondas</t>
   </si>
   <si>
     <t>GOX-96/02</t>
   </si>
   <si>
     <t>Goindex pensija 2003–2009 tikslinės grupės pensijų fondas</t>
   </si>
   <si>
     <t>GOX-03/09</t>
   </si>
   <si>
     <t>Goindex subalansuotas</t>
   </si>
   <si>
     <t>S057</t>
   </si>
   <si>
     <t>Goindex turto išsaugojimo pensijų fondas</t>
   </si>
   <si>
     <t>GOX-TIPF</t>
   </si>
   <si>
+    <t>Luminor ateitis akcijų index</t>
+  </si>
+  <si>
+    <t>S059</t>
+  </si>
+  <si>
+    <t>2026-01-12</t>
+  </si>
+  <si>
+    <t>Luminor investicijų valdymas UAB</t>
+  </si>
+  <si>
     <t>Luminor ateitis 16–50</t>
   </si>
   <si>
     <t>S028</t>
   </si>
   <si>
     <t>2004-10-21</t>
   </si>
   <si>
-    <t>Luminor investicijų valdymas UAB</t>
-[...1 lines deleted...]
-  <si>
     <t>Luminor ateitis 50–58</t>
   </si>
   <si>
     <t>S019</t>
   </si>
   <si>
     <t>Luminor ateitis 58 +</t>
   </si>
   <si>
     <t>S040</t>
   </si>
   <si>
     <t>2013-09-24</t>
   </si>
   <si>
     <t>Luminor pensijų turto išsaugojimo fondas</t>
   </si>
   <si>
     <t>LMN-TIPF</t>
   </si>
   <si>
     <t>Luminor tvari ateitis index</t>
   </si>
   <si>
     <t>S050</t>
   </si>
   <si>
     <t>2021-05-17</t>
   </si>
   <si>
-    <t>Luminor 1954-1960 tikslinės grupės pensijų fondas</t>
-[...4 lines deleted...]
-  <si>
     <t>Luminor 1961-1967 tikslinės grupės pensijų fondas</t>
   </si>
   <si>
     <t>LMN-61/67</t>
   </si>
   <si>
     <t>Luminor 1968-1974 tikslinės grupės pensijų fondas</t>
   </si>
   <si>
     <t>LMN-68/74</t>
   </si>
   <si>
     <t>Luminor 1975-1981 tikslinės grupės pensijų fondas</t>
   </si>
   <si>
     <t>LMN-75/81</t>
   </si>
   <si>
     <t>Luminor 1982-1988 tikslinės grupės pensijų fondas</t>
   </si>
   <si>
     <t>LMN-82/88</t>
   </si>
   <si>
     <t>Luminor 1989-1995 tikslinės grupės pensijų fondas</t>
@@ -404,156 +395,138 @@
   <si>
     <t>2004-10-27</t>
   </si>
   <si>
     <t>SEB pensija 50+</t>
   </si>
   <si>
     <t>S049</t>
   </si>
   <si>
     <t>2020-03-02</t>
   </si>
   <si>
     <t>SEB pensija 58+</t>
   </si>
   <si>
     <t>S017</t>
   </si>
   <si>
     <t>SEB turto išsaugojimo pensijų kaupimo fondas</t>
   </si>
   <si>
     <t>SBN-TIPF</t>
   </si>
   <si>
-    <t>SEB 1954–1960 metų tikslinės grupės pensijų kaupimo fondas</t>
-[...4 lines deleted...]
-  <si>
     <t>SEB 1961–1967 metų tikslinės grupės pensijų kaupimo fondas</t>
   </si>
   <si>
     <t>SBN-61/67</t>
   </si>
   <si>
     <t>SEB 1968–1974 metų tikslinės grupės pensijų kaupimo fondas</t>
   </si>
   <si>
     <t>SBN-68/74</t>
   </si>
   <si>
     <t>SEB 1975–1981 metų tikslinės grupės pensijų kaupimo fondas</t>
   </si>
   <si>
     <t>SBN-75/81</t>
   </si>
   <si>
     <t>SEB 1982–1988 metų tikslinės grupės pensijų kaupimo fondas</t>
   </si>
   <si>
     <t>SBN-82/88</t>
   </si>
   <si>
     <t>SEB 1989–1995 metų tikslinės grupės pensijų kaupimo fondas</t>
   </si>
   <si>
     <t>SBN-89/95</t>
   </si>
   <si>
     <t>SEB 1996–2002 metų tikslinės grupės pensijų kaupimo fondas</t>
   </si>
   <si>
     <t>SBN-96/02</t>
   </si>
   <si>
     <t>SEB 2003-2009 metų tikslinės grupės pensijų kaupimo fondas</t>
   </si>
   <si>
     <t>SBN-03/09</t>
   </si>
   <si>
     <t>Swedbank turto išsaugojimo pensijų fondas</t>
   </si>
   <si>
     <t>SWD-TIPF</t>
   </si>
   <si>
-    <t>Tikslinės grupės pensijų fondas (gyvenimo ciklo pensijų fondas) „Swedbank pensija 1954–1960“</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">Tikslinės grupės pensijų fondas (gyvenimo ciklo pensijų fondas) „Swedbank pensija 1961–1967“ </t>
   </si>
   <si>
     <t>SWD-61/67</t>
   </si>
   <si>
     <t>Tikslinės grupės pensijų fondas (gyvenimo ciklo pensijų fondas) „Swedbank pensija 1968–1974“</t>
   </si>
   <si>
     <t>SWD-68/74</t>
   </si>
   <si>
     <t>Tikslinės grupės pensijų fondas (gyvenimo ciklo pensijų fondas) „Swedbank pensija 1975–1981“</t>
   </si>
   <si>
     <t>SWD-75/81</t>
   </si>
   <si>
     <t>Tikslinės grupės pensijų fondas (gyvenimo ciklo pensijų fondas) „Swedbank pensija 1982–1988“</t>
   </si>
   <si>
     <t>SWD-82/88</t>
   </si>
   <si>
     <t>Tikslinės grupės pensijų fondas (gyvenimo ciklo pensijų fondas) „Swedbank pensija 1989–1995“</t>
   </si>
   <si>
     <t>SWD-89/95</t>
   </si>
   <si>
     <t>Tikslinės grupės pensijų fondas (gyvenimo ciklo pensijų fondas) „Swedbank pensija 1996–2002“</t>
   </si>
   <si>
     <t>SWD-96/02</t>
   </si>
   <si>
     <t>Tikslinės grupės pensijų fondas (gyvenimo ciklo pensijų fondas) „Swedbank pensija 2003-2009“</t>
   </si>
   <si>
     <t>SWD-03/09</t>
-  </si>
-[...4 lines deleted...]
-    <t>INV-54/60</t>
   </si>
   <si>
     <t>Tikslinės grupės pensijų kaupimo fondas „Artea pensija 1961–1967 Index Plus“</t>
   </si>
   <si>
     <t>INV-61/67</t>
   </si>
   <si>
     <t>Tikslinės grupės pensijų kaupimo fondas „Artea pensija 1968–1974 Index Plus“</t>
   </si>
   <si>
     <t>INV-68/74</t>
   </si>
   <si>
     <t xml:space="preserve">Tikslinės grupės pensijų kaupimo fondas „Artea pensija 1975–1981 Index Plus“ </t>
   </si>
   <si>
     <t>INV-75/81</t>
   </si>
   <si>
     <t>Tikslinės grupės pensijų kaupimo fondas „Artea pensija 1982–1988 Index Plus“</t>
   </si>
   <si>
     <t>INV-82/88</t>
   </si>
@@ -910,54 +883,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:E76"/>
+  <dimension ref="A1:E71"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E76" sqref="E76"/>
+      <selection activeCell="E71" sqref="E71"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="40" customWidth="true" style="0"/>
     <col min="2" max="2" width="40" customWidth="true" style="0"/>
     <col min="3" max="3" width="40" customWidth="true" style="0"/>
     <col min="4" max="4" width="40" customWidth="true" style="0"/>
     <col min="5" max="5" width="40" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
@@ -984,1281 +957,1196 @@
     <row r="3" spans="1:5">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>12</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>8</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C4" s="2" t="s">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="D4" s="2" t="s">
         <v>8</v>
       </c>
       <c r="E4" s="2" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" s="2" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="2" t="s">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>8</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" s="2" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="D6" s="2" t="s">
         <v>8</v>
       </c>
       <c r="E6" s="2" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="D7" s="2" t="s">
         <v>8</v>
       </c>
       <c r="E7" s="2" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" s="2" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="D8" s="2" t="s">
         <v>8</v>
       </c>
       <c r="E8" s="2" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="9" spans="1:5">
       <c r="A9" s="2" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="D9" s="2" t="s">
         <v>8</v>
       </c>
       <c r="E9" s="2" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="10" spans="1:5">
       <c r="A10" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>7</v>
+        <v>27</v>
       </c>
       <c r="D10" s="2" t="s">
-        <v>8</v>
+        <v>28</v>
       </c>
       <c r="E10" s="2" t="s">
-        <v>9</v>
+        <v>29</v>
       </c>
     </row>
     <row r="11" spans="1:5">
       <c r="A11" s="2" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="B11" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C11" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D11" s="2" t="s">
         <v>28</v>
       </c>
-      <c r="C11" s="2" t="s">
+      <c r="E11" s="2" t="s">
         <v>29</v>
-      </c>
-[...4 lines deleted...]
-        <v>31</v>
       </c>
     </row>
     <row r="12" spans="1:5">
       <c r="A12" s="2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B12" s="2" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D12" s="2" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="E12" s="2" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
     </row>
     <row r="13" spans="1:5">
       <c r="A13" s="2" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B13" s="2" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D13" s="2" t="s">
-        <v>30</v>
+        <v>8</v>
       </c>
       <c r="E13" s="2" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
     </row>
     <row r="14" spans="1:5">
       <c r="A14" s="2" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B14" s="2" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>40</v>
+        <v>27</v>
       </c>
       <c r="D14" s="2" t="s">
-        <v>8</v>
+        <v>28</v>
       </c>
       <c r="E14" s="2" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
     </row>
     <row r="15" spans="1:5">
       <c r="A15" s="2" t="s">
         <v>41</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>42</v>
       </c>
       <c r="C15" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="D15" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="E15" s="2" t="s">
         <v>29</v>
-      </c>
-[...4 lines deleted...]
-        <v>31</v>
       </c>
     </row>
     <row r="16" spans="1:5">
       <c r="A16" s="2" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B16" s="2" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="D16" s="2" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="E16" s="2" t="s">
-        <v>31</v>
+        <v>47</v>
       </c>
     </row>
     <row r="17" spans="1:5">
       <c r="A17" s="2" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="B17" s="2" t="s">
+        <v>49</v>
+      </c>
+      <c r="C17" s="2" t="s">
+        <v>50</v>
+      </c>
+      <c r="D17" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="E17" s="2" t="s">
         <v>47</v>
-      </c>
-[...7 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="18" spans="1:5">
       <c r="A18" s="2" t="s">
+        <v>51</v>
+      </c>
+      <c r="B18" s="2" t="s">
+        <v>52</v>
+      </c>
+      <c r="C18" s="2" t="s">
         <v>50</v>
       </c>
-      <c r="B18" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D18" s="2" t="s">
         <v>8</v>
       </c>
       <c r="E18" s="2" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
     </row>
     <row r="19" spans="1:5">
       <c r="A19" s="2" t="s">
         <v>53</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>54</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="D19" s="2" t="s">
         <v>8</v>
       </c>
       <c r="E19" s="2" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
     </row>
     <row r="20" spans="1:5">
       <c r="A20" s="2" t="s">
         <v>55</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>56</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="D20" s="2" t="s">
         <v>8</v>
       </c>
       <c r="E20" s="2" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
     </row>
     <row r="21" spans="1:5">
       <c r="A21" s="2" t="s">
         <v>57</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>58</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="D21" s="2" t="s">
         <v>8</v>
       </c>
       <c r="E21" s="2" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
     </row>
     <row r="22" spans="1:5">
       <c r="A22" s="2" t="s">
         <v>59</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>60</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="D22" s="2" t="s">
         <v>8</v>
       </c>
       <c r="E22" s="2" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
     </row>
     <row r="23" spans="1:5">
       <c r="A23" s="2" t="s">
         <v>61</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>62</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>52</v>
+        <v>7</v>
       </c>
       <c r="D23" s="2" t="s">
         <v>8</v>
       </c>
       <c r="E23" s="2" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
     </row>
     <row r="24" spans="1:5">
       <c r="A24" s="2" t="s">
         <v>63</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>64</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>52</v>
+        <v>46</v>
       </c>
       <c r="D24" s="2" t="s">
-        <v>8</v>
+        <v>28</v>
       </c>
       <c r="E24" s="2" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
     </row>
     <row r="25" spans="1:5">
       <c r="A25" s="2" t="s">
         <v>65</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>66</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>12</v>
+        <v>50</v>
       </c>
       <c r="D25" s="2" t="s">
         <v>8</v>
       </c>
       <c r="E25" s="2" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
     </row>
     <row r="26" spans="1:5">
       <c r="A26" s="2" t="s">
         <v>67</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>68</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>48</v>
+        <v>69</v>
       </c>
       <c r="D26" s="2" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="E26" s="2" t="s">
-        <v>49</v>
+        <v>70</v>
       </c>
     </row>
     <row r="27" spans="1:5">
       <c r="A27" s="2" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="B27" s="2" t="s">
+        <v>72</v>
+      </c>
+      <c r="C27" s="2" t="s">
+        <v>73</v>
+      </c>
+      <c r="D27" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="E27" s="2" t="s">
         <v>70</v>
-      </c>
-[...7 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="28" spans="1:5">
       <c r="A28" s="2" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="B28" s="2" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="C28" s="2" t="s">
         <v>73</v>
       </c>
       <c r="D28" s="2" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="E28" s="2" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
     </row>
     <row r="29" spans="1:5">
       <c r="A29" s="2" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B29" s="2" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
       <c r="D29" s="2" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="E29" s="2" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
     </row>
     <row r="30" spans="1:5">
       <c r="A30" s="2" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="B30" s="2" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>79</v>
+        <v>38</v>
       </c>
       <c r="D30" s="2" t="s">
-        <v>30</v>
+        <v>8</v>
       </c>
       <c r="E30" s="2" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
     </row>
     <row r="31" spans="1:5">
       <c r="A31" s="2" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B31" s="2" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>40</v>
+        <v>83</v>
       </c>
       <c r="D31" s="2" t="s">
-        <v>8</v>
+        <v>28</v>
       </c>
       <c r="E31" s="2" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
     </row>
     <row r="32" spans="1:5">
       <c r="A32" s="2" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="B32" s="2" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>84</v>
+        <v>38</v>
       </c>
       <c r="D32" s="2" t="s">
-        <v>30</v>
+        <v>8</v>
       </c>
       <c r="E32" s="2" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
     </row>
     <row r="33" spans="1:5">
       <c r="A33" s="2" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B33" s="2" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="D33" s="2" t="s">
         <v>8</v>
       </c>
       <c r="E33" s="2" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
     </row>
     <row r="34" spans="1:5">
       <c r="A34" s="2" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B34" s="2" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="D34" s="2" t="s">
         <v>8</v>
       </c>
       <c r="E34" s="2" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
     </row>
     <row r="35" spans="1:5">
       <c r="A35" s="2" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B35" s="2" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="D35" s="2" t="s">
         <v>8</v>
       </c>
       <c r="E35" s="2" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
     </row>
     <row r="36" spans="1:5">
       <c r="A36" s="2" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B36" s="2" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="D36" s="2" t="s">
         <v>8</v>
       </c>
       <c r="E36" s="2" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
     </row>
     <row r="37" spans="1:5">
       <c r="A37" s="2" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B37" s="2" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="D37" s="2" t="s">
         <v>8</v>
       </c>
       <c r="E37" s="2" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
     </row>
     <row r="38" spans="1:5">
       <c r="A38" s="2" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B38" s="2" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>40</v>
+        <v>7</v>
       </c>
       <c r="D38" s="2" t="s">
         <v>8</v>
       </c>
       <c r="E38" s="2" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
     </row>
     <row r="39" spans="1:5">
       <c r="A39" s="2" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B39" s="2" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="D39" s="2" t="s">
-        <v>8</v>
+        <v>28</v>
       </c>
       <c r="E39" s="2" t="s">
-        <v>74</v>
+        <v>101</v>
       </c>
     </row>
     <row r="40" spans="1:5">
       <c r="A40" s="2" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="B40" s="2" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>12</v>
+        <v>104</v>
       </c>
       <c r="D40" s="2" t="s">
-        <v>8</v>
+        <v>28</v>
       </c>
       <c r="E40" s="2" t="s">
-        <v>74</v>
+        <v>101</v>
       </c>
     </row>
     <row r="41" spans="1:5">
       <c r="A41" s="2" t="s">
+        <v>105</v>
+      </c>
+      <c r="B41" s="2" t="s">
+        <v>106</v>
+      </c>
+      <c r="C41" s="2" t="s">
+        <v>100</v>
+      </c>
+      <c r="D41" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="E41" s="2" t="s">
         <v>101</v>
-      </c>
-[...10 lines deleted...]
-        <v>104</v>
       </c>
     </row>
     <row r="42" spans="1:5">
       <c r="A42" s="2" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="B42" s="2" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="D42" s="2" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="E42" s="2" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
     </row>
     <row r="43" spans="1:5">
       <c r="A43" s="2" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="B43" s="2" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="D43" s="2" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="E43" s="2" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
     </row>
     <row r="44" spans="1:5">
       <c r="A44" s="2" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="B44" s="2" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="D44" s="2" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="E44" s="2" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
     </row>
     <row r="45" spans="1:5">
       <c r="A45" s="2" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="B45" s="2" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>103</v>
+        <v>115</v>
       </c>
       <c r="D45" s="2" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="E45" s="2" t="s">
-        <v>104</v>
+        <v>116</v>
       </c>
     </row>
     <row r="46" spans="1:5">
       <c r="A46" s="2" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="B46" s="2" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>107</v>
+        <v>119</v>
       </c>
       <c r="D46" s="2" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="E46" s="2" t="s">
-        <v>104</v>
+        <v>116</v>
       </c>
     </row>
     <row r="47" spans="1:5">
       <c r="A47" s="2" t="s">
+        <v>120</v>
+      </c>
+      <c r="B47" s="2" t="s">
+        <v>121</v>
+      </c>
+      <c r="C47" s="2" t="s">
+        <v>122</v>
+      </c>
+      <c r="D47" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="E47" s="2" t="s">
         <v>116</v>
-      </c>
-[...10 lines deleted...]
-        <v>119</v>
       </c>
     </row>
     <row r="48" spans="1:5">
       <c r="A48" s="2" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="B48" s="2" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="C48" s="2" t="s">
-        <v>122</v>
+        <v>119</v>
       </c>
       <c r="D48" s="2" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="E48" s="2" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
     </row>
     <row r="49" spans="1:5">
       <c r="A49" s="2" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="B49" s="2" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="C49" s="2" t="s">
-        <v>125</v>
+        <v>38</v>
       </c>
       <c r="D49" s="2" t="s">
-        <v>30</v>
+        <v>8</v>
       </c>
       <c r="E49" s="2" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
     </row>
     <row r="50" spans="1:5">
       <c r="A50" s="2" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="B50" s="2" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="C50" s="2" t="s">
-        <v>122</v>
+        <v>38</v>
       </c>
       <c r="D50" s="2" t="s">
-        <v>30</v>
+        <v>8</v>
       </c>
       <c r="E50" s="2" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
     </row>
     <row r="51" spans="1:5">
       <c r="A51" s="2" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="B51" s="2" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="D51" s="2" t="s">
         <v>8</v>
       </c>
       <c r="E51" s="2" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
     </row>
     <row r="52" spans="1:5">
       <c r="A52" s="2" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="B52" s="2" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="D52" s="2" t="s">
         <v>8</v>
       </c>
       <c r="E52" s="2" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
     </row>
     <row r="53" spans="1:5">
       <c r="A53" s="2" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="B53" s="2" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="C53" s="2" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="D53" s="2" t="s">
         <v>8</v>
       </c>
       <c r="E53" s="2" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
     </row>
     <row r="54" spans="1:5">
       <c r="A54" s="2" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B54" s="2" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C54" s="2" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="D54" s="2" t="s">
         <v>8</v>
       </c>
       <c r="E54" s="2" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
     </row>
     <row r="55" spans="1:5">
       <c r="A55" s="2" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="B55" s="2" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="C55" s="2" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="D55" s="2" t="s">
         <v>8</v>
       </c>
       <c r="E55" s="2" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
     </row>
     <row r="56" spans="1:5">
       <c r="A56" s="2" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="B56" s="2" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="C56" s="2" t="s">
-        <v>40</v>
+        <v>7</v>
       </c>
       <c r="D56" s="2" t="s">
         <v>8</v>
       </c>
       <c r="E56" s="2" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
     </row>
     <row r="57" spans="1:5">
       <c r="A57" s="2" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="B57" s="2" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C57" s="2" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="D57" s="2" t="s">
         <v>8</v>
       </c>
       <c r="E57" s="2" t="s">
-        <v>119</v>
+        <v>101</v>
       </c>
     </row>
     <row r="58" spans="1:5">
       <c r="A58" s="2" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="B58" s="2" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="D58" s="2" t="s">
         <v>8</v>
       </c>
       <c r="E58" s="2" t="s">
-        <v>119</v>
+        <v>101</v>
       </c>
     </row>
     <row r="59" spans="1:5">
       <c r="A59" s="2" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="B59" s="2" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="C59" s="2" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
       <c r="D59" s="2" t="s">
         <v>8</v>
       </c>
       <c r="E59" s="2" t="s">
-        <v>119</v>
+        <v>101</v>
       </c>
     </row>
     <row r="60" spans="1:5">
       <c r="A60" s="2" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="B60" s="2" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="D60" s="2" t="s">
         <v>8</v>
       </c>
       <c r="E60" s="2" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
     </row>
     <row r="61" spans="1:5">
       <c r="A61" s="2" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="B61" s="2" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="C61" s="2" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="D61" s="2" t="s">
         <v>8</v>
       </c>
       <c r="E61" s="2" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
     </row>
     <row r="62" spans="1:5">
       <c r="A62" s="2" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="B62" s="2" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="C62" s="2" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="D62" s="2" t="s">
         <v>8</v>
       </c>
       <c r="E62" s="2" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
     </row>
     <row r="63" spans="1:5">
       <c r="A63" s="2" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="B63" s="2" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="C63" s="2" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="D63" s="2" t="s">
         <v>8</v>
       </c>
       <c r="E63" s="2" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
     </row>
     <row r="64" spans="1:5">
       <c r="A64" s="2" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="B64" s="2" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="C64" s="2" t="s">
-        <v>40</v>
+        <v>7</v>
       </c>
       <c r="D64" s="2" t="s">
         <v>8</v>
       </c>
       <c r="E64" s="2" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
     </row>
     <row r="65" spans="1:5">
       <c r="A65" s="2" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="B65" s="2" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="C65" s="2" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="D65" s="2" t="s">
         <v>8</v>
       </c>
       <c r="E65" s="2" t="s">
-        <v>104</v>
+        <v>29</v>
       </c>
     </row>
     <row r="66" spans="1:5">
       <c r="A66" s="2" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="B66" s="2" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="C66" s="2" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="D66" s="2" t="s">
         <v>8</v>
       </c>
       <c r="E66" s="2" t="s">
-        <v>104</v>
+        <v>29</v>
       </c>
     </row>
     <row r="67" spans="1:5">
       <c r="A67" s="2" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B67" s="2" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="C67" s="2" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="D67" s="2" t="s">
         <v>8</v>
       </c>
       <c r="E67" s="2" t="s">
-        <v>104</v>
+        <v>29</v>
       </c>
     </row>
     <row r="68" spans="1:5">
       <c r="A68" s="2" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="B68" s="2" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="C68" s="2" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
       <c r="D68" s="2" t="s">
         <v>8</v>
       </c>
       <c r="E68" s="2" t="s">
-        <v>104</v>
+        <v>29</v>
       </c>
     </row>
     <row r="69" spans="1:5">
       <c r="A69" s="2" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="B69" s="2" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="C69" s="2" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="D69" s="2" t="s">
         <v>8</v>
       </c>
       <c r="E69" s="2" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
     </row>
     <row r="70" spans="1:5">
       <c r="A70" s="2" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="B70" s="2" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="C70" s="2" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="D70" s="2" t="s">
         <v>8</v>
       </c>
       <c r="E70" s="2" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
     </row>
     <row r="71" spans="1:5">
       <c r="A71" s="2" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="B71" s="2" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="C71" s="2" t="s">
-        <v>40</v>
+        <v>7</v>
       </c>
       <c r="D71" s="2" t="s">
         <v>8</v>
       </c>
       <c r="E71" s="2" t="s">
-        <v>31</v>
-[...84 lines deleted...]
-        <v>31</v>
+        <v>29</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">