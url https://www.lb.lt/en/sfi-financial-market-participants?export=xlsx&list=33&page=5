--- v0 (2025-10-11)
+++ v1 (2025-12-16)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="423">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="420">
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Type</t>
   </si>
   <si>
     <t>Business form</t>
   </si>
   <si>
     <t>Company code</t>
   </si>
   <si>
     <t>Registration code</t>
   </si>
   <si>
     <t>Licence type/kind</t>
   </si>
   <si>
     <t>Authorization code</t>
   </si>
   <si>
     <t>valid from</t>
   </si>
   <si>
@@ -104,554 +104,545 @@
   <si>
     <t>Alytaus kredito unija</t>
   </si>
   <si>
     <t>LB000328</t>
   </si>
   <si>
     <t>AlphaPay, UAB</t>
   </si>
   <si>
     <t>Payment institution, Currency exchange operator</t>
   </si>
   <si>
     <t>Payment institutions holding a payment institution licence, Currency exchange operators</t>
   </si>
   <si>
     <t>Payment institution licence</t>
   </si>
   <si>
     <t>LB001980</t>
   </si>
   <si>
     <t>2020-07-23</t>
   </si>
   <si>
-    <t>Ambr Payments, UAB</t>
+    <t>Anykščių kredito unija</t>
+  </si>
+  <si>
+    <t>LB000295</t>
+  </si>
+  <si>
+    <t>Kooperatinė bendrovė ARKU kredito unija</t>
+  </si>
+  <si>
+    <t>LB000279</t>
+  </si>
+  <si>
+    <t>UAB "ASHBURN International"</t>
+  </si>
+  <si>
+    <t>Payment institution, Currency exchange operator, Electronic money institution intermediary</t>
+  </si>
+  <si>
+    <t>Payment institutions holding a licence for restricted activity, Currency exchange operators, Persons distributing e-money of an EMI established in an EU Member State</t>
+  </si>
+  <si>
+    <t>Payment institution licence for restricted activity</t>
+  </si>
+  <si>
+    <t>LB000224</t>
+  </si>
+  <si>
+    <t>2011-04-28</t>
+  </si>
+  <si>
+    <t>Aukštaitijos kredito unija</t>
+  </si>
+  <si>
+    <t>LB000315</t>
+  </si>
+  <si>
+    <t>AWX Lithuania, UAB</t>
+  </si>
+  <si>
+    <t>Electronic money institution, Currency exchange operator</t>
+  </si>
+  <si>
+    <t>Electronic money institution, holding a licence issued in Lithuania for non-limited activity, Currency exchange operators</t>
+  </si>
+  <si>
+    <t>Electronic money institution licence</t>
+  </si>
+  <si>
+    <t>LB002102</t>
+  </si>
+  <si>
+    <t>2021-10-06</t>
+  </si>
+  <si>
+    <t>Uždaroji akcinė bendrovė ,,BASTARAS"</t>
+  </si>
+  <si>
+    <t>LB000221</t>
+  </si>
+  <si>
+    <t>2012-04-05</t>
+  </si>
+  <si>
+    <t>Bebawa, UAB</t>
+  </si>
+  <si>
+    <t>LB001973</t>
+  </si>
+  <si>
+    <t>2020-06-09</t>
+  </si>
+  <si>
+    <t>Biržų kredito unija</t>
+  </si>
+  <si>
+    <t>LB000331</t>
+  </si>
+  <si>
+    <t>UAB BLENDER LITHUANIA</t>
+  </si>
+  <si>
+    <t>Electronic money institution, Currency exchange operator, Consumer credit provider</t>
+  </si>
+  <si>
+    <t>Consumer credit providers, Electronic money institution, holding a licence issued in Lithuania for non-limited activity, Currency exchange operators</t>
+  </si>
+  <si>
+    <t>LB000244</t>
+  </si>
+  <si>
+    <t>2017-02-14</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Centro kredito unija </t>
+  </si>
+  <si>
+    <t>LB000264</t>
+  </si>
+  <si>
+    <t>UAB "ConnectPay"</t>
+  </si>
+  <si>
+    <t>LB000440</t>
+  </si>
+  <si>
+    <t>2018-01-16</t>
+  </si>
+  <si>
+    <t>Contomobile UAB</t>
+  </si>
+  <si>
+    <t>LB000252</t>
+  </si>
+  <si>
+    <t>2016-11-29</t>
+  </si>
+  <si>
+    <t>Curve Europe, UAB</t>
+  </si>
+  <si>
+    <t>Insurance intermediary, Electronic money institution, Currency exchange operator, Consumer credit provider</t>
+  </si>
+  <si>
+    <t>Insurance brokerage firms, Consumer credit providers, Electronic money institution, holding a licence issued in Lithuania for non-limited activity, Currency exchange operators</t>
+  </si>
+  <si>
+    <t>Demivolt, UAB</t>
+  </si>
+  <si>
+    <t>LB002037</t>
+  </si>
+  <si>
+    <t>2020-11-26</t>
+  </si>
+  <si>
+    <t>UAB "deVere E-Money"</t>
+  </si>
+  <si>
+    <t>LB000403</t>
+  </si>
+  <si>
+    <t>2017-03-02</t>
+  </si>
+  <si>
+    <t>Elektrėnų kredito unija</t>
+  </si>
+  <si>
+    <t>LB000306</t>
+  </si>
+  <si>
+    <t>UAB EXCHANGELT</t>
+  </si>
+  <si>
+    <t>Electronic money institution, Currency exchange operator, Electronic money institution intermediary</t>
+  </si>
+  <si>
+    <t>Electronic money institution holding a licence issued in Lithuania for restricted activity, Currency exchange operators</t>
+  </si>
+  <si>
+    <t>471360;  C55075;  C176035</t>
+  </si>
+  <si>
+    <t>Electronic money institution licence for restricted activity</t>
+  </si>
+  <si>
+    <t>LB002122</t>
+  </si>
+  <si>
+    <t>2021-12-21</t>
+  </si>
+  <si>
+    <t>FinCause, UAB</t>
+  </si>
+  <si>
+    <t>LB002187</t>
+  </si>
+  <si>
+    <t>2023-03-09</t>
+  </si>
+  <si>
+    <t>Finci, UAB</t>
+  </si>
+  <si>
+    <t>LB001933</t>
+  </si>
+  <si>
+    <t>2019-12-05</t>
+  </si>
+  <si>
+    <t>Finnovative Solutions, UAB</t>
+  </si>
+  <si>
+    <t>LB001997</t>
+  </si>
+  <si>
+    <t>2020-09-17</t>
+  </si>
+  <si>
+    <t>„Geras kursas“ UAB</t>
+  </si>
+  <si>
+    <t>Currency exchange operator</t>
+  </si>
+  <si>
+    <t>Currency exchange operators</t>
+  </si>
+  <si>
+    <t>UAB "Glocash Payment"</t>
+  </si>
+  <si>
+    <t>LB000431</t>
+  </si>
+  <si>
+    <t>2017-11-21</t>
+  </si>
+  <si>
+    <t>Grinkiškio kredito unija</t>
+  </si>
+  <si>
+    <t>LB000272</t>
+  </si>
+  <si>
+    <t>UAB "IBS Lithuania"</t>
+  </si>
+  <si>
+    <t>LB000404</t>
+  </si>
+  <si>
+    <t>2017-03-29</t>
+  </si>
+  <si>
+    <t>Uždaroji akcinė bendrovė Ignalinos butų ūkis</t>
+  </si>
+  <si>
+    <t>Payment institutions holding a licence for restricted activity, Currency exchange operators</t>
+  </si>
+  <si>
+    <t>LB000230</t>
+  </si>
+  <si>
+    <t>2011-10-13</t>
+  </si>
+  <si>
+    <t>Ignalinos kredito unija</t>
+  </si>
+  <si>
+    <t>LB000305</t>
+  </si>
+  <si>
+    <t>Jungtinė centrinė kredito unija</t>
+  </si>
+  <si>
+    <t>Central Credit Union, Consumer credit provider</t>
+  </si>
+  <si>
+    <t>Central Credit Union</t>
+  </si>
+  <si>
+    <t>Central credit union licence</t>
+  </si>
+  <si>
+    <t>LB000439</t>
+  </si>
+  <si>
+    <t>2017-12-21</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Jonavos kredito unija </t>
+  </si>
+  <si>
+    <t>LB000293</t>
+  </si>
+  <si>
+    <t>Uždaroji akcinė bendrovė ,,Jonavos paslaugos"</t>
+  </si>
+  <si>
+    <t>LB000225</t>
+  </si>
+  <si>
+    <t>2011-05-19</t>
+  </si>
+  <si>
+    <t>Joniškio kredito unija</t>
+  </si>
+  <si>
+    <t>LB000270</t>
+  </si>
+  <si>
+    <t>Jurbarko kredito unija</t>
+  </si>
+  <si>
+    <t>LB000268</t>
+  </si>
+  <si>
+    <t>Kauno kredito unija</t>
+  </si>
+  <si>
+    <t>LB000273</t>
+  </si>
+  <si>
+    <t>UAB ,,Kauno spauda"</t>
+  </si>
+  <si>
+    <t>LB000220</t>
+  </si>
+  <si>
+    <t>2011-08-11</t>
+  </si>
+  <si>
+    <t>Kėdainių krašto kredito unija</t>
+  </si>
+  <si>
+    <t>LB000320</t>
+  </si>
+  <si>
+    <t>Kelmės kredito unija</t>
+  </si>
+  <si>
+    <t>LB000274</t>
+  </si>
+  <si>
+    <t>Klaipėdos kredito unija</t>
+  </si>
+  <si>
+    <t>LB000337</t>
+  </si>
+  <si>
+    <t>Kooperatinė bendrovė „Pilies“ kredito unija</t>
+  </si>
+  <si>
+    <t>LB000260</t>
+  </si>
+  <si>
+    <t>Kredito unija „Tauras“</t>
+  </si>
+  <si>
+    <t>LB000288</t>
+  </si>
+  <si>
+    <t>Kretingos kredito unija</t>
+  </si>
+  <si>
+    <t>LB000286</t>
+  </si>
+  <si>
+    <t>Kredito unija „DELTA“</t>
+  </si>
+  <si>
+    <t>LB000265</t>
+  </si>
+  <si>
+    <t>Kredito unija ,,Ebitum"</t>
+  </si>
+  <si>
+    <t>LB000289</t>
+  </si>
+  <si>
+    <t>Kredito unija ,,Gargždų taupa"</t>
+  </si>
+  <si>
+    <t>LB000259</t>
+  </si>
+  <si>
+    <t>Kredito unija ,,Germanto lobis"</t>
+  </si>
+  <si>
+    <t>LB000261</t>
+  </si>
+  <si>
+    <t>Kredito unija ,,Kupiškėnų taupa"</t>
+  </si>
+  <si>
+    <t>LB000263</t>
+  </si>
+  <si>
+    <t>Kredito unija ,,Litas"</t>
+  </si>
+  <si>
+    <t>LB000310</t>
+  </si>
+  <si>
+    <t>Kredito unija ,,Magnus"</t>
+  </si>
+  <si>
+    <t>LB000327</t>
+  </si>
+  <si>
+    <t>Kredito unija ,,Mėmelio taupomoji kasa"</t>
+  </si>
+  <si>
+    <t>LB000314</t>
+  </si>
+  <si>
+    <t>Kredito unija ,,Prienų taupa"</t>
+  </si>
+  <si>
+    <t>LB000317</t>
+  </si>
+  <si>
+    <t>Kredito unija ,,Saulėgrąža"</t>
+  </si>
+  <si>
+    <t>LB000313</t>
+  </si>
+  <si>
+    <t>Kredito unija ,,Sūduvos parama"</t>
+  </si>
+  <si>
+    <t>LB000278</t>
+  </si>
+  <si>
+    <t>Kredito unija ,,Taupa"</t>
+  </si>
+  <si>
+    <t>LB000325</t>
+  </si>
+  <si>
+    <t>Kredito unija ,,Tikroji viltis"</t>
+  </si>
+  <si>
+    <t>LB000316</t>
+  </si>
+  <si>
+    <t>Kredito unija Zanavykų bankelis</t>
+  </si>
+  <si>
+    <t>LB000275</t>
+  </si>
+  <si>
+    <t>Uždaroji akcinė bendrovė ,,Kupiškio komunalininkas"</t>
+  </si>
+  <si>
+    <t>LB000232</t>
+  </si>
+  <si>
+    <t>2012-04-12</t>
+  </si>
+  <si>
+    <t>Joint stock company Lietuvos paštas</t>
+  </si>
+  <si>
+    <t>LB000256</t>
+  </si>
+  <si>
+    <t>LTL Kredito unija</t>
+  </si>
+  <si>
+    <t>LB000322</t>
+  </si>
+  <si>
+    <t>Mažeikių kredito unija</t>
+  </si>
+  <si>
+    <t>LB000333</t>
+  </si>
+  <si>
+    <t>NEO Finance, AB</t>
+  </si>
+  <si>
+    <t>Electronic money institution, Currency exchange operator, Issuer, Peer-to-peer lending platform operator, Consumer credit provider</t>
+  </si>
+  <si>
+    <t>Consumer credit providers, Peer-to-peer lending platforms, Electronic money institution, holding a licence issued in Lithuania for non-limited activity, Currency exchange operators, Issuers whose securities are admitted to trading on multilateral trading facilities</t>
+  </si>
+  <si>
+    <t>LB000247</t>
+  </si>
+  <si>
+    <t>2017-01-05</t>
+  </si>
+  <si>
+    <t>Kredito unija ,,Neris"</t>
+  </si>
+  <si>
+    <t>LB000447</t>
+  </si>
+  <si>
+    <t>2018-02-01</t>
+  </si>
+  <si>
+    <t>Newrails, UAB</t>
   </si>
   <si>
     <t>Electronic money institution, Currency exchange operator, Electronic money token issuer</t>
   </si>
   <si>
     <t>Electronic money institution, holding a licence issued in Lithuania for non-limited activity, Currency exchange operators, Electronic money token issuer</t>
   </si>
   <si>
-    <t>Electronic money institution licence</t>
-[...1 lines deleted...]
-  <si>
     <t>LB001967</t>
   </si>
   <si>
     <t>2020-06-04</t>
   </si>
   <si>
-    <t>Anykščių kredito unija</t>
-[...484 lines deleted...]
-  <si>
     <t>UAB "NexPay"</t>
   </si>
   <si>
     <t>LB000428</t>
   </si>
   <si>
     <t>2017-10-10</t>
   </si>
   <si>
     <t>UAB "NIUM EU"</t>
   </si>
   <si>
     <t>LB000420</t>
   </si>
   <si>
     <t>2017-09-28</t>
   </si>
   <si>
     <t>UAB “Nuvei”</t>
   </si>
   <si>
     <t>LB001894</t>
   </si>
   <si>
     <t>2019-07-23</t>
@@ -983,84 +974,84 @@
   <si>
     <t>UAB Hokodo</t>
   </si>
   <si>
     <t>LB000489</t>
   </si>
   <si>
     <t>2019-01-21</t>
   </si>
   <si>
     <t>UAB "International Payment Union"</t>
   </si>
   <si>
     <t>LB000468</t>
   </si>
   <si>
     <t>2018-07-25</t>
   </si>
   <si>
     <t>UAB JUNONALT</t>
   </si>
   <si>
     <t>UAB KONVERSITA</t>
   </si>
   <si>
+    <t>Currency exchange operator, Payment institution intermediary</t>
+  </si>
+  <si>
     <t>UAB „Lux International Payment System“</t>
   </si>
   <si>
     <t>LB002061</t>
   </si>
   <si>
     <t>2021-02-18</t>
   </si>
   <si>
     <t>UAB "Madelina"</t>
   </si>
   <si>
     <t>UAB "Maneuver LT"</t>
   </si>
   <si>
     <t>LB000453</t>
   </si>
   <si>
     <t>2018-03-29</t>
   </si>
   <si>
     <t xml:space="preserve">UAB Monavate </t>
   </si>
   <si>
     <t>LB002139</t>
   </si>
   <si>
     <t>2022-03-31</t>
   </si>
   <si>
     <t>UAB „Morlita“</t>
-  </si>
-[...1 lines deleted...]
-    <t>Currency exchange operator, Payment institution intermediary</t>
   </si>
   <si>
     <t>Currency exchange operators, Intermediary of a payment institution licensed in the Republic of Lithuania</t>
   </si>
   <si>
     <t>UAB Nandi Finance</t>
   </si>
   <si>
     <t>LB001951</t>
   </si>
   <si>
     <t>2020-02-28</t>
   </si>
   <si>
     <t>UAB NomuPay Europe</t>
   </si>
   <si>
     <t>LB000214</t>
   </si>
   <si>
     <t>2012-06-14</t>
   </si>
   <si>
     <t>UAB OPAY solutions</t>
   </si>
@@ -1639,54 +1630,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I159"/>
+  <dimension ref="A1:I158"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I159" sqref="I159"/>
+      <selection activeCell="I158" sqref="I158"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="40" customWidth="true" style="0"/>
     <col min="2" max="2" width="40" customWidth="true" style="0"/>
     <col min="3" max="3" width="40" customWidth="true" style="0"/>
     <col min="4" max="4" width="40" customWidth="true" style="0"/>
     <col min="5" max="5" width="40" customWidth="true" style="0"/>
     <col min="6" max="6" width="40" customWidth="true" style="0"/>
     <col min="7" max="7" width="40" customWidth="true" style="0"/>
     <col min="8" max="8" width="40" customWidth="true" style="0"/>
     <col min="9" max="9" width="40" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
@@ -1811,3661 +1802,3636 @@
         <v>25</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>26</v>
       </c>
       <c r="D6" s="2">
         <v>305249880</v>
       </c>
       <c r="E6" s="2"/>
       <c r="F6" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G6" s="2" t="s">
         <v>28</v>
       </c>
       <c r="H6" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I6" s="2"/>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" s="2" t="s">
         <v>30</v>
       </c>
       <c r="B7" s="2" t="s">
-        <v>31</v>
+        <v>10</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>32</v>
+        <v>11</v>
       </c>
       <c r="D7" s="2">
-        <v>305270426</v>
+        <v>112047140</v>
       </c>
       <c r="E7" s="2"/>
       <c r="F7" s="2" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="G7" s="2" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="H7" s="2"/>
       <c r="I7" s="2"/>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" s="2" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D8" s="2">
-        <v>112047140</v>
+        <v>112043658</v>
       </c>
       <c r="E8" s="2"/>
       <c r="F8" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G8" s="2" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="H8" s="2"/>
       <c r="I8" s="2"/>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" s="2" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="B9" s="2" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>11</v>
+        <v>36</v>
       </c>
       <c r="D9" s="2">
-        <v>112043658</v>
+        <v>111637661</v>
       </c>
       <c r="E9" s="2"/>
       <c r="F9" s="2" t="s">
-        <v>12</v>
+        <v>37</v>
       </c>
       <c r="G9" s="2" t="s">
+        <v>38</v>
+      </c>
+      <c r="H9" s="2" t="s">
         <v>39</v>
       </c>
-      <c r="H9" s="2"/>
       <c r="I9" s="2"/>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" s="2" t="s">
         <v>40</v>
       </c>
       <c r="B10" s="2" t="s">
-        <v>41</v>
+        <v>10</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="D10" s="2">
-        <v>111637661</v>
+        <v>112040733</v>
       </c>
       <c r="E10" s="2"/>
       <c r="F10" s="2" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="G10" s="2" t="s">
-        <v>44</v>
-[...3 lines deleted...]
-      </c>
+        <v>41</v>
+      </c>
+      <c r="H10" s="2"/>
       <c r="I10" s="2"/>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" s="2" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="B11" s="2" t="s">
-        <v>10</v>
+        <v>43</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>11</v>
+        <v>44</v>
       </c>
       <c r="D11" s="2">
-        <v>112040733</v>
+        <v>305697289</v>
       </c>
       <c r="E11" s="2"/>
       <c r="F11" s="2" t="s">
-        <v>12</v>
+        <v>45</v>
       </c>
       <c r="G11" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="H11" s="2" t="s">
         <v>47</v>
       </c>
-      <c r="H11" s="2"/>
       <c r="I11" s="2"/>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" s="2" t="s">
         <v>48</v>
       </c>
       <c r="B12" s="2" t="s">
-        <v>49</v>
+        <v>25</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>50</v>
+        <v>26</v>
       </c>
       <c r="D12" s="2">
-        <v>305697289</v>
+        <v>179460961</v>
       </c>
       <c r="E12" s="2"/>
       <c r="F12" s="2" t="s">
-        <v>33</v>
+        <v>27</v>
       </c>
       <c r="G12" s="2" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="H12" s="2" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="I12" s="2"/>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" s="2" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="B13" s="2" t="s">
-        <v>25</v>
+        <v>43</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>26</v>
+        <v>44</v>
       </c>
       <c r="D13" s="2">
-        <v>179460961</v>
+        <v>305483424</v>
       </c>
       <c r="E13" s="2"/>
       <c r="F13" s="2" t="s">
-        <v>27</v>
+        <v>45</v>
       </c>
       <c r="G13" s="2" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="H13" s="2" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="I13" s="2"/>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" s="2" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="B14" s="2" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="D14" s="2">
-        <v>305483424</v>
+        <v>112046572</v>
       </c>
       <c r="E14" s="2"/>
       <c r="F14" s="2" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="G14" s="2" t="s">
-        <v>57</v>
-[...3 lines deleted...]
-      </c>
+        <v>55</v>
+      </c>
+      <c r="H14" s="2"/>
       <c r="I14" s="2"/>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" s="2" t="s">
-        <v>59</v>
+        <v>56</v>
       </c>
       <c r="B15" s="2" t="s">
-        <v>10</v>
+        <v>57</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>11</v>
+        <v>58</v>
       </c>
       <c r="D15" s="2">
-        <v>112046572</v>
+        <v>304230261</v>
       </c>
       <c r="E15" s="2"/>
       <c r="F15" s="2" t="s">
-        <v>12</v>
+        <v>45</v>
       </c>
       <c r="G15" s="2" t="s">
+        <v>59</v>
+      </c>
+      <c r="H15" s="2" t="s">
         <v>60</v>
       </c>
-      <c r="H15" s="2"/>
       <c r="I15" s="2"/>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" s="2" t="s">
         <v>61</v>
       </c>
       <c r="B16" s="2" t="s">
-        <v>62</v>
+        <v>10</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>63</v>
+        <v>11</v>
       </c>
       <c r="D16" s="2">
-        <v>304230261</v>
+        <v>112040167</v>
       </c>
       <c r="E16" s="2"/>
       <c r="F16" s="2" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="G16" s="2" t="s">
-        <v>64</v>
-[...3 lines deleted...]
-      </c>
+        <v>62</v>
+      </c>
+      <c r="H16" s="2"/>
       <c r="I16" s="2"/>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" s="2" t="s">
-        <v>66</v>
+        <v>63</v>
       </c>
       <c r="B17" s="2" t="s">
-        <v>10</v>
+        <v>43</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>11</v>
+        <v>44</v>
       </c>
       <c r="D17" s="2">
-        <v>112040167</v>
+        <v>304696889</v>
       </c>
       <c r="E17" s="2"/>
       <c r="F17" s="2" t="s">
-        <v>12</v>
+        <v>45</v>
       </c>
       <c r="G17" s="2" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="H17" s="2"/>
+        <v>64</v>
+      </c>
+      <c r="H17" s="2" t="s">
+        <v>65</v>
+      </c>
       <c r="I17" s="2"/>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" s="2" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="B18" s="2" t="s">
-        <v>49</v>
+        <v>43</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="D18" s="2">
-        <v>304696889</v>
+        <v>304285884</v>
       </c>
       <c r="E18" s="2"/>
       <c r="F18" s="2" t="s">
-        <v>33</v>
+        <v>45</v>
       </c>
       <c r="G18" s="2" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="H18" s="2" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="I18" s="2"/>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" s="2" t="s">
+        <v>69</v>
+      </c>
+      <c r="B19" s="2" t="s">
+        <v>70</v>
+      </c>
+      <c r="C19" s="2" t="s">
         <v>71</v>
       </c>
-      <c r="B19" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D19" s="2">
-        <v>304285884</v>
+        <v>305626541</v>
       </c>
       <c r="E19" s="2"/>
-      <c r="F19" s="2" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="F19" s="2"/>
+      <c r="G19" s="2"/>
+      <c r="H19" s="2"/>
       <c r="I19" s="2"/>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" s="2" t="s">
+        <v>72</v>
+      </c>
+      <c r="B20" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="C20" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="D20" s="2">
+        <v>305562462</v>
+      </c>
+      <c r="E20" s="2"/>
+      <c r="F20" s="2" t="s">
+        <v>45</v>
+      </c>
+      <c r="G20" s="2" t="s">
+        <v>73</v>
+      </c>
+      <c r="H20" s="2" t="s">
         <v>74</v>
       </c>
-      <c r="B20" s="2" t="s">
-[...11 lines deleted...]
-      <c r="H20" s="2"/>
       <c r="I20" s="2"/>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" s="2" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="B21" s="2" t="s">
-        <v>49</v>
+        <v>43</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="D21" s="2">
-        <v>305562462</v>
+        <v>304469514</v>
       </c>
       <c r="E21" s="2"/>
       <c r="F21" s="2" t="s">
-        <v>33</v>
+        <v>45</v>
       </c>
       <c r="G21" s="2" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="H21" s="2" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="I21" s="2"/>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" s="2" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="B22" s="2" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="D22" s="2">
-        <v>304469514</v>
+        <v>110065773</v>
       </c>
       <c r="E22" s="2"/>
       <c r="F22" s="2" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="G22" s="2" t="s">
-        <v>81</v>
-[...3 lines deleted...]
-      </c>
+        <v>79</v>
+      </c>
+      <c r="H22" s="2"/>
       <c r="I22" s="2"/>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" s="2" t="s">
+        <v>80</v>
+      </c>
+      <c r="B23" s="2" t="s">
+        <v>81</v>
+      </c>
+      <c r="C23" s="2" t="s">
+        <v>82</v>
+      </c>
+      <c r="D23" s="2">
+        <v>302765361</v>
+      </c>
+      <c r="E23" s="2" t="s">
         <v>83</v>
       </c>
-      <c r="B23" s="2" t="s">
-[...8 lines deleted...]
-      <c r="E23" s="2"/>
       <c r="F23" s="2" t="s">
-        <v>12</v>
+        <v>84</v>
       </c>
       <c r="G23" s="2" t="s">
-        <v>84</v>
-[...1 lines deleted...]
-      <c r="H23" s="2"/>
+        <v>85</v>
+      </c>
+      <c r="H23" s="2" t="s">
+        <v>86</v>
+      </c>
       <c r="I23" s="2"/>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" s="2" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="B24" s="2" t="s">
-        <v>86</v>
+        <v>43</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>87</v>
+        <v>44</v>
       </c>
       <c r="D24" s="2">
-        <v>302765361</v>
-[...1 lines deleted...]
-      <c r="E24" s="2" t="s">
+        <v>306031272</v>
+      </c>
+      <c r="E24" s="2"/>
+      <c r="F24" s="2" t="s">
+        <v>45</v>
+      </c>
+      <c r="G24" s="2" t="s">
         <v>88</v>
       </c>
-      <c r="F24" s="2" t="s">
+      <c r="H24" s="2" t="s">
         <v>89</v>
-      </c>
-[...4 lines deleted...]
-        <v>91</v>
       </c>
       <c r="I24" s="2"/>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" s="2" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="B25" s="2" t="s">
-        <v>49</v>
+        <v>43</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="D25" s="2">
-        <v>306031272</v>
+        <v>304934066</v>
       </c>
       <c r="E25" s="2"/>
       <c r="F25" s="2" t="s">
-        <v>33</v>
+        <v>45</v>
       </c>
       <c r="G25" s="2" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="H25" s="2" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="I25" s="2"/>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" s="2" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="B26" s="2" t="s">
-        <v>49</v>
+        <v>25</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>50</v>
+        <v>26</v>
       </c>
       <c r="D26" s="2">
-        <v>304934066</v>
+        <v>305206391</v>
       </c>
       <c r="E26" s="2"/>
       <c r="F26" s="2" t="s">
-        <v>33</v>
+        <v>27</v>
       </c>
       <c r="G26" s="2" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="H26" s="2" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="I26" s="2"/>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" s="2" t="s">
+        <v>96</v>
+      </c>
+      <c r="B27" s="2" t="s">
+        <v>97</v>
+      </c>
+      <c r="C27" s="2" t="s">
         <v>98</v>
       </c>
-      <c r="B27" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D27" s="2">
-        <v>305206391</v>
+        <v>304152478</v>
       </c>
       <c r="E27" s="2"/>
-      <c r="F27" s="2" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="F27" s="2"/>
+      <c r="G27" s="2"/>
+      <c r="H27" s="2"/>
       <c r="I27" s="2"/>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" s="2" t="s">
+        <v>99</v>
+      </c>
+      <c r="B28" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="C28" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="D28" s="2">
+        <v>304596376</v>
+      </c>
+      <c r="E28" s="2"/>
+      <c r="F28" s="2" t="s">
+        <v>45</v>
+      </c>
+      <c r="G28" s="2" t="s">
+        <v>100</v>
+      </c>
+      <c r="H28" s="2" t="s">
         <v>101</v>
       </c>
-      <c r="B28" s="2" t="s">
-[...11 lines deleted...]
-      <c r="H28" s="2"/>
       <c r="I28" s="2"/>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" s="2" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="B29" s="2" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="D29" s="2">
-        <v>304596376</v>
+        <v>110087289</v>
       </c>
       <c r="E29" s="2"/>
       <c r="F29" s="2" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="G29" s="2" t="s">
-        <v>105</v>
-[...3 lines deleted...]
-      </c>
+        <v>103</v>
+      </c>
+      <c r="H29" s="2"/>
       <c r="I29" s="2"/>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" s="2" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="B30" s="2" t="s">
-        <v>10</v>
+        <v>43</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>11</v>
+        <v>44</v>
       </c>
       <c r="D30" s="2">
-        <v>110087289</v>
+        <v>304310405</v>
       </c>
       <c r="E30" s="2"/>
       <c r="F30" s="2" t="s">
-        <v>12</v>
+        <v>45</v>
       </c>
       <c r="G30" s="2" t="s">
-        <v>108</v>
-[...1 lines deleted...]
-      <c r="H30" s="2"/>
+        <v>105</v>
+      </c>
+      <c r="H30" s="2" t="s">
+        <v>106</v>
+      </c>
       <c r="I30" s="2"/>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" s="2" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="B31" s="2" t="s">
-        <v>49</v>
+        <v>25</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>50</v>
+        <v>108</v>
       </c>
       <c r="D31" s="2">
-        <v>304310405</v>
+        <v>255512870</v>
       </c>
       <c r="E31" s="2"/>
       <c r="F31" s="2" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G31" s="2" t="s">
+        <v>109</v>
+      </c>
+      <c r="H31" s="2" t="s">
         <v>110</v>
-      </c>
-[...1 lines deleted...]
-        <v>111</v>
       </c>
       <c r="I31" s="2"/>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" s="2" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="B32" s="2" t="s">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>113</v>
+        <v>11</v>
       </c>
       <c r="D32" s="2">
-        <v>255512870</v>
+        <v>110088042</v>
       </c>
       <c r="E32" s="2"/>
       <c r="F32" s="2" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="G32" s="2" t="s">
-        <v>114</v>
-[...3 lines deleted...]
-      </c>
+        <v>112</v>
+      </c>
+      <c r="H32" s="2"/>
       <c r="I32" s="2"/>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" s="2" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="B33" s="2" t="s">
-        <v>10</v>
+        <v>114</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>11</v>
+        <v>115</v>
       </c>
       <c r="D33" s="2">
-        <v>110088042</v>
+        <v>304739874</v>
       </c>
       <c r="E33" s="2"/>
       <c r="F33" s="2" t="s">
-        <v>12</v>
+        <v>116</v>
       </c>
       <c r="G33" s="2" t="s">
         <v>117</v>
       </c>
-      <c r="H33" s="2"/>
+      <c r="H33" s="2" t="s">
+        <v>118</v>
+      </c>
       <c r="I33" s="2"/>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" s="2" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="B34" s="2" t="s">
-        <v>119</v>
+        <v>10</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>120</v>
+        <v>11</v>
       </c>
       <c r="D34" s="2">
-        <v>304739874</v>
+        <v>110082922</v>
       </c>
       <c r="E34" s="2"/>
       <c r="F34" s="2" t="s">
-        <v>121</v>
+        <v>12</v>
       </c>
       <c r="G34" s="2" t="s">
-        <v>122</v>
-[...3 lines deleted...]
-      </c>
+        <v>120</v>
+      </c>
+      <c r="H34" s="2"/>
       <c r="I34" s="2"/>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" s="2" t="s">
-        <v>124</v>
+        <v>121</v>
       </c>
       <c r="B35" s="2" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>11</v>
+        <v>26</v>
       </c>
       <c r="D35" s="2">
-        <v>110082922</v>
+        <v>156916523</v>
       </c>
       <c r="E35" s="2"/>
       <c r="F35" s="2" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="G35" s="2" t="s">
-        <v>125</v>
-[...1 lines deleted...]
-      <c r="H35" s="2"/>
+        <v>122</v>
+      </c>
+      <c r="H35" s="2" t="s">
+        <v>123</v>
+      </c>
       <c r="I35" s="2"/>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" s="2" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="B36" s="2" t="s">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>26</v>
+        <v>11</v>
       </c>
       <c r="D36" s="2">
-        <v>156916523</v>
+        <v>110089678</v>
       </c>
       <c r="E36" s="2"/>
       <c r="F36" s="2" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="G36" s="2" t="s">
-        <v>127</v>
-[...3 lines deleted...]
-      </c>
+        <v>125</v>
+      </c>
+      <c r="H36" s="2"/>
       <c r="I36" s="2"/>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" s="2" t="s">
-        <v>129</v>
+        <v>126</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C37" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D37" s="2">
-        <v>110089678</v>
+        <v>110083262</v>
       </c>
       <c r="E37" s="2"/>
       <c r="F37" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G37" s="2" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
       <c r="H37" s="2"/>
       <c r="I37" s="2"/>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" s="2" t="s">
-        <v>131</v>
+        <v>128</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C38" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D38" s="2">
-        <v>110083262</v>
+        <v>112046615</v>
       </c>
       <c r="E38" s="2"/>
       <c r="F38" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G38" s="2" t="s">
-        <v>132</v>
+        <v>129</v>
       </c>
       <c r="H38" s="2"/>
       <c r="I38" s="2"/>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" s="2" t="s">
-        <v>133</v>
+        <v>130</v>
       </c>
       <c r="B39" s="2" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>11</v>
+        <v>108</v>
       </c>
       <c r="D39" s="2">
-        <v>112046615</v>
+        <v>135520314</v>
       </c>
       <c r="E39" s="2"/>
       <c r="F39" s="2" t="s">
-        <v>12</v>
+        <v>37</v>
       </c>
       <c r="G39" s="2" t="s">
-        <v>134</v>
-[...1 lines deleted...]
-      <c r="H39" s="2"/>
+        <v>131</v>
+      </c>
+      <c r="H39" s="2" t="s">
+        <v>132</v>
+      </c>
       <c r="I39" s="2"/>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" s="2" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="B40" s="2" t="s">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>113</v>
+        <v>11</v>
       </c>
       <c r="D40" s="2">
-        <v>135520314</v>
+        <v>300583851</v>
       </c>
       <c r="E40" s="2"/>
       <c r="F40" s="2" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="G40" s="2" t="s">
-        <v>136</v>
-[...3 lines deleted...]
-      </c>
+        <v>134</v>
+      </c>
+      <c r="H40" s="2"/>
       <c r="I40" s="2"/>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" s="2" t="s">
-        <v>138</v>
+        <v>135</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C41" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D41" s="2">
-        <v>300583851</v>
+        <v>112046191</v>
       </c>
       <c r="E41" s="2"/>
       <c r="F41" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G41" s="2" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="H41" s="2"/>
       <c r="I41" s="2"/>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" s="2" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C42" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D42" s="2">
-        <v>112046191</v>
+        <v>302574840</v>
       </c>
       <c r="E42" s="2"/>
       <c r="F42" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G42" s="2" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
       <c r="H42" s="2"/>
       <c r="I42" s="2"/>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" s="2" t="s">
-        <v>142</v>
+        <v>139</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C43" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D43" s="2">
-        <v>302574840</v>
+        <v>112044226</v>
       </c>
       <c r="E43" s="2"/>
       <c r="F43" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G43" s="2" t="s">
-        <v>143</v>
+        <v>140</v>
       </c>
       <c r="H43" s="2"/>
       <c r="I43" s="2"/>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" s="2" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C44" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D44" s="2">
-        <v>112044226</v>
+        <v>110085466</v>
       </c>
       <c r="E44" s="2"/>
       <c r="F44" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G44" s="2" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="H44" s="2"/>
       <c r="I44" s="2"/>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" s="2" t="s">
-        <v>146</v>
+        <v>143</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C45" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D45" s="2">
-        <v>110085466</v>
+        <v>110086415</v>
       </c>
       <c r="E45" s="2"/>
       <c r="F45" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G45" s="2" t="s">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="H45" s="2"/>
       <c r="I45" s="2"/>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" s="2" t="s">
-        <v>148</v>
+        <v>145</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C46" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D46" s="2">
-        <v>110086415</v>
+        <v>212046420</v>
       </c>
       <c r="E46" s="2"/>
       <c r="F46" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G46" s="2" t="s">
-        <v>149</v>
+        <v>146</v>
       </c>
       <c r="H46" s="2"/>
       <c r="I46" s="2"/>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" s="2" t="s">
-        <v>150</v>
+        <v>147</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C47" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D47" s="2">
-        <v>212046420</v>
+        <v>112043462</v>
       </c>
       <c r="E47" s="2"/>
       <c r="F47" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G47" s="2" t="s">
-        <v>151</v>
+        <v>148</v>
       </c>
       <c r="H47" s="2"/>
       <c r="I47" s="2"/>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" s="2" t="s">
-        <v>152</v>
+        <v>149</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C48" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D48" s="2">
-        <v>112043462</v>
+        <v>300044067</v>
       </c>
       <c r="E48" s="2"/>
       <c r="F48" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G48" s="2" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="H48" s="2"/>
       <c r="I48" s="2"/>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" s="2" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C49" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D49" s="2">
-        <v>300044067</v>
+        <v>112041073</v>
       </c>
       <c r="E49" s="2"/>
       <c r="F49" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G49" s="2" t="s">
-        <v>155</v>
+        <v>152</v>
       </c>
       <c r="H49" s="2"/>
       <c r="I49" s="2"/>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" s="2" t="s">
-        <v>156</v>
+        <v>153</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C50" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D50" s="2">
-        <v>112041073</v>
+        <v>112044030</v>
       </c>
       <c r="E50" s="2"/>
       <c r="F50" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G50" s="2" t="s">
-        <v>157</v>
+        <v>154</v>
       </c>
       <c r="H50" s="2"/>
       <c r="I50" s="2"/>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" s="2" t="s">
-        <v>158</v>
+        <v>155</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C51" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D51" s="2">
-        <v>112044030</v>
+        <v>302448934</v>
       </c>
       <c r="E51" s="2"/>
       <c r="F51" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G51" s="2" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="H51" s="2"/>
       <c r="I51" s="2"/>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" s="2" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C52" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D52" s="2">
-        <v>302448934</v>
+        <v>302671848</v>
       </c>
       <c r="E52" s="2"/>
       <c r="F52" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G52" s="2" t="s">
-        <v>161</v>
+        <v>158</v>
       </c>
       <c r="H52" s="2"/>
       <c r="I52" s="2"/>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" s="2" t="s">
-        <v>162</v>
+        <v>159</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C53" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D53" s="2">
-        <v>302671848</v>
+        <v>300087289</v>
       </c>
       <c r="E53" s="2"/>
       <c r="F53" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G53" s="2" t="s">
-        <v>163</v>
+        <v>160</v>
       </c>
       <c r="H53" s="2"/>
       <c r="I53" s="2"/>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" s="2" t="s">
-        <v>164</v>
+        <v>161</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C54" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D54" s="2">
-        <v>300087289</v>
+        <v>112046234</v>
       </c>
       <c r="E54" s="2"/>
       <c r="F54" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G54" s="2" t="s">
-        <v>165</v>
+        <v>162</v>
       </c>
       <c r="H54" s="2"/>
       <c r="I54" s="2"/>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" s="2" t="s">
-        <v>166</v>
+        <v>163</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C55" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D55" s="2">
-        <v>112046234</v>
+        <v>302894776</v>
       </c>
       <c r="E55" s="2"/>
       <c r="F55" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G55" s="2" t="s">
-        <v>167</v>
+        <v>164</v>
       </c>
       <c r="H55" s="2"/>
       <c r="I55" s="2"/>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" s="2" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C56" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D56" s="2">
-        <v>302894776</v>
+        <v>110067062</v>
       </c>
       <c r="E56" s="2"/>
       <c r="F56" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G56" s="2" t="s">
-        <v>169</v>
+        <v>166</v>
       </c>
       <c r="H56" s="2"/>
       <c r="I56" s="2"/>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" s="2" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C57" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D57" s="2">
-        <v>110067062</v>
+        <v>112040886</v>
       </c>
       <c r="E57" s="2"/>
       <c r="F57" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G57" s="2" t="s">
-        <v>171</v>
+        <v>168</v>
       </c>
       <c r="H57" s="2"/>
       <c r="I57" s="2"/>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" s="2" t="s">
-        <v>172</v>
+        <v>169</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C58" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D58" s="2">
-        <v>112040886</v>
+        <v>112040548</v>
       </c>
       <c r="E58" s="2"/>
       <c r="F58" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G58" s="2" t="s">
-        <v>173</v>
+        <v>170</v>
       </c>
       <c r="H58" s="2"/>
       <c r="I58" s="2"/>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" s="2" t="s">
-        <v>174</v>
+        <v>171</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C59" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D59" s="2">
-        <v>112040548</v>
+        <v>112044379</v>
       </c>
       <c r="E59" s="2"/>
       <c r="F59" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G59" s="2" t="s">
-        <v>175</v>
+        <v>172</v>
       </c>
       <c r="H59" s="2"/>
       <c r="I59" s="2"/>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" s="2" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
       <c r="B60" s="2" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>11</v>
+        <v>108</v>
       </c>
       <c r="D60" s="2">
-        <v>112044379</v>
+        <v>164702526</v>
       </c>
       <c r="E60" s="2"/>
       <c r="F60" s="2" t="s">
-        <v>12</v>
+        <v>37</v>
       </c>
       <c r="G60" s="2" t="s">
-        <v>177</v>
-[...1 lines deleted...]
-      <c r="H60" s="2"/>
+        <v>174</v>
+      </c>
+      <c r="H60" s="2" t="s">
+        <v>175</v>
+      </c>
       <c r="I60" s="2"/>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" s="2" t="s">
-        <v>178</v>
+        <v>176</v>
       </c>
       <c r="B61" s="2" t="s">
-        <v>25</v>
+        <v>43</v>
       </c>
       <c r="C61" s="2" t="s">
-        <v>113</v>
+        <v>44</v>
       </c>
       <c r="D61" s="2">
-        <v>164702526</v>
+        <v>121215587</v>
       </c>
       <c r="E61" s="2"/>
       <c r="F61" s="2" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="G61" s="2" t="s">
-        <v>179</v>
+        <v>177</v>
       </c>
       <c r="H61" s="2" t="s">
-        <v>180</v>
+        <v>68</v>
       </c>
       <c r="I61" s="2"/>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" s="2" t="s">
-        <v>181</v>
+        <v>178</v>
       </c>
       <c r="B62" s="2" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="C62" s="2" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="D62" s="2">
-        <v>121215587</v>
+        <v>302791356</v>
       </c>
       <c r="E62" s="2"/>
       <c r="F62" s="2" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="G62" s="2" t="s">
-        <v>182</v>
-[...3 lines deleted...]
-      </c>
+        <v>179</v>
+      </c>
+      <c r="H62" s="2"/>
       <c r="I62" s="2"/>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" s="2" t="s">
-        <v>183</v>
+        <v>180</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C63" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D63" s="2">
-        <v>302791356</v>
+        <v>110088957</v>
       </c>
       <c r="E63" s="2"/>
       <c r="F63" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G63" s="2" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="H63" s="2"/>
       <c r="I63" s="2"/>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" s="2" t="s">
-        <v>185</v>
+        <v>182</v>
       </c>
       <c r="B64" s="2" t="s">
-        <v>10</v>
+        <v>183</v>
       </c>
       <c r="C64" s="2" t="s">
-        <v>11</v>
+        <v>184</v>
       </c>
       <c r="D64" s="2">
-        <v>110088957</v>
+        <v>303225546</v>
       </c>
       <c r="E64" s="2"/>
       <c r="F64" s="2" t="s">
-        <v>12</v>
+        <v>45</v>
       </c>
       <c r="G64" s="2" t="s">
+        <v>185</v>
+      </c>
+      <c r="H64" s="2" t="s">
         <v>186</v>
       </c>
-      <c r="H64" s="2"/>
       <c r="I64" s="2"/>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" s="2" t="s">
         <v>187</v>
       </c>
       <c r="B65" s="2" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="C65" s="2" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="D65" s="2">
-        <v>304891914</v>
+        <v>304772963</v>
       </c>
       <c r="E65" s="2"/>
       <c r="F65" s="2" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="G65" s="2" t="s">
         <v>188</v>
       </c>
       <c r="H65" s="2" t="s">
         <v>189</v>
       </c>
       <c r="I65" s="2"/>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" s="2" t="s">
         <v>190</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>191</v>
       </c>
       <c r="C66" s="2" t="s">
         <v>192</v>
       </c>
       <c r="D66" s="2">
-        <v>303225546</v>
+        <v>305270426</v>
       </c>
       <c r="E66" s="2"/>
       <c r="F66" s="2" t="s">
-        <v>33</v>
+        <v>45</v>
       </c>
       <c r="G66" s="2" t="s">
         <v>193</v>
       </c>
       <c r="H66" s="2" t="s">
         <v>194</v>
       </c>
       <c r="I66" s="2"/>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" s="2" t="s">
         <v>195</v>
       </c>
       <c r="B67" s="2" t="s">
-        <v>10</v>
+        <v>43</v>
       </c>
       <c r="C67" s="2" t="s">
-        <v>11</v>
+        <v>44</v>
       </c>
       <c r="D67" s="2">
-        <v>304772963</v>
+        <v>304708124</v>
       </c>
       <c r="E67" s="2"/>
       <c r="F67" s="2" t="s">
-        <v>12</v>
+        <v>45</v>
       </c>
       <c r="G67" s="2" t="s">
         <v>196</v>
       </c>
       <c r="H67" s="2" t="s">
         <v>197</v>
       </c>
       <c r="I67" s="2"/>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" s="2" t="s">
         <v>198</v>
       </c>
       <c r="B68" s="2" t="s">
-        <v>49</v>
+        <v>43</v>
       </c>
       <c r="C68" s="2" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="D68" s="2">
-        <v>304708124</v>
+        <v>304548794</v>
       </c>
       <c r="E68" s="2"/>
       <c r="F68" s="2" t="s">
-        <v>33</v>
+        <v>45</v>
       </c>
       <c r="G68" s="2" t="s">
         <v>199</v>
       </c>
       <c r="H68" s="2" t="s">
         <v>200</v>
       </c>
       <c r="I68" s="2"/>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" s="2" t="s">
         <v>201</v>
       </c>
       <c r="B69" s="2" t="s">
-        <v>49</v>
+        <v>43</v>
       </c>
       <c r="C69" s="2" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="D69" s="2">
-        <v>304548794</v>
+        <v>304445876</v>
       </c>
       <c r="E69" s="2"/>
       <c r="F69" s="2" t="s">
-        <v>33</v>
+        <v>45</v>
       </c>
       <c r="G69" s="2" t="s">
         <v>202</v>
       </c>
       <c r="H69" s="2" t="s">
         <v>203</v>
       </c>
       <c r="I69" s="2"/>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" s="2" t="s">
         <v>204</v>
       </c>
       <c r="B70" s="2" t="s">
-        <v>49</v>
+        <v>43</v>
       </c>
       <c r="C70" s="2" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="D70" s="2">
-        <v>304445876</v>
+        <v>305026817</v>
       </c>
       <c r="E70" s="2"/>
       <c r="F70" s="2" t="s">
-        <v>33</v>
+        <v>45</v>
       </c>
       <c r="G70" s="2" t="s">
         <v>205</v>
       </c>
       <c r="H70" s="2" t="s">
         <v>206</v>
       </c>
       <c r="I70" s="2"/>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" s="2" t="s">
         <v>207</v>
       </c>
       <c r="B71" s="2" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="C71" s="2" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="D71" s="2">
-        <v>305026817</v>
+        <v>110086753</v>
       </c>
       <c r="E71" s="2"/>
       <c r="F71" s="2" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="G71" s="2" t="s">
         <v>208</v>
       </c>
-      <c r="H71" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H71" s="2"/>
       <c r="I71" s="2"/>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" s="2" t="s">
+        <v>209</v>
+      </c>
+      <c r="B72" s="2" t="s">
         <v>210</v>
       </c>
-      <c r="B72" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C72" s="2" t="s">
-        <v>11</v>
+        <v>211</v>
       </c>
       <c r="D72" s="2">
-        <v>110086753</v>
-[...1 lines deleted...]
-      <c r="E72" s="2"/>
+        <v>306068630</v>
+      </c>
+      <c r="E72" s="2" t="s">
+        <v>212</v>
+      </c>
       <c r="F72" s="2" t="s">
-        <v>12</v>
+        <v>45</v>
       </c>
       <c r="G72" s="2" t="s">
-        <v>211</v>
-[...1 lines deleted...]
-      <c r="H72" s="2"/>
+        <v>213</v>
+      </c>
+      <c r="H72" s="2" t="s">
+        <v>214</v>
+      </c>
       <c r="I72" s="2"/>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" s="2" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="B73" s="2" t="s">
-        <v>213</v>
+        <v>43</v>
       </c>
       <c r="C73" s="2" t="s">
-        <v>214</v>
+        <v>44</v>
       </c>
       <c r="D73" s="2">
-        <v>306068630</v>
-[...3 lines deleted...]
-      </c>
+        <v>303227757</v>
+      </c>
+      <c r="E73" s="2"/>
       <c r="F73" s="2" t="s">
-        <v>33</v>
+        <v>45</v>
       </c>
       <c r="G73" s="2" t="s">
         <v>216</v>
       </c>
       <c r="H73" s="2" t="s">
         <v>217</v>
       </c>
       <c r="I73" s="2"/>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" s="2" t="s">
         <v>218</v>
       </c>
       <c r="B74" s="2" t="s">
-        <v>49</v>
+        <v>219</v>
       </c>
       <c r="C74" s="2" t="s">
-        <v>50</v>
+        <v>220</v>
       </c>
       <c r="D74" s="2">
-        <v>303227757</v>
+        <v>300060819</v>
       </c>
       <c r="E74" s="2"/>
       <c r="F74" s="2" t="s">
-        <v>33</v>
+        <v>45</v>
       </c>
       <c r="G74" s="2" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="H74" s="2" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="I74" s="2"/>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" s="2" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="B75" s="2" t="s">
-        <v>222</v>
+        <v>43</v>
       </c>
       <c r="C75" s="2" t="s">
-        <v>223</v>
+        <v>44</v>
       </c>
       <c r="D75" s="2">
-        <v>300060819</v>
+        <v>304604766</v>
       </c>
       <c r="E75" s="2"/>
       <c r="F75" s="2" t="s">
-        <v>33</v>
+        <v>45</v>
       </c>
       <c r="G75" s="2" t="s">
         <v>224</v>
       </c>
       <c r="H75" s="2" t="s">
         <v>225</v>
       </c>
       <c r="I75" s="2"/>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" s="2" t="s">
         <v>226</v>
       </c>
       <c r="B76" s="2" t="s">
-        <v>49</v>
+        <v>43</v>
       </c>
       <c r="C76" s="2" t="s">
-        <v>50</v>
+        <v>211</v>
       </c>
       <c r="D76" s="2">
-        <v>304604766</v>
+        <v>304730875</v>
       </c>
       <c r="E76" s="2"/>
       <c r="F76" s="2" t="s">
-        <v>33</v>
+        <v>45</v>
       </c>
       <c r="G76" s="2" t="s">
         <v>227</v>
       </c>
       <c r="H76" s="2" t="s">
         <v>228</v>
       </c>
       <c r="I76" s="2"/>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" s="2" t="s">
         <v>229</v>
       </c>
       <c r="B77" s="2" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="C77" s="2" t="s">
-        <v>214</v>
+        <v>11</v>
       </c>
       <c r="D77" s="2">
-        <v>304730875</v>
+        <v>110067443</v>
       </c>
       <c r="E77" s="2"/>
       <c r="F77" s="2" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="G77" s="2" t="s">
         <v>230</v>
       </c>
-      <c r="H77" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H77" s="2"/>
       <c r="I77" s="2"/>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" s="2" t="s">
-        <v>232</v>
+        <v>231</v>
       </c>
       <c r="B78" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C78" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D78" s="2">
-        <v>110067443</v>
+        <v>110085313</v>
       </c>
       <c r="E78" s="2"/>
       <c r="F78" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G78" s="2" t="s">
-        <v>233</v>
+        <v>232</v>
       </c>
       <c r="H78" s="2"/>
       <c r="I78" s="2"/>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" s="2" t="s">
-        <v>234</v>
+        <v>233</v>
       </c>
       <c r="B79" s="2" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="C79" s="2" t="s">
-        <v>11</v>
+        <v>108</v>
       </c>
       <c r="D79" s="2">
-        <v>110085313</v>
+        <v>147146333</v>
       </c>
       <c r="E79" s="2"/>
       <c r="F79" s="2" t="s">
-        <v>12</v>
+        <v>37</v>
       </c>
       <c r="G79" s="2" t="s">
+        <v>234</v>
+      </c>
+      <c r="H79" s="2" t="s">
         <v>235</v>
       </c>
-      <c r="H79" s="2"/>
       <c r="I79" s="2"/>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" s="2" t="s">
         <v>236</v>
       </c>
       <c r="B80" s="2" t="s">
         <v>25</v>
       </c>
       <c r="C80" s="2" t="s">
-        <v>113</v>
+        <v>26</v>
       </c>
       <c r="D80" s="2">
-        <v>147146333</v>
+        <v>147146714</v>
       </c>
       <c r="E80" s="2"/>
       <c r="F80" s="2" t="s">
-        <v>43</v>
+        <v>27</v>
       </c>
       <c r="G80" s="2" t="s">
         <v>237</v>
       </c>
       <c r="H80" s="2" t="s">
-        <v>238</v>
+        <v>123</v>
       </c>
       <c r="I80" s="2"/>
     </row>
     <row r="81" spans="1:9">
       <c r="A81" s="2" t="s">
-        <v>239</v>
+        <v>238</v>
       </c>
       <c r="B81" s="2" t="s">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="C81" s="2" t="s">
-        <v>26</v>
+        <v>11</v>
       </c>
       <c r="D81" s="2">
-        <v>147146714</v>
+        <v>112040352</v>
       </c>
       <c r="E81" s="2"/>
       <c r="F81" s="2" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="G81" s="2" t="s">
-        <v>240</v>
-[...3 lines deleted...]
-      </c>
+        <v>239</v>
+      </c>
+      <c r="H81" s="2"/>
       <c r="I81" s="2"/>
     </row>
     <row r="82" spans="1:9">
       <c r="A82" s="2" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="B82" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C82" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D82" s="2">
-        <v>112040352</v>
+        <v>112046387</v>
       </c>
       <c r="E82" s="2"/>
       <c r="F82" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G82" s="2" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="H82" s="2"/>
       <c r="I82" s="2"/>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" s="2" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="B83" s="2" t="s">
-        <v>10</v>
+        <v>43</v>
       </c>
       <c r="C83" s="2" t="s">
-        <v>11</v>
+        <v>44</v>
       </c>
       <c r="D83" s="2">
-        <v>112046387</v>
+        <v>304186270</v>
       </c>
       <c r="E83" s="2"/>
       <c r="F83" s="2" t="s">
-        <v>12</v>
+        <v>45</v>
       </c>
       <c r="G83" s="2" t="s">
+        <v>243</v>
+      </c>
+      <c r="H83" s="2" t="s">
         <v>244</v>
       </c>
-      <c r="H83" s="2"/>
       <c r="I83" s="2"/>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" s="2" t="s">
         <v>245</v>
       </c>
       <c r="B84" s="2" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="C84" s="2" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="D84" s="2">
-        <v>304186270</v>
+        <v>112041269</v>
       </c>
       <c r="E84" s="2"/>
       <c r="F84" s="2" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="G84" s="2" t="s">
         <v>246</v>
       </c>
-      <c r="H84" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H84" s="2"/>
       <c r="I84" s="2"/>
     </row>
     <row r="85" spans="1:9">
       <c r="A85" s="2" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="B85" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C85" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D85" s="2">
-        <v>112041269</v>
+        <v>110067258</v>
       </c>
       <c r="E85" s="2"/>
       <c r="F85" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G85" s="2" t="s">
-        <v>249</v>
+        <v>248</v>
       </c>
       <c r="H85" s="2"/>
       <c r="I85" s="2"/>
     </row>
     <row r="86" spans="1:9">
       <c r="A86" s="2" t="s">
-        <v>250</v>
+        <v>249</v>
       </c>
       <c r="B86" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C86" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D86" s="2">
-        <v>110067258</v>
+        <v>110086568</v>
       </c>
       <c r="E86" s="2"/>
       <c r="F86" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G86" s="2" t="s">
-        <v>251</v>
+        <v>250</v>
       </c>
       <c r="H86" s="2"/>
       <c r="I86" s="2"/>
     </row>
     <row r="87" spans="1:9">
       <c r="A87" s="2" t="s">
+        <v>251</v>
+      </c>
+      <c r="B87" s="2" t="s">
         <v>252</v>
       </c>
-      <c r="B87" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C87" s="2" t="s">
-        <v>11</v>
+        <v>253</v>
       </c>
       <c r="D87" s="2">
-        <v>110086568</v>
+        <v>112043124</v>
       </c>
       <c r="E87" s="2"/>
       <c r="F87" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G87" s="2" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="H87" s="2"/>
       <c r="I87" s="2"/>
     </row>
     <row r="88" spans="1:9">
       <c r="A88" s="2" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="B88" s="2" t="s">
-        <v>255</v>
+        <v>25</v>
       </c>
       <c r="C88" s="2" t="s">
-        <v>256</v>
+        <v>26</v>
       </c>
       <c r="D88" s="2">
-        <v>112043124</v>
+        <v>179323286</v>
       </c>
       <c r="E88" s="2"/>
       <c r="F88" s="2" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="G88" s="2" t="s">
-        <v>257</v>
-[...1 lines deleted...]
-      <c r="H88" s="2"/>
+        <v>256</v>
+      </c>
+      <c r="H88" s="2" t="s">
+        <v>175</v>
+      </c>
       <c r="I88" s="2"/>
     </row>
     <row r="89" spans="1:9">
       <c r="A89" s="2" t="s">
-        <v>258</v>
+        <v>257</v>
       </c>
       <c r="B89" s="2" t="s">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="C89" s="2" t="s">
-        <v>26</v>
+        <v>11</v>
       </c>
       <c r="D89" s="2">
-        <v>179323286</v>
+        <v>300123739</v>
       </c>
       <c r="E89" s="2"/>
       <c r="F89" s="2" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="G89" s="2" t="s">
-        <v>259</v>
-[...3 lines deleted...]
-      </c>
+        <v>258</v>
+      </c>
+      <c r="H89" s="2"/>
       <c r="I89" s="2"/>
     </row>
     <row r="90" spans="1:9">
       <c r="A90" s="2" t="s">
-        <v>260</v>
+        <v>259</v>
       </c>
       <c r="B90" s="2" t="s">
-        <v>10</v>
+        <v>97</v>
       </c>
       <c r="C90" s="2" t="s">
-        <v>11</v>
+        <v>98</v>
       </c>
       <c r="D90" s="2">
-        <v>300123739</v>
+        <v>302714192</v>
       </c>
       <c r="E90" s="2"/>
-      <c r="F90" s="2" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="F90" s="2"/>
+      <c r="G90" s="2"/>
       <c r="H90" s="2"/>
       <c r="I90" s="2"/>
     </row>
     <row r="91" spans="1:9">
       <c r="A91" s="2" t="s">
+        <v>260</v>
+      </c>
+      <c r="B91" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="C91" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="D91" s="2">
+        <v>303262295</v>
+      </c>
+      <c r="E91" s="2"/>
+      <c r="F91" s="2" t="s">
+        <v>45</v>
+      </c>
+      <c r="G91" s="2" t="s">
+        <v>261</v>
+      </c>
+      <c r="H91" s="2" t="s">
         <v>262</v>
       </c>
-      <c r="B91" s="2" t="s">
-[...11 lines deleted...]
-      <c r="H91" s="2"/>
       <c r="I91" s="2"/>
     </row>
     <row r="92" spans="1:9">
       <c r="A92" s="2" t="s">
         <v>263</v>
       </c>
       <c r="B92" s="2" t="s">
-        <v>49</v>
+        <v>43</v>
       </c>
       <c r="C92" s="2" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="D92" s="2">
-        <v>303262295</v>
+        <v>304632897</v>
       </c>
       <c r="E92" s="2"/>
       <c r="F92" s="2" t="s">
-        <v>33</v>
+        <v>45</v>
       </c>
       <c r="G92" s="2" t="s">
         <v>264</v>
       </c>
       <c r="H92" s="2" t="s">
-        <v>265</v>
+        <v>118</v>
       </c>
       <c r="I92" s="2"/>
     </row>
     <row r="93" spans="1:9">
       <c r="A93" s="2" t="s">
+        <v>265</v>
+      </c>
+      <c r="B93" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="C93" s="2" t="s">
         <v>266</v>
       </c>
-      <c r="B93" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D93" s="2">
-        <v>304632897</v>
+        <v>302575294</v>
       </c>
       <c r="E93" s="2"/>
       <c r="F93" s="2" t="s">
-        <v>33</v>
+        <v>27</v>
       </c>
       <c r="G93" s="2" t="s">
         <v>267</v>
       </c>
       <c r="H93" s="2" t="s">
-        <v>123</v>
+        <v>268</v>
       </c>
       <c r="I93" s="2"/>
     </row>
     <row r="94" spans="1:9">
       <c r="A94" s="2" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="B94" s="2" t="s">
-        <v>41</v>
+        <v>10</v>
       </c>
       <c r="C94" s="2" t="s">
-        <v>269</v>
+        <v>11</v>
       </c>
       <c r="D94" s="2">
-        <v>302575294</v>
+        <v>302826202</v>
       </c>
       <c r="E94" s="2"/>
       <c r="F94" s="2" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="G94" s="2" t="s">
         <v>270</v>
       </c>
-      <c r="H94" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H94" s="2"/>
       <c r="I94" s="2"/>
     </row>
     <row r="95" spans="1:9">
       <c r="A95" s="2" t="s">
-        <v>272</v>
+        <v>271</v>
       </c>
       <c r="B95" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C95" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D95" s="2">
-        <v>302826202</v>
+        <v>112046953</v>
       </c>
       <c r="E95" s="2"/>
       <c r="F95" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G95" s="2" t="s">
-        <v>273</v>
+        <v>272</v>
       </c>
       <c r="H95" s="2"/>
       <c r="I95" s="2"/>
     </row>
     <row r="96" spans="1:9">
       <c r="A96" s="2" t="s">
-        <v>274</v>
+        <v>273</v>
       </c>
       <c r="B96" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C96" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D96" s="2">
-        <v>112046953</v>
+        <v>112041116</v>
       </c>
       <c r="E96" s="2"/>
       <c r="F96" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G96" s="2" t="s">
-        <v>275</v>
+        <v>274</v>
       </c>
       <c r="H96" s="2"/>
       <c r="I96" s="2"/>
     </row>
     <row r="97" spans="1:9">
       <c r="A97" s="2" t="s">
-        <v>276</v>
+        <v>275</v>
       </c>
       <c r="B97" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C97" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D97" s="2">
-        <v>112041116</v>
+        <v>112046768</v>
       </c>
       <c r="E97" s="2"/>
       <c r="F97" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G97" s="2" t="s">
-        <v>277</v>
+        <v>276</v>
       </c>
       <c r="H97" s="2"/>
       <c r="I97" s="2"/>
     </row>
     <row r="98" spans="1:9">
       <c r="A98" s="2" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="B98" s="2" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="C98" s="2" t="s">
-        <v>11</v>
+        <v>108</v>
       </c>
       <c r="D98" s="2">
-        <v>112046768</v>
+        <v>166576994</v>
       </c>
       <c r="E98" s="2"/>
       <c r="F98" s="2" t="s">
-        <v>12</v>
+        <v>37</v>
       </c>
       <c r="G98" s="2" t="s">
+        <v>278</v>
+      </c>
+      <c r="H98" s="2" t="s">
         <v>279</v>
       </c>
-      <c r="H98" s="2"/>
       <c r="I98" s="2"/>
     </row>
     <row r="99" spans="1:9">
       <c r="A99" s="2" t="s">
         <v>280</v>
       </c>
       <c r="B99" s="2" t="s">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="C99" s="2" t="s">
-        <v>113</v>
+        <v>11</v>
       </c>
       <c r="D99" s="2">
-        <v>166576994</v>
+        <v>112047293</v>
       </c>
       <c r="E99" s="2"/>
       <c r="F99" s="2" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="G99" s="2" t="s">
         <v>281</v>
       </c>
-      <c r="H99" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H99" s="2"/>
       <c r="I99" s="2"/>
     </row>
     <row r="100" spans="1:9">
       <c r="A100" s="2" t="s">
-        <v>283</v>
+        <v>282</v>
       </c>
       <c r="B100" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C100" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D100" s="2">
-        <v>112047293</v>
+        <v>300027153</v>
       </c>
       <c r="E100" s="2"/>
       <c r="F100" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G100" s="2" t="s">
-        <v>284</v>
+        <v>283</v>
       </c>
       <c r="H100" s="2"/>
       <c r="I100" s="2"/>
     </row>
     <row r="101" spans="1:9">
       <c r="A101" s="2" t="s">
-        <v>285</v>
+        <v>284</v>
       </c>
       <c r="B101" s="2" t="s">
-        <v>10</v>
+        <v>43</v>
       </c>
       <c r="C101" s="2" t="s">
-        <v>11</v>
+        <v>44</v>
       </c>
       <c r="D101" s="2">
-        <v>300027153</v>
+        <v>302699228</v>
       </c>
       <c r="E101" s="2"/>
       <c r="F101" s="2" t="s">
-        <v>12</v>
+        <v>285</v>
       </c>
       <c r="G101" s="2" t="s">
         <v>286</v>
       </c>
-      <c r="H101" s="2"/>
-      <c r="I101" s="2"/>
+      <c r="H101" s="2" t="s">
+        <v>287</v>
+      </c>
+      <c r="I101" s="2" t="s">
+        <v>86</v>
+      </c>
     </row>
     <row r="102" spans="1:9">
       <c r="A102" s="2" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="B102" s="2" t="s">
-        <v>49</v>
+        <v>43</v>
       </c>
       <c r="C102" s="2" t="s">
-        <v>50</v>
+        <v>82</v>
       </c>
       <c r="D102" s="2">
-        <v>302699228</v>
+        <v>110688998</v>
       </c>
       <c r="E102" s="2"/>
       <c r="F102" s="2" t="s">
-        <v>288</v>
+        <v>84</v>
       </c>
       <c r="G102" s="2" t="s">
         <v>289</v>
       </c>
       <c r="H102" s="2" t="s">
         <v>290</v>
       </c>
-      <c r="I102" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I102" s="2"/>
     </row>
     <row r="103" spans="1:9">
       <c r="A103" s="2" t="s">
         <v>291</v>
       </c>
       <c r="B103" s="2" t="s">
-        <v>49</v>
+        <v>97</v>
       </c>
       <c r="C103" s="2" t="s">
-        <v>87</v>
+        <v>98</v>
       </c>
       <c r="D103" s="2">
-        <v>110688998</v>
+        <v>304849096</v>
       </c>
       <c r="E103" s="2"/>
-      <c r="F103" s="2" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="F103" s="2"/>
+      <c r="G103" s="2"/>
+      <c r="H103" s="2"/>
       <c r="I103" s="2"/>
     </row>
     <row r="104" spans="1:9">
       <c r="A104" s="2" t="s">
+        <v>292</v>
+      </c>
+      <c r="B104" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="C104" s="2" t="s">
+        <v>108</v>
+      </c>
+      <c r="D104" s="2">
+        <v>304254248</v>
+      </c>
+      <c r="E104" s="2"/>
+      <c r="F104" s="2" t="s">
+        <v>37</v>
+      </c>
+      <c r="G104" s="2" t="s">
+        <v>293</v>
+      </c>
+      <c r="H104" s="2" t="s">
         <v>294</v>
       </c>
-      <c r="B104" s="2" t="s">
-[...11 lines deleted...]
-      <c r="H104" s="2"/>
       <c r="I104" s="2"/>
     </row>
     <row r="105" spans="1:9">
       <c r="A105" s="2" t="s">
         <v>295</v>
       </c>
       <c r="B105" s="2" t="s">
         <v>25</v>
       </c>
       <c r="C105" s="2" t="s">
-        <v>113</v>
+        <v>26</v>
       </c>
       <c r="D105" s="2">
-        <v>304254248</v>
+        <v>136031358</v>
       </c>
       <c r="E105" s="2"/>
       <c r="F105" s="2" t="s">
-        <v>43</v>
+        <v>27</v>
       </c>
       <c r="G105" s="2" t="s">
         <v>296</v>
       </c>
       <c r="H105" s="2" t="s">
-        <v>297</v>
+        <v>29</v>
       </c>
       <c r="I105" s="2"/>
     </row>
     <row r="106" spans="1:9">
       <c r="A106" s="2" t="s">
-        <v>298</v>
+        <v>297</v>
       </c>
       <c r="B106" s="2" t="s">
-        <v>25</v>
+        <v>43</v>
       </c>
       <c r="C106" s="2" t="s">
-        <v>26</v>
+        <v>44</v>
       </c>
       <c r="D106" s="2">
-        <v>136031358</v>
+        <v>304473256</v>
       </c>
       <c r="E106" s="2"/>
       <c r="F106" s="2" t="s">
-        <v>27</v>
+        <v>45</v>
       </c>
       <c r="G106" s="2" t="s">
+        <v>298</v>
+      </c>
+      <c r="H106" s="2" t="s">
         <v>299</v>
-      </c>
-[...1 lines deleted...]
-        <v>29</v>
       </c>
       <c r="I106" s="2"/>
     </row>
     <row r="107" spans="1:9">
       <c r="A107" s="2" t="s">
         <v>300</v>
       </c>
       <c r="B107" s="2" t="s">
-        <v>49</v>
+        <v>301</v>
       </c>
       <c r="C107" s="2" t="s">
-        <v>50</v>
+        <v>26</v>
       </c>
       <c r="D107" s="2">
-        <v>304473256</v>
+        <v>166403298</v>
       </c>
       <c r="E107" s="2"/>
       <c r="F107" s="2" t="s">
-        <v>33</v>
+        <v>27</v>
       </c>
       <c r="G107" s="2" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="H107" s="2" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="I107" s="2"/>
     </row>
     <row r="108" spans="1:9">
       <c r="A108" s="2" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="B108" s="2" t="s">
-        <v>304</v>
+        <v>97</v>
       </c>
       <c r="C108" s="2" t="s">
-        <v>26</v>
+        <v>98</v>
       </c>
       <c r="D108" s="2">
-        <v>166403298</v>
+        <v>303909868</v>
       </c>
       <c r="E108" s="2"/>
-      <c r="F108" s="2" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="F108" s="2"/>
+      <c r="G108" s="2"/>
+      <c r="H108" s="2"/>
       <c r="I108" s="2"/>
     </row>
     <row r="109" spans="1:9">
       <c r="A109" s="2" t="s">
-        <v>307</v>
+        <v>305</v>
       </c>
       <c r="B109" s="2" t="s">
-        <v>102</v>
+        <v>43</v>
       </c>
       <c r="C109" s="2" t="s">
-        <v>103</v>
+        <v>44</v>
       </c>
       <c r="D109" s="2">
-        <v>303909868</v>
+        <v>304406236</v>
       </c>
       <c r="E109" s="2"/>
-      <c r="F109" s="2"/>
-[...1 lines deleted...]
-      <c r="H109" s="2"/>
+      <c r="F109" s="2" t="s">
+        <v>45</v>
+      </c>
+      <c r="G109" s="2" t="s">
+        <v>306</v>
+      </c>
+      <c r="H109" s="2" t="s">
+        <v>203</v>
+      </c>
       <c r="I109" s="2"/>
     </row>
     <row r="110" spans="1:9">
       <c r="A110" s="2" t="s">
-        <v>308</v>
+        <v>307</v>
       </c>
       <c r="B110" s="2" t="s">
-        <v>49</v>
+        <v>97</v>
       </c>
       <c r="C110" s="2" t="s">
-        <v>50</v>
+        <v>98</v>
       </c>
       <c r="D110" s="2">
-        <v>304406236</v>
+        <v>303169364</v>
       </c>
       <c r="E110" s="2"/>
-      <c r="F110" s="2" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="F110" s="2"/>
+      <c r="G110" s="2"/>
+      <c r="H110" s="2"/>
       <c r="I110" s="2"/>
     </row>
     <row r="111" spans="1:9">
       <c r="A111" s="2" t="s">
-        <v>310</v>
+        <v>308</v>
       </c>
       <c r="B111" s="2" t="s">
-        <v>102</v>
+        <v>97</v>
       </c>
       <c r="C111" s="2" t="s">
-        <v>103</v>
+        <v>98</v>
       </c>
       <c r="D111" s="2">
-        <v>303169364</v>
+        <v>303785858</v>
       </c>
       <c r="E111" s="2"/>
       <c r="F111" s="2"/>
       <c r="G111" s="2"/>
       <c r="H111" s="2"/>
       <c r="I111" s="2"/>
     </row>
     <row r="112" spans="1:9">
       <c r="A112" s="2" t="s">
+        <v>309</v>
+      </c>
+      <c r="B112" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="C112" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="D112" s="2">
+        <v>304891889</v>
+      </c>
+      <c r="E112" s="2"/>
+      <c r="F112" s="2" t="s">
+        <v>45</v>
+      </c>
+      <c r="G112" s="2" t="s">
+        <v>310</v>
+      </c>
+      <c r="H112" s="2" t="s">
         <v>311</v>
       </c>
-      <c r="B112" s="2" t="s">
-[...11 lines deleted...]
-      <c r="H112" s="2"/>
       <c r="I112" s="2"/>
     </row>
     <row r="113" spans="1:9">
       <c r="A113" s="2" t="s">
         <v>312</v>
       </c>
       <c r="B113" s="2" t="s">
-        <v>49</v>
+        <v>43</v>
       </c>
       <c r="C113" s="2" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="D113" s="2">
-        <v>304891889</v>
+        <v>305007941</v>
       </c>
       <c r="E113" s="2"/>
       <c r="F113" s="2" t="s">
-        <v>33</v>
+        <v>45</v>
       </c>
       <c r="G113" s="2" t="s">
         <v>313</v>
       </c>
       <c r="H113" s="2" t="s">
         <v>314</v>
       </c>
       <c r="I113" s="2"/>
     </row>
     <row r="114" spans="1:9">
       <c r="A114" s="2" t="s">
         <v>315</v>
       </c>
       <c r="B114" s="2" t="s">
-        <v>49</v>
+        <v>43</v>
       </c>
       <c r="C114" s="2" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="D114" s="2">
-        <v>305007941</v>
+        <v>304917978</v>
       </c>
       <c r="E114" s="2"/>
       <c r="F114" s="2" t="s">
-        <v>33</v>
+        <v>45</v>
       </c>
       <c r="G114" s="2" t="s">
         <v>316</v>
       </c>
       <c r="H114" s="2" t="s">
         <v>317</v>
       </c>
       <c r="I114" s="2"/>
     </row>
     <row r="115" spans="1:9">
       <c r="A115" s="2" t="s">
         <v>318</v>
       </c>
       <c r="B115" s="2" t="s">
-        <v>49</v>
+        <v>97</v>
       </c>
       <c r="C115" s="2" t="s">
-        <v>50</v>
+        <v>98</v>
       </c>
       <c r="D115" s="2">
-        <v>304917978</v>
+        <v>303533362</v>
       </c>
       <c r="E115" s="2"/>
-      <c r="F115" s="2" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="F115" s="2"/>
+      <c r="G115" s="2"/>
+      <c r="H115" s="2"/>
       <c r="I115" s="2"/>
     </row>
     <row r="116" spans="1:9">
       <c r="A116" s="2" t="s">
-        <v>321</v>
+        <v>319</v>
       </c>
       <c r="B116" s="2" t="s">
-        <v>102</v>
+        <v>320</v>
       </c>
       <c r="C116" s="2" t="s">
-        <v>103</v>
+        <v>98</v>
       </c>
       <c r="D116" s="2">
-        <v>303533362</v>
+        <v>303451926</v>
       </c>
       <c r="E116" s="2"/>
       <c r="F116" s="2"/>
       <c r="G116" s="2"/>
       <c r="H116" s="2"/>
       <c r="I116" s="2"/>
     </row>
     <row r="117" spans="1:9">
       <c r="A117" s="2" t="s">
+        <v>321</v>
+      </c>
+      <c r="B117" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="C117" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="D117" s="2">
+        <v>305158007</v>
+      </c>
+      <c r="E117" s="2"/>
+      <c r="F117" s="2" t="s">
+        <v>45</v>
+      </c>
+      <c r="G117" s="2" t="s">
         <v>322</v>
       </c>
-      <c r="B117" s="2" t="s">
-[...11 lines deleted...]
-      <c r="H117" s="2"/>
+      <c r="H117" s="2" t="s">
+        <v>323</v>
+      </c>
       <c r="I117" s="2"/>
     </row>
     <row r="118" spans="1:9">
       <c r="A118" s="2" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="B118" s="2" t="s">
-        <v>49</v>
+        <v>97</v>
       </c>
       <c r="C118" s="2" t="s">
-        <v>50</v>
+        <v>98</v>
       </c>
       <c r="D118" s="2">
-        <v>305158007</v>
+        <v>304718734</v>
       </c>
       <c r="E118" s="2"/>
-      <c r="F118" s="2" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="F118" s="2"/>
+      <c r="G118" s="2"/>
+      <c r="H118" s="2"/>
       <c r="I118" s="2"/>
     </row>
     <row r="119" spans="1:9">
       <c r="A119" s="2" t="s">
+        <v>325</v>
+      </c>
+      <c r="B119" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="C119" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="D119" s="2">
+        <v>304785124</v>
+      </c>
+      <c r="E119" s="2"/>
+      <c r="F119" s="2" t="s">
+        <v>45</v>
+      </c>
+      <c r="G119" s="2" t="s">
         <v>326</v>
       </c>
-      <c r="B119" s="2" t="s">
-[...11 lines deleted...]
-      <c r="H119" s="2"/>
+      <c r="H119" s="2" t="s">
+        <v>327</v>
+      </c>
       <c r="I119" s="2"/>
     </row>
     <row r="120" spans="1:9">
       <c r="A120" s="2" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="B120" s="2" t="s">
-        <v>49</v>
+        <v>210</v>
       </c>
       <c r="C120" s="2" t="s">
-        <v>50</v>
+        <v>211</v>
       </c>
       <c r="D120" s="2">
-        <v>304785124</v>
+        <v>305628001</v>
       </c>
       <c r="E120" s="2"/>
       <c r="F120" s="2" t="s">
-        <v>33</v>
+        <v>45</v>
       </c>
       <c r="G120" s="2" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="H120" s="2" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="I120" s="2"/>
     </row>
     <row r="121" spans="1:9">
       <c r="A121" s="2" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="B121" s="2" t="s">
-        <v>213</v>
+        <v>320</v>
       </c>
       <c r="C121" s="2" t="s">
-        <v>214</v>
+        <v>332</v>
       </c>
       <c r="D121" s="2">
-        <v>305628001</v>
+        <v>303441469</v>
       </c>
       <c r="E121" s="2"/>
-      <c r="F121" s="2" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="F121" s="2"/>
+      <c r="G121" s="2"/>
+      <c r="H121" s="2"/>
       <c r="I121" s="2"/>
     </row>
     <row r="122" spans="1:9">
       <c r="A122" s="2" t="s">
         <v>333</v>
       </c>
       <c r="B122" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="C122" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="D122" s="2">
+        <v>305138937</v>
+      </c>
+      <c r="E122" s="2"/>
+      <c r="F122" s="2" t="s">
+        <v>45</v>
+      </c>
+      <c r="G122" s="2" t="s">
         <v>334</v>
       </c>
-      <c r="C122" s="2" t="s">
+      <c r="H122" s="2" t="s">
         <v>335</v>
       </c>
-      <c r="D122" s="2">
-[...5 lines deleted...]
-      <c r="H122" s="2"/>
       <c r="I122" s="2"/>
     </row>
     <row r="123" spans="1:9">
       <c r="A123" s="2" t="s">
         <v>336</v>
       </c>
       <c r="B123" s="2" t="s">
-        <v>49</v>
+        <v>25</v>
       </c>
       <c r="C123" s="2" t="s">
-        <v>50</v>
+        <v>26</v>
       </c>
       <c r="D123" s="2">
-        <v>305138937</v>
+        <v>300110581</v>
       </c>
       <c r="E123" s="2"/>
       <c r="F123" s="2" t="s">
-        <v>33</v>
+        <v>27</v>
       </c>
       <c r="G123" s="2" t="s">
         <v>337</v>
       </c>
       <c r="H123" s="2" t="s">
         <v>338</v>
       </c>
       <c r="I123" s="2"/>
     </row>
     <row r="124" spans="1:9">
       <c r="A124" s="2" t="s">
         <v>339</v>
       </c>
       <c r="B124" s="2" t="s">
         <v>25</v>
       </c>
       <c r="C124" s="2" t="s">
         <v>26</v>
       </c>
       <c r="D124" s="2">
-        <v>300110581</v>
+        <v>302664558</v>
       </c>
       <c r="E124" s="2"/>
       <c r="F124" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G124" s="2" t="s">
         <v>340</v>
       </c>
       <c r="H124" s="2" t="s">
         <v>341</v>
       </c>
       <c r="I124" s="2"/>
     </row>
     <row r="125" spans="1:9">
       <c r="A125" s="2" t="s">
         <v>342</v>
       </c>
       <c r="B125" s="2" t="s">
         <v>25</v>
       </c>
       <c r="C125" s="2" t="s">
         <v>26</v>
       </c>
       <c r="D125" s="2">
-        <v>302664558</v>
+        <v>304888494</v>
       </c>
       <c r="E125" s="2"/>
       <c r="F125" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G125" s="2" t="s">
         <v>343</v>
       </c>
       <c r="H125" s="2" t="s">
         <v>344</v>
       </c>
       <c r="I125" s="2"/>
     </row>
     <row r="126" spans="1:9">
       <c r="A126" s="2" t="s">
         <v>345</v>
       </c>
       <c r="B126" s="2" t="s">
-        <v>25</v>
+        <v>43</v>
       </c>
       <c r="C126" s="2" t="s">
-        <v>26</v>
+        <v>44</v>
       </c>
       <c r="D126" s="2">
-        <v>304888494</v>
+        <v>301169732</v>
       </c>
       <c r="E126" s="2"/>
       <c r="F126" s="2" t="s">
-        <v>27</v>
+        <v>45</v>
       </c>
       <c r="G126" s="2" t="s">
         <v>346</v>
       </c>
       <c r="H126" s="2" t="s">
         <v>347</v>
       </c>
       <c r="I126" s="2"/>
     </row>
     <row r="127" spans="1:9">
       <c r="A127" s="2" t="s">
         <v>348</v>
       </c>
       <c r="B127" s="2" t="s">
-        <v>49</v>
+        <v>43</v>
       </c>
       <c r="C127" s="2" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="D127" s="2">
-        <v>301169732</v>
+        <v>304920426</v>
       </c>
       <c r="E127" s="2"/>
       <c r="F127" s="2" t="s">
-        <v>33</v>
+        <v>45</v>
       </c>
       <c r="G127" s="2" t="s">
         <v>349</v>
       </c>
       <c r="H127" s="2" t="s">
         <v>350</v>
       </c>
       <c r="I127" s="2"/>
     </row>
     <row r="128" spans="1:9">
       <c r="A128" s="2" t="s">
         <v>351</v>
       </c>
       <c r="B128" s="2" t="s">
-        <v>49</v>
+        <v>97</v>
       </c>
       <c r="C128" s="2" t="s">
-        <v>50</v>
+        <v>98</v>
       </c>
       <c r="D128" s="2">
-        <v>304920426</v>
+        <v>304081928</v>
       </c>
       <c r="E128" s="2"/>
-      <c r="F128" s="2" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="F128" s="2"/>
+      <c r="G128" s="2"/>
+      <c r="H128" s="2"/>
       <c r="I128" s="2"/>
     </row>
     <row r="129" spans="1:9">
       <c r="A129" s="2" t="s">
+        <v>352</v>
+      </c>
+      <c r="B129" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="C129" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="D129" s="2">
+        <v>304861465</v>
+      </c>
+      <c r="E129" s="2"/>
+      <c r="F129" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="G129" s="2" t="s">
+        <v>353</v>
+      </c>
+      <c r="H129" s="2" t="s">
         <v>354</v>
       </c>
-      <c r="B129" s="2" t="s">
-[...11 lines deleted...]
-      <c r="H129" s="2"/>
       <c r="I129" s="2"/>
     </row>
     <row r="130" spans="1:9">
       <c r="A130" s="2" t="s">
         <v>355</v>
       </c>
       <c r="B130" s="2" t="s">
-        <v>25</v>
+        <v>97</v>
       </c>
       <c r="C130" s="2" t="s">
-        <v>26</v>
+        <v>98</v>
       </c>
       <c r="D130" s="2">
-        <v>304861465</v>
+        <v>303533355</v>
       </c>
       <c r="E130" s="2"/>
-      <c r="F130" s="2" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="F130" s="2"/>
+      <c r="G130" s="2"/>
+      <c r="H130" s="2"/>
       <c r="I130" s="2"/>
     </row>
     <row r="131" spans="1:9">
       <c r="A131" s="2" t="s">
-        <v>358</v>
+        <v>356</v>
       </c>
       <c r="B131" s="2" t="s">
-        <v>102</v>
+        <v>43</v>
       </c>
       <c r="C131" s="2" t="s">
-        <v>103</v>
+        <v>44</v>
       </c>
       <c r="D131" s="2">
-        <v>303533355</v>
+        <v>305152431</v>
       </c>
       <c r="E131" s="2"/>
-      <c r="F131" s="2"/>
-[...1 lines deleted...]
-      <c r="H131" s="2"/>
+      <c r="F131" s="2" t="s">
+        <v>45</v>
+      </c>
+      <c r="G131" s="2" t="s">
+        <v>357</v>
+      </c>
+      <c r="H131" s="2" t="s">
+        <v>354</v>
+      </c>
       <c r="I131" s="2"/>
     </row>
     <row r="132" spans="1:9">
       <c r="A132" s="2" t="s">
-        <v>359</v>
+        <v>358</v>
       </c>
       <c r="B132" s="2" t="s">
-        <v>49</v>
+        <v>43</v>
       </c>
       <c r="C132" s="2" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="D132" s="2">
-        <v>305152431</v>
+        <v>305574870</v>
       </c>
       <c r="E132" s="2"/>
       <c r="F132" s="2" t="s">
-        <v>33</v>
+        <v>45</v>
       </c>
       <c r="G132" s="2" t="s">
+        <v>359</v>
+      </c>
+      <c r="H132" s="2" t="s">
         <v>360</v>
-      </c>
-[...1 lines deleted...]
-        <v>357</v>
       </c>
       <c r="I132" s="2"/>
     </row>
     <row r="133" spans="1:9">
       <c r="A133" s="2" t="s">
         <v>361</v>
       </c>
       <c r="B133" s="2" t="s">
-        <v>49</v>
+        <v>43</v>
       </c>
       <c r="C133" s="2" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="D133" s="2">
-        <v>305574870</v>
+        <v>304715528</v>
       </c>
       <c r="E133" s="2"/>
       <c r="F133" s="2" t="s">
-        <v>33</v>
+        <v>45</v>
       </c>
       <c r="G133" s="2" t="s">
         <v>362</v>
       </c>
       <c r="H133" s="2" t="s">
-        <v>363</v>
+        <v>317</v>
       </c>
       <c r="I133" s="2"/>
     </row>
     <row r="134" spans="1:9">
       <c r="A134" s="2" t="s">
-        <v>364</v>
+        <v>363</v>
       </c>
       <c r="B134" s="2" t="s">
-        <v>49</v>
+        <v>43</v>
       </c>
       <c r="C134" s="2" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="D134" s="2">
-        <v>304715528</v>
+        <v>304871705</v>
       </c>
       <c r="E134" s="2"/>
       <c r="F134" s="2" t="s">
-        <v>33</v>
+        <v>45</v>
       </c>
       <c r="G134" s="2" t="s">
+        <v>364</v>
+      </c>
+      <c r="H134" s="2" t="s">
         <v>365</v>
-      </c>
-[...1 lines deleted...]
-        <v>320</v>
       </c>
       <c r="I134" s="2"/>
     </row>
     <row r="135" spans="1:9">
       <c r="A135" s="2" t="s">
         <v>366</v>
       </c>
       <c r="B135" s="2" t="s">
-        <v>49</v>
+        <v>43</v>
       </c>
       <c r="C135" s="2" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="D135" s="2">
-        <v>304871705</v>
+        <v>305106882</v>
       </c>
       <c r="E135" s="2"/>
       <c r="F135" s="2" t="s">
-        <v>33</v>
+        <v>45</v>
       </c>
       <c r="G135" s="2" t="s">
         <v>367</v>
       </c>
       <c r="H135" s="2" t="s">
-        <v>368</v>
+        <v>194</v>
       </c>
       <c r="I135" s="2"/>
     </row>
     <row r="136" spans="1:9">
       <c r="A136" s="2" t="s">
-        <v>369</v>
+        <v>368</v>
       </c>
       <c r="B136" s="2" t="s">
-        <v>49</v>
+        <v>97</v>
       </c>
       <c r="C136" s="2" t="s">
-        <v>50</v>
+        <v>98</v>
       </c>
       <c r="D136" s="2">
-        <v>305106882</v>
+        <v>304056857</v>
       </c>
       <c r="E136" s="2"/>
-      <c r="F136" s="2" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="F136" s="2"/>
+      <c r="G136" s="2"/>
+      <c r="H136" s="2"/>
       <c r="I136" s="2"/>
     </row>
     <row r="137" spans="1:9">
       <c r="A137" s="2" t="s">
-        <v>371</v>
+        <v>369</v>
       </c>
       <c r="B137" s="2" t="s">
-        <v>102</v>
+        <v>97</v>
       </c>
       <c r="C137" s="2" t="s">
-        <v>103</v>
+        <v>98</v>
       </c>
       <c r="D137" s="2">
-        <v>304056857</v>
+        <v>303469486</v>
       </c>
       <c r="E137" s="2"/>
       <c r="F137" s="2"/>
       <c r="G137" s="2"/>
       <c r="H137" s="2"/>
       <c r="I137" s="2"/>
     </row>
     <row r="138" spans="1:9">
       <c r="A138" s="2" t="s">
-        <v>372</v>
+        <v>370</v>
       </c>
       <c r="B138" s="2" t="s">
-        <v>102</v>
+        <v>97</v>
       </c>
       <c r="C138" s="2" t="s">
-        <v>103</v>
+        <v>98</v>
       </c>
       <c r="D138" s="2">
-        <v>303469486</v>
+        <v>306098812</v>
       </c>
       <c r="E138" s="2"/>
       <c r="F138" s="2"/>
       <c r="G138" s="2"/>
       <c r="H138" s="2"/>
       <c r="I138" s="2"/>
     </row>
     <row r="139" spans="1:9">
       <c r="A139" s="2" t="s">
-        <v>373</v>
+        <v>371</v>
       </c>
       <c r="B139" s="2" t="s">
-        <v>102</v>
+        <v>97</v>
       </c>
       <c r="C139" s="2" t="s">
-        <v>103</v>
+        <v>98</v>
       </c>
       <c r="D139" s="2">
-        <v>306098812</v>
+        <v>304058502</v>
       </c>
       <c r="E139" s="2"/>
       <c r="F139" s="2"/>
       <c r="G139" s="2"/>
       <c r="H139" s="2"/>
       <c r="I139" s="2"/>
     </row>
     <row r="140" spans="1:9">
       <c r="A140" s="2" t="s">
-        <v>374</v>
+        <v>372</v>
       </c>
       <c r="B140" s="2" t="s">
-        <v>102</v>
+        <v>43</v>
       </c>
       <c r="C140" s="2" t="s">
-        <v>103</v>
+        <v>44</v>
       </c>
       <c r="D140" s="2">
-        <v>304058502</v>
+        <v>304686884</v>
       </c>
       <c r="E140" s="2"/>
-      <c r="F140" s="2"/>
-[...1 lines deleted...]
-      <c r="H140" s="2"/>
+      <c r="F140" s="2" t="s">
+        <v>45</v>
+      </c>
+      <c r="G140" s="2" t="s">
+        <v>373</v>
+      </c>
+      <c r="H140" s="2" t="s">
+        <v>327</v>
+      </c>
       <c r="I140" s="2"/>
     </row>
     <row r="141" spans="1:9">
       <c r="A141" s="2" t="s">
-        <v>375</v>
+        <v>374</v>
       </c>
       <c r="B141" s="2" t="s">
-        <v>49</v>
+        <v>43</v>
       </c>
       <c r="C141" s="2" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="D141" s="2">
-        <v>304686884</v>
+        <v>304749651</v>
       </c>
       <c r="E141" s="2"/>
       <c r="F141" s="2" t="s">
-        <v>33</v>
+        <v>45</v>
       </c>
       <c r="G141" s="2" t="s">
+        <v>375</v>
+      </c>
+      <c r="H141" s="2" t="s">
         <v>376</v>
-      </c>
-[...1 lines deleted...]
-        <v>329</v>
       </c>
       <c r="I141" s="2"/>
     </row>
     <row r="142" spans="1:9">
       <c r="A142" s="2" t="s">
         <v>377</v>
       </c>
       <c r="B142" s="2" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="C142" s="2" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="D142" s="2">
-        <v>304749651</v>
+        <v>110083981</v>
       </c>
       <c r="E142" s="2"/>
       <c r="F142" s="2" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="G142" s="2" t="s">
         <v>378</v>
       </c>
-      <c r="H142" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H142" s="2"/>
       <c r="I142" s="2"/>
     </row>
     <row r="143" spans="1:9">
       <c r="A143" s="2" t="s">
-        <v>380</v>
+        <v>379</v>
       </c>
       <c r="B143" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C143" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D143" s="2">
-        <v>110083981</v>
+        <v>110088423</v>
       </c>
       <c r="E143" s="2"/>
       <c r="F143" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G143" s="2" t="s">
-        <v>381</v>
+        <v>380</v>
       </c>
       <c r="H143" s="2"/>
       <c r="I143" s="2"/>
     </row>
     <row r="144" spans="1:9">
       <c r="A144" s="2" t="s">
-        <v>382</v>
+        <v>381</v>
       </c>
       <c r="B144" s="2" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="C144" s="2" t="s">
-        <v>11</v>
+        <v>26</v>
       </c>
       <c r="D144" s="2">
-        <v>110088423</v>
+        <v>158806029</v>
       </c>
       <c r="E144" s="2"/>
       <c r="F144" s="2" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="G144" s="2" t="s">
-        <v>383</v>
-[...1 lines deleted...]
-      <c r="H144" s="2"/>
+        <v>382</v>
+      </c>
+      <c r="H144" s="2" t="s">
+        <v>132</v>
+      </c>
       <c r="I144" s="2"/>
     </row>
     <row r="145" spans="1:9">
       <c r="A145" s="2" t="s">
-        <v>384</v>
+        <v>383</v>
       </c>
       <c r="B145" s="2" t="s">
         <v>25</v>
       </c>
       <c r="C145" s="2" t="s">
-        <v>26</v>
+        <v>108</v>
       </c>
       <c r="D145" s="2">
-        <v>158806029</v>
+        <v>183605327</v>
       </c>
       <c r="E145" s="2"/>
       <c r="F145" s="2" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
       <c r="G145" s="2" t="s">
+        <v>384</v>
+      </c>
+      <c r="H145" s="2" t="s">
         <v>385</v>
-      </c>
-[...1 lines deleted...]
-        <v>137</v>
       </c>
       <c r="I145" s="2"/>
     </row>
     <row r="146" spans="1:9">
       <c r="A146" s="2" t="s">
         <v>386</v>
       </c>
       <c r="B146" s="2" t="s">
         <v>25</v>
       </c>
       <c r="C146" s="2" t="s">
-        <v>113</v>
+        <v>108</v>
       </c>
       <c r="D146" s="2">
-        <v>183605327</v>
+        <v>155498117</v>
       </c>
       <c r="E146" s="2"/>
       <c r="F146" s="2" t="s">
-        <v>43</v>
+        <v>37</v>
       </c>
       <c r="G146" s="2" t="s">
         <v>387</v>
       </c>
       <c r="H146" s="2" t="s">
         <v>388</v>
       </c>
       <c r="I146" s="2"/>
     </row>
     <row r="147" spans="1:9">
       <c r="A147" s="2" t="s">
         <v>389</v>
       </c>
       <c r="B147" s="2" t="s">
         <v>25</v>
       </c>
       <c r="C147" s="2" t="s">
-        <v>113</v>
+        <v>26</v>
       </c>
       <c r="D147" s="2">
-        <v>155498117</v>
+        <v>304881005</v>
       </c>
       <c r="E147" s="2"/>
       <c r="F147" s="2" t="s">
-        <v>43</v>
+        <v>27</v>
       </c>
       <c r="G147" s="2" t="s">
         <v>390</v>
       </c>
       <c r="H147" s="2" t="s">
         <v>391</v>
       </c>
       <c r="I147" s="2"/>
     </row>
     <row r="148" spans="1:9">
       <c r="A148" s="2" t="s">
         <v>392</v>
       </c>
       <c r="B148" s="2" t="s">
-        <v>25</v>
+        <v>43</v>
       </c>
       <c r="C148" s="2" t="s">
-        <v>26</v>
+        <v>44</v>
       </c>
       <c r="D148" s="2">
-        <v>304881005</v>
+        <v>304576936</v>
       </c>
       <c r="E148" s="2"/>
       <c r="F148" s="2" t="s">
-        <v>27</v>
+        <v>45</v>
       </c>
       <c r="G148" s="2" t="s">
         <v>393</v>
       </c>
       <c r="H148" s="2" t="s">
         <v>394</v>
       </c>
       <c r="I148" s="2"/>
     </row>
     <row r="149" spans="1:9">
       <c r="A149" s="2" t="s">
         <v>395</v>
       </c>
       <c r="B149" s="2" t="s">
-        <v>49</v>
+        <v>43</v>
       </c>
       <c r="C149" s="2" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="D149" s="2">
-        <v>304576936</v>
+        <v>304531663</v>
       </c>
       <c r="E149" s="2"/>
       <c r="F149" s="2" t="s">
-        <v>33</v>
+        <v>45</v>
       </c>
       <c r="G149" s="2" t="s">
         <v>396</v>
       </c>
       <c r="H149" s="2" t="s">
-        <v>397</v>
+        <v>197</v>
       </c>
       <c r="I149" s="2"/>
     </row>
     <row r="150" spans="1:9">
       <c r="A150" s="2" t="s">
-        <v>398</v>
+        <v>397</v>
       </c>
       <c r="B150" s="2" t="s">
-        <v>49</v>
+        <v>25</v>
       </c>
       <c r="C150" s="2" t="s">
-        <v>50</v>
+        <v>26</v>
       </c>
       <c r="D150" s="2">
-        <v>304531663</v>
+        <v>147058673</v>
       </c>
       <c r="E150" s="2"/>
       <c r="F150" s="2" t="s">
-        <v>33</v>
+        <v>27</v>
       </c>
       <c r="G150" s="2" t="s">
+        <v>398</v>
+      </c>
+      <c r="H150" s="2" t="s">
         <v>399</v>
-      </c>
-[...1 lines deleted...]
-        <v>200</v>
       </c>
       <c r="I150" s="2"/>
     </row>
     <row r="151" spans="1:9">
       <c r="A151" s="2" t="s">
         <v>400</v>
       </c>
       <c r="B151" s="2" t="s">
         <v>25</v>
       </c>
       <c r="C151" s="2" t="s">
         <v>26</v>
       </c>
       <c r="D151" s="2">
-        <v>147058673</v>
+        <v>300530005</v>
       </c>
       <c r="E151" s="2"/>
       <c r="F151" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G151" s="2" t="s">
         <v>401</v>
       </c>
       <c r="H151" s="2" t="s">
-        <v>402</v>
+        <v>123</v>
       </c>
       <c r="I151" s="2"/>
     </row>
     <row r="152" spans="1:9">
       <c r="A152" s="2" t="s">
-        <v>403</v>
+        <v>402</v>
       </c>
       <c r="B152" s="2" t="s">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="C152" s="2" t="s">
-        <v>26</v>
+        <v>11</v>
       </c>
       <c r="D152" s="2">
-        <v>300530005</v>
+        <v>112040014</v>
       </c>
       <c r="E152" s="2"/>
       <c r="F152" s="2" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="G152" s="2" t="s">
-        <v>404</v>
-[...3 lines deleted...]
-      </c>
+        <v>403</v>
+      </c>
+      <c r="H152" s="2"/>
       <c r="I152" s="2"/>
     </row>
     <row r="153" spans="1:9">
       <c r="A153" s="2" t="s">
-        <v>405</v>
+        <v>404</v>
       </c>
       <c r="B153" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C153" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D153" s="2">
-        <v>112040014</v>
+        <v>301788649</v>
       </c>
       <c r="E153" s="2"/>
       <c r="F153" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G153" s="2" t="s">
-        <v>406</v>
+        <v>405</v>
       </c>
       <c r="H153" s="2"/>
       <c r="I153" s="2"/>
     </row>
     <row r="154" spans="1:9">
       <c r="A154" s="2" t="s">
-        <v>407</v>
+        <v>406</v>
       </c>
       <c r="B154" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C154" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D154" s="2">
-        <v>301788649</v>
+        <v>112043996</v>
       </c>
       <c r="E154" s="2"/>
       <c r="F154" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G154" s="2" t="s">
-        <v>408</v>
+        <v>407</v>
       </c>
       <c r="H154" s="2"/>
       <c r="I154" s="2"/>
     </row>
     <row r="155" spans="1:9">
       <c r="A155" s="2" t="s">
-        <v>409</v>
+        <v>408</v>
       </c>
       <c r="B155" s="2" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
       <c r="C155" s="2" t="s">
-        <v>11</v>
+        <v>26</v>
       </c>
       <c r="D155" s="2">
-        <v>112043996</v>
+        <v>300093064</v>
       </c>
       <c r="E155" s="2"/>
       <c r="F155" s="2" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="G155" s="2" t="s">
+        <v>409</v>
+      </c>
+      <c r="H155" s="2" t="s">
         <v>410</v>
       </c>
-      <c r="H155" s="2"/>
       <c r="I155" s="2"/>
     </row>
     <row r="156" spans="1:9">
       <c r="A156" s="2" t="s">
         <v>411</v>
       </c>
       <c r="B156" s="2" t="s">
-        <v>41</v>
+        <v>10</v>
       </c>
       <c r="C156" s="2" t="s">
-        <v>26</v>
+        <v>11</v>
       </c>
       <c r="D156" s="2">
-        <v>300093064</v>
+        <v>112046049</v>
       </c>
       <c r="E156" s="2"/>
       <c r="F156" s="2" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="G156" s="2" t="s">
         <v>412</v>
       </c>
-      <c r="H156" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H156" s="2"/>
       <c r="I156" s="2"/>
     </row>
     <row r="157" spans="1:9">
       <c r="A157" s="2" t="s">
-        <v>414</v>
+        <v>413</v>
       </c>
       <c r="B157" s="2" t="s">
-        <v>10</v>
+        <v>43</v>
       </c>
       <c r="C157" s="2" t="s">
-        <v>11</v>
+        <v>44</v>
       </c>
       <c r="D157" s="2">
-        <v>112046049</v>
+        <v>304740691</v>
       </c>
       <c r="E157" s="2"/>
       <c r="F157" s="2" t="s">
-        <v>12</v>
+        <v>45</v>
       </c>
       <c r="G157" s="2" t="s">
+        <v>414</v>
+      </c>
+      <c r="H157" s="2" t="s">
         <v>415</v>
       </c>
-      <c r="H157" s="2"/>
       <c r="I157" s="2"/>
     </row>
     <row r="158" spans="1:9">
       <c r="A158" s="2" t="s">
         <v>416</v>
       </c>
       <c r="B158" s="2" t="s">
-        <v>49</v>
+        <v>301</v>
       </c>
       <c r="C158" s="2" t="s">
-        <v>50</v>
+        <v>417</v>
       </c>
       <c r="D158" s="2">
-        <v>304740691</v>
+        <v>306090623</v>
       </c>
       <c r="E158" s="2"/>
       <c r="F158" s="2" t="s">
-        <v>33</v>
+        <v>27</v>
       </c>
       <c r="G158" s="2" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="H158" s="2" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="I158" s="2"/>
-    </row>
-[...23 lines deleted...]
-      <c r="I159" s="2"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>