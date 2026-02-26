--- v0 (2025-11-21)
+++ v1 (2026-02-26)
@@ -41,51 +41,51 @@
   <si>
     <t>Type</t>
   </si>
   <si>
     <t>Business form</t>
   </si>
   <si>
     <t>Company code</t>
   </si>
   <si>
     <t>Registration code</t>
   </si>
   <si>
     <t>Licence type/kind</t>
   </si>
   <si>
     <t>Authorization code</t>
   </si>
   <si>
     <t>valid from</t>
   </si>
   <si>
     <t>valid till</t>
   </si>
   <si>
-    <t>Olara, UAB</t>
+    <t>UAB Inchcape Insurance Broker  (Restricted activity)</t>
   </si>
   <si>
     <t>Insurance intermediary</t>
   </si>
   <si>
     <t>Insurance brokerage firms</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="3">
@@ -465,51 +465,51 @@
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D2" s="2">
-        <v>307268491</v>
+        <v>307201763</v>
       </c>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">