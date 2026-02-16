--- v0 (2025-10-01)
+++ v1 (2026-02-16)
@@ -12,149 +12,146 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="40">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="39">
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Type</t>
   </si>
   <si>
     <t>Business form</t>
   </si>
   <si>
     <t>Company code</t>
   </si>
   <si>
     <t>Registration code</t>
   </si>
   <si>
     <t>Licence type/kind</t>
   </si>
   <si>
     <t>Authorization code</t>
   </si>
   <si>
     <t>valid from</t>
   </si>
   <si>
     <t>valid till</t>
   </si>
   <si>
     <t>"Alende Marketplace (Lithuania)" UAB</t>
   </si>
   <si>
+    <t>Real-estate related credit provider</t>
+  </si>
+  <si>
+    <t>Lenders operating in accordance with the Republic of Lithuania Law on Real Estate Related Credit</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AS „West Kredit“ filialas </t>
+  </si>
+  <si>
+    <t>UAB „Bendras finansavimas“</t>
+  </si>
+  <si>
+    <t>Real-estate related credit provider, Peer-to-peer lending platform operator, operating in accordance with the Republic of Lithuania Law on Credit Related to Real Estate, Peer-to-peer lending platform operator, Consumer credit provider, Crowdfunding service provider</t>
+  </si>
+  <si>
+    <t>Consumer credit providers, Peer-to-peer lending platforms, Lenders operating in accordance with the Republic of Lithuania Law on Real Estate Related Credit, Peer-to-peer lending platform operator acting in accordance with the Republic of Lithuania Law on Real Estate Related Credit, Crowdfunding service provider</t>
+  </si>
+  <si>
+    <t>Crowdfunding service provider licence</t>
+  </si>
+  <si>
+    <t>LB002207</t>
+  </si>
+  <si>
+    <t>2023-08-01</t>
+  </si>
+  <si>
+    <t>Credit Solutions UAB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">UAB EDS INVEST </t>
+  </si>
+  <si>
+    <t>Real-estate related credit provider, Consumer credit intermediary, Consumer credit provider</t>
+  </si>
+  <si>
+    <t>Consumer credit providers, Independent Consumer Credit Providers Intermediaries, Lenders operating in accordance with the Republic of Lithuania Law on Real Estate Related Credit</t>
+  </si>
+  <si>
+    <t>Revolut Bank UAB</t>
+  </si>
+  <si>
+    <t>Bank, Currency exchange operator, Real-estate related credit provider, Consumer credit provider</t>
+  </si>
+  <si>
+    <t>Consumer credit providers, Currency exchange operators, Banks authorised in the Republic of Lithuania, Lenders operating in accordance with the Republic of Lithuania Law on Real Estate Related Credit</t>
+  </si>
+  <si>
+    <t>Banking licence</t>
+  </si>
+  <si>
+    <t>LB002119</t>
+  </si>
+  <si>
+    <t>2021-12-13</t>
+  </si>
+  <si>
+    <t>UAB EDS INVEST 2</t>
+  </si>
+  <si>
     <t>Real-estate related credit provider, Consumer credit provider</t>
   </si>
   <si>
     <t>Consumer credit providers, Lenders operating in accordance with the Republic of Lithuania Law on Real Estate Related Credit</t>
-  </si>
-[...61 lines deleted...]
-    <t>UAB EDS INVEST 2</t>
   </si>
   <si>
     <t>UAB "Hipotekiniai kreditai"</t>
   </si>
   <si>
     <t>Real-estate related credit provider, Real-estate related credit intermediary</t>
   </si>
   <si>
     <t>Lenders operating in accordance with the Republic of Lithuania Law on Real Estate Related Credit, Dependent credit intermediaries operating on behalf of more than one lender and in accordance with the Republic of Lithuania Law on Real Estate Related Credit</t>
   </si>
   <si>
     <t>UAB "Kredito garantas"</t>
   </si>
   <si>
     <t>UAB ,,Kredito partneris"</t>
   </si>
   <si>
     <t>UAB „Nordecum“</t>
   </si>
   <si>
     <t>UAB "Vakarų kreditas"</t>
   </si>
 </sst>
 </file>
 
@@ -490,54 +487,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I14"/>
+  <dimension ref="A1:I13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I14" sqref="I14"/>
+      <selection activeCell="I13" sqref="I13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="40" customWidth="true" style="0"/>
     <col min="2" max="2" width="40" customWidth="true" style="0"/>
     <col min="3" max="3" width="40" customWidth="true" style="0"/>
     <col min="4" max="4" width="40" customWidth="true" style="0"/>
     <col min="5" max="5" width="40" customWidth="true" style="0"/>
     <col min="6" max="6" width="40" customWidth="true" style="0"/>
     <col min="7" max="7" width="40" customWidth="true" style="0"/>
     <col min="8" max="8" width="40" customWidth="true" style="0"/>
     <col min="9" max="9" width="40" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
@@ -562,284 +559,265 @@
     </row>
     <row r="2" spans="1:9">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D2" s="2">
         <v>306059186</v>
       </c>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" s="2" t="s">
         <v>12</v>
       </c>
       <c r="B3" s="2" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="C3" s="2" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="D3" s="2">
         <v>304254999</v>
       </c>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="B4" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="C4" s="2" t="s">
         <v>15</v>
-      </c>
-[...4 lines deleted...]
-        <v>17</v>
       </c>
       <c r="D4" s="2">
         <v>303259527</v>
       </c>
       <c r="E4" s="2"/>
       <c r="F4" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="G4" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H4" s="2" t="s">
         <v>18</v>
-      </c>
-[...4 lines deleted...]
-        <v>20</v>
       </c>
       <c r="I4" s="2"/>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" s="2" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="B5" s="2" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="C5" s="2" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="D5" s="2">
         <v>305952640</v>
       </c>
       <c r="E5" s="2"/>
       <c r="F5" s="2"/>
       <c r="G5" s="2"/>
       <c r="H5" s="2"/>
       <c r="I5" s="2"/>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="B6" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="C6" s="2" t="s">
         <v>22</v>
-      </c>
-[...4 lines deleted...]
-        <v>24</v>
       </c>
       <c r="D6" s="2">
         <v>304478449</v>
       </c>
       <c r="E6" s="2"/>
       <c r="F6" s="2"/>
       <c r="G6" s="2"/>
       <c r="H6" s="2"/>
       <c r="I6" s="2"/>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="B7" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="C7" s="2" t="s">
         <v>25</v>
       </c>
-      <c r="B7" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D7" s="2">
-        <v>305864279</v>
+        <v>304580906</v>
       </c>
       <c r="E7" s="2"/>
-      <c r="F7" s="2"/>
-[...1 lines deleted...]
-      <c r="H7" s="2"/>
+      <c r="F7" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="G7" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="H7" s="2" t="s">
+        <v>28</v>
+      </c>
       <c r="I7" s="2"/>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" s="2" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="B8" s="2" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="D8" s="2">
-        <v>304580906</v>
+        <v>302583330</v>
       </c>
       <c r="E8" s="2"/>
-      <c r="F8" s="2" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="F8" s="2"/>
+      <c r="G8" s="2"/>
+      <c r="H8" s="2"/>
       <c r="I8" s="2"/>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" s="2" t="s">
         <v>32</v>
       </c>
       <c r="B9" s="2" t="s">
-        <v>10</v>
+        <v>33</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>11</v>
+        <v>34</v>
       </c>
       <c r="D9" s="2">
-        <v>302583330</v>
+        <v>304374977</v>
       </c>
       <c r="E9" s="2"/>
       <c r="F9" s="2"/>
       <c r="G9" s="2"/>
       <c r="H9" s="2"/>
       <c r="I9" s="2"/>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" s="2" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="B10" s="2" t="s">
-        <v>34</v>
+        <v>10</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>35</v>
+        <v>11</v>
       </c>
       <c r="D10" s="2">
-        <v>304374977</v>
+        <v>302667426</v>
       </c>
       <c r="E10" s="2"/>
       <c r="F10" s="2"/>
       <c r="G10" s="2"/>
       <c r="H10" s="2"/>
       <c r="I10" s="2"/>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" s="2" t="s">
         <v>36</v>
       </c>
       <c r="B11" s="2" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="D11" s="2">
-        <v>302667426</v>
+        <v>305137493</v>
       </c>
       <c r="E11" s="2"/>
       <c r="F11" s="2"/>
       <c r="G11" s="2"/>
       <c r="H11" s="2"/>
       <c r="I11" s="2"/>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" s="2" t="s">
         <v>37</v>
       </c>
       <c r="B12" s="2" t="s">
-        <v>13</v>
+        <v>30</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>14</v>
+        <v>31</v>
       </c>
       <c r="D12" s="2">
-        <v>305137493</v>
+        <v>302535232</v>
       </c>
       <c r="E12" s="2"/>
       <c r="F12" s="2"/>
       <c r="G12" s="2"/>
       <c r="H12" s="2"/>
       <c r="I12" s="2"/>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" s="2" t="s">
         <v>38</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D13" s="2">
-        <v>302535232</v>
+        <v>303872850</v>
       </c>
       <c r="E13" s="2"/>
       <c r="F13" s="2"/>
       <c r="G13" s="2"/>
       <c r="H13" s="2"/>
       <c r="I13" s="2"/>
-    </row>
-[...17 lines deleted...]
-      <c r="I14" s="2"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>