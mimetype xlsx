--- v0 (2025-10-02)
+++ v1 (2026-01-02)
@@ -47,51 +47,51 @@
   <si>
     <t>Company code</t>
   </si>
   <si>
     <t>Registration code</t>
   </si>
   <si>
     <t>Licence type/kind</t>
   </si>
   <si>
     <t>Authorization code</t>
   </si>
   <si>
     <t>valid from</t>
   </si>
   <si>
     <t>valid till</t>
   </si>
   <si>
     <t>Societe Generale - Forge</t>
   </si>
   <si>
     <t>Electronic money institution</t>
   </si>
   <si>
-    <t>Electronic money institutions of EU Member States providing services in the Republic of Lithuania without a branch, Foreign alternative investment undertaking</t>
+    <t>Electronic money institutions of EU Member States providing services in the Republic of Lithuania without a branch, Foreign alternative investment undertaking, EU/EEA crypto-asset service provider providing services without establishment in the Republic of Lithuania</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>