--- v0 (2025-10-11)
+++ v1 (2026-01-10)
@@ -12,92 +12,92 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="64">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="63">
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Type</t>
   </si>
   <si>
     <t>Business form</t>
   </si>
   <si>
     <t>Company code</t>
   </si>
   <si>
     <t>Registration code</t>
   </si>
   <si>
     <t>Licence type/kind</t>
   </si>
   <si>
     <t>Authorization code</t>
   </si>
   <si>
     <t>valid from</t>
   </si>
   <si>
     <t>valid till</t>
   </si>
   <si>
     <t xml:space="preserve"> ICP Nederland B.V. (Restricted activity)</t>
   </si>
   <si>
     <t>Electronic money institution intermediary</t>
   </si>
   <si>
     <t>Persons distributing e-money of an EMI established in an EU Member State</t>
   </si>
   <si>
     <t>09176877</t>
   </si>
   <si>
-    <t>Amnis Europe AG</t>
+    <t>Amnis Europe AG (Activity under temporary suspension till separate decision)</t>
   </si>
   <si>
     <t>Persons distributing/redeeming e-money of an EMI established in the Republic of Lithuania</t>
   </si>
   <si>
     <t>FL-0002.647.164-7</t>
   </si>
   <si>
     <t>UAB "ASHBURN International"</t>
   </si>
   <si>
     <t>Payment institution, Currency exchange operator, Electronic money institution intermediary</t>
   </si>
   <si>
     <t>Payment institutions holding a licence for restricted activity, Currency exchange operators, Persons distributing e-money of an EMI established in an EU Member State</t>
   </si>
   <si>
     <t>Payment institution licence for restricted activity</t>
   </si>
   <si>
     <t>LB000224</t>
   </si>
   <si>
     <t>2011-04-28</t>
   </si>
@@ -171,53 +171,50 @@
     <t>Uždaroji akcinė bendrovė ,,NORFOS MAŽMENA"</t>
   </si>
   <si>
     <t>ONE.IO CYPRUS LIMITED</t>
   </si>
   <si>
     <t>60049971Q</t>
   </si>
   <si>
     <t>UAB "Perlas Network"</t>
   </si>
   <si>
     <t>Purse Money Sp. Z o.o.</t>
   </si>
   <si>
     <t>QUICKPAY LIMITED</t>
   </si>
   <si>
     <t>Qulisteph Limited</t>
   </si>
   <si>
     <t>60111410U</t>
   </si>
   <si>
     <t>Uždaroji akcinė bendrovė "RIMI LIETUVA"</t>
-  </si>
-[...1 lines deleted...]
-    <t>UAB Spectro Finance</t>
   </si>
   <si>
     <t>Uždaroji akcinė bendrovė "Staginis"</t>
   </si>
   <si>
     <t>UAB "Šilutės prekyba"</t>
   </si>
   <si>
     <t>Transactworld Limited</t>
   </si>
   <si>
     <t>HE303056</t>
   </si>
   <si>
     <t>Transferclear CY Limited</t>
   </si>
   <si>
     <t>10384614I</t>
   </si>
   <si>
     <t>UAB "Tailord"</t>
   </si>
   <si>
     <t>Universal Cover, S.A.</t>
   </si>
@@ -562,54 +559,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I34"/>
+  <dimension ref="A1:I33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I34" sqref="I34"/>
+      <selection activeCell="I33" sqref="I33"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="40" customWidth="true" style="0"/>
     <col min="2" max="2" width="40" customWidth="true" style="0"/>
     <col min="3" max="3" width="40" customWidth="true" style="0"/>
     <col min="4" max="4" width="40" customWidth="true" style="0"/>
     <col min="5" max="5" width="40" customWidth="true" style="0"/>
     <col min="6" max="6" width="40" customWidth="true" style="0"/>
     <col min="7" max="7" width="40" customWidth="true" style="0"/>
     <col min="8" max="8" width="40" customWidth="true" style="0"/>
     <col min="9" max="9" width="40" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
@@ -1083,205 +1080,186 @@
         <v>10</v>
       </c>
       <c r="C25" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D25" s="2">
         <v>123715317</v>
       </c>
       <c r="E25" s="2"/>
       <c r="F25" s="2"/>
       <c r="G25" s="2"/>
       <c r="H25" s="2"/>
       <c r="I25" s="2"/>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" s="2" t="s">
         <v>53</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C26" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D26" s="2">
-        <v>303008845</v>
+        <v>184555731</v>
       </c>
       <c r="E26" s="2"/>
       <c r="F26" s="2"/>
       <c r="G26" s="2"/>
       <c r="H26" s="2"/>
       <c r="I26" s="2"/>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" s="2" t="s">
         <v>54</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C27" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D27" s="2">
-        <v>184555731</v>
+        <v>177197426</v>
       </c>
       <c r="E27" s="2"/>
       <c r="F27" s="2"/>
       <c r="G27" s="2"/>
       <c r="H27" s="2"/>
       <c r="I27" s="2"/>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" s="2" t="s">
         <v>55</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C28" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="D28" s="2">
-[...2 lines deleted...]
-      <c r="E28" s="2"/>
+      <c r="D28" s="2"/>
+      <c r="E28" s="2" t="s">
+        <v>56</v>
+      </c>
       <c r="F28" s="2"/>
       <c r="G28" s="2"/>
       <c r="H28" s="2"/>
       <c r="I28" s="2"/>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" s="2" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C29" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="F29" s="2"/>
       <c r="G29" s="2"/>
       <c r="H29" s="2"/>
       <c r="I29" s="2"/>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" s="2" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C30" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="D30" s="2"/>
-[...2 lines deleted...]
-      </c>
+      <c r="D30" s="2">
+        <v>304956707</v>
+      </c>
+      <c r="E30" s="2"/>
       <c r="F30" s="2"/>
       <c r="G30" s="2"/>
       <c r="H30" s="2"/>
       <c r="I30" s="2"/>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" s="2" t="s">
         <v>60</v>
       </c>
       <c r="B31" s="2" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="C31" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="D31" s="2">
-[...2 lines deleted...]
-      <c r="E31" s="2"/>
+      <c r="D31" s="2"/>
+      <c r="E31" s="2">
+        <v>515428515</v>
+      </c>
       <c r="F31" s="2"/>
       <c r="G31" s="2"/>
       <c r="H31" s="2"/>
       <c r="I31" s="2"/>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" s="2" t="s">
         <v>61</v>
       </c>
       <c r="B32" s="2" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="C32" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D32" s="2"/>
-      <c r="E32" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E32" s="2"/>
       <c r="F32" s="2"/>
       <c r="G32" s="2"/>
       <c r="H32" s="2"/>
       <c r="I32" s="2"/>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" s="2" t="s">
         <v>62</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C33" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2"/>
       <c r="F33" s="2"/>
       <c r="G33" s="2"/>
       <c r="H33" s="2"/>
       <c r="I33" s="2"/>
-    </row>
-[...15 lines deleted...]
-      <c r="I34" s="2"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>