--- v0 (2025-10-15)
+++ v1 (2026-01-15)
@@ -12,362 +12,353 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="104">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="101">
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Type</t>
   </si>
   <si>
     <t>Business form</t>
   </si>
   <si>
     <t>Company code</t>
   </si>
   <si>
     <t>Registration code</t>
   </si>
   <si>
     <t>Licence type/kind</t>
   </si>
   <si>
     <t>Authorization code</t>
   </si>
   <si>
     <t>valid from</t>
   </si>
   <si>
     <t>valid till</t>
   </si>
   <si>
-    <t>"Alende Marketplace (Lithuania)" UAB</t>
+    <t>UAB „Bendras finansavimas“</t>
+  </si>
+  <si>
+    <t>Real-estate related credit provider, Peer-to-peer lending platform operator, operating in accordance with the Republic of Lithuania Law on Credit Related to Real Estate, Peer-to-peer lending platform operator, Consumer credit provider, Crowdfunding service provider</t>
+  </si>
+  <si>
+    <t>Consumer credit providers, Peer-to-peer lending platforms, Lenders operating in accordance with the Republic of Lithuania Law on Real Estate Related Credit, Peer-to-peer lending platform operator acting in accordance with the Republic of Lithuania Law on Real Estate Related Credit, Crowdfunding service provider</t>
+  </si>
+  <si>
+    <t>Crowdfunding service provider licence</t>
+  </si>
+  <si>
+    <t>LB002207</t>
+  </si>
+  <si>
+    <t>2023-08-01</t>
+  </si>
+  <si>
+    <t>UAB BLENDER LITHUANIA</t>
+  </si>
+  <si>
+    <t>Electronic money institution, Currency exchange operator, Consumer credit provider</t>
+  </si>
+  <si>
+    <t>Consumer credit providers, Electronic money institution, holding a licence issued in Lithuania for non-limited activity, Currency exchange operators</t>
+  </si>
+  <si>
+    <t>Electronic money institution licence</t>
+  </si>
+  <si>
+    <t>LB000244</t>
+  </si>
+  <si>
+    <t>2017-02-14</t>
+  </si>
+  <si>
+    <t>BnP Finance, UAB</t>
+  </si>
+  <si>
+    <t>Consumer credit provider</t>
+  </si>
+  <si>
+    <t>Consumer credit providers</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bondora AS </t>
+  </si>
+  <si>
+    <t>Curve Europe, UAB</t>
+  </si>
+  <si>
+    <t>Insurance brokerage firms, Consumer credit providers, Electronic money institution, holding a licence issued in Lithuania for non-limited activity, Currency exchange operators</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DelfinGroup LT UAB </t>
+  </si>
+  <si>
+    <t xml:space="preserve">UAB EDS INVEST </t>
+  </si>
+  <si>
+    <t>Real-estate related credit provider, Consumer credit intermediary, Consumer credit provider</t>
+  </si>
+  <si>
+    <t>Consumer credit providers, Independent Consumer Credit Providers Intermediaries, Lenders operating in accordance with the Republic of Lithuania Law on Real Estate Related Credit</t>
+  </si>
+  <si>
+    <t>Fresh Finance UAB</t>
+  </si>
+  <si>
+    <t>IĮ "Aujama-credit"</t>
+  </si>
+  <si>
+    <t>Intesa Sanpaolo Bank Luxembourg S.A.</t>
+  </si>
+  <si>
+    <t>Bank, Consumer credit provider</t>
+  </si>
+  <si>
+    <t>Consumer credit providers, EU banks operating in the Republic of Lithuania without a branch</t>
+  </si>
+  <si>
+    <t>549300H62SNDRT0PS319</t>
+  </si>
+  <si>
+    <t>IPF Digital Lietuva, UAB</t>
+  </si>
+  <si>
+    <t>LPB Capital, UAB</t>
+  </si>
+  <si>
+    <t>Luminor Lizingas UAB</t>
+  </si>
+  <si>
+    <t>myTU credit, UAB</t>
+  </si>
+  <si>
+    <t>UAB „mogo LT“</t>
+  </si>
+  <si>
+    <t>NEO Finance, AB</t>
+  </si>
+  <si>
+    <t>Electronic money institution, Currency exchange operator, Peer-to-peer lending platform operator, Consumer credit provider</t>
+  </si>
+  <si>
+    <t>Consumer credit providers, Peer-to-peer lending platforms, Electronic money institution, holding a licence issued in Lithuania for non-limited activity, Currency exchange operators, Issuers whose securities are admitted to trading on multilateral trading facilities</t>
+  </si>
+  <si>
+    <t>LB000247</t>
+  </si>
+  <si>
+    <t>2017-01-05</t>
+  </si>
+  <si>
+    <t>"Paysera LT", UAB</t>
+  </si>
+  <si>
+    <t>Consumer credit providers, Peer-to-peer lending platforms, Electronic money institution, holding a licence issued in Lithuania for non-limited activity, Currency exchange operators</t>
+  </si>
+  <si>
+    <t>LB000251</t>
+  </si>
+  <si>
+    <t>2012-09-27</t>
+  </si>
+  <si>
+    <t>REGO.LT, UAB</t>
+  </si>
+  <si>
+    <t>Revolut Bank UAB</t>
+  </si>
+  <si>
+    <t>Bank, Currency exchange operator, Real-estate related credit provider, Consumer credit provider</t>
+  </si>
+  <si>
+    <t>Consumer credit providers, Currency exchange operators, Banks authorised in the Republic of Lithuania, Lenders operating in accordance with the Republic of Lithuania Law on Real Estate Related Credit</t>
+  </si>
+  <si>
+    <t>Banking licence</t>
+  </si>
+  <si>
+    <t>LB002119</t>
+  </si>
+  <si>
+    <t>2021-12-13</t>
+  </si>
+  <si>
+    <t>SIA ,,Citadele Leasing“ Lietuvos filialas</t>
+  </si>
+  <si>
+    <t>Stokker Finance, UAB</t>
+  </si>
+  <si>
+    <t>„Swedbank lizingas“, UAB</t>
+  </si>
+  <si>
+    <t>TRUMPF Financial Services GmbH</t>
+  </si>
+  <si>
+    <t>BAK 130120</t>
+  </si>
+  <si>
+    <t>UAB „Amberio kreditas“</t>
+  </si>
+  <si>
+    <t>UAB „ARN group"</t>
+  </si>
+  <si>
+    <t>UAB Artea lizingas</t>
+  </si>
+  <si>
+    <t>UAB BLENDER LITHUANIA F1</t>
+  </si>
+  <si>
+    <t>UAB BLENDER LITHUANIA F2</t>
+  </si>
+  <si>
+    <t>UAB „Citadele Factoring“</t>
+  </si>
+  <si>
+    <t>UAB Craftsoft</t>
+  </si>
+  <si>
+    <t>UAB "Credit Consulting Services"</t>
+  </si>
+  <si>
+    <t>UAB „Credit Service“</t>
+  </si>
+  <si>
+    <t>UAB EDS INVEST 2</t>
   </si>
   <si>
     <t>Real-estate related credit provider, Consumer credit provider</t>
   </si>
   <si>
     <t>Consumer credit providers, Lenders operating in accordance with the Republic of Lithuania Law on Real Estate Related Credit</t>
   </si>
   <si>
-    <t>UAB „Bendras finansavimas“</t>
-[...193 lines deleted...]
-  <si>
     <t>UAB EDS INVEST 3</t>
   </si>
   <si>
     <t>UAB ESTO</t>
   </si>
   <si>
     <t>UAB „Finansų bitė“</t>
   </si>
   <si>
     <t>Electronic money institution intermediary, Peer-to-peer lending platform operator, Consumer credit provider</t>
   </si>
   <si>
     <t>Consumer credit providers, Peer-to-peer lending platforms</t>
   </si>
   <si>
     <t>UAB „Finbro“</t>
   </si>
   <si>
     <t>Real-estate related credit intermediary, Consumer credit provider</t>
   </si>
   <si>
     <t>Consumer credit providers, Independent credit intermediaries, acting in accordance with the Republic of Lithuania Law on Credit Relating to Immovable Property</t>
   </si>
   <si>
+    <t>UAB "Flexy LT"</t>
+  </si>
+  <si>
     <t>UAB GF bankas</t>
   </si>
   <si>
     <t>Consumer credit providers, Specialised bank</t>
   </si>
   <si>
     <t>Specialised bank licence</t>
   </si>
   <si>
     <t>LB001878</t>
   </si>
   <si>
     <t>2019-06-25</t>
   </si>
   <si>
     <t>UAB "Giantus finance” (Going bankrupt)</t>
   </si>
   <si>
     <t>UAB Kredus</t>
   </si>
   <si>
     <t>UAB „LSV Intergroup"</t>
   </si>
   <si>
     <t>UAB „Minibank“</t>
   </si>
   <si>
     <t>UAB „Moment Credit“</t>
   </si>
   <si>
     <t>UAB „Nordecum“</t>
   </si>
   <si>
     <t>UAB Primero Finance</t>
   </si>
   <si>
     <t>UAB „PRO INVEST GROUP"</t>
   </si>
   <si>
-    <t>UAB „Saugus kreditas"</t>
-[...1 lines deleted...]
-  <si>
     <t>UAB “SME Finance Leasing”</t>
   </si>
   <si>
     <t>UAB „Sostinės kreditai"</t>
   </si>
   <si>
     <t>UAB „Šeili“</t>
   </si>
   <si>
     <t>UAB „VIP kreditas"</t>
-  </si>
-[...1 lines deleted...]
-    <t>UAB „ZeroSum Leasing“</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -682,54 +673,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I55"/>
+  <dimension ref="A1:I52"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I55" sqref="I55"/>
+      <selection activeCell="I52" sqref="I52"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="40" customWidth="true" style="0"/>
     <col min="2" max="2" width="40" customWidth="true" style="0"/>
     <col min="3" max="3" width="40" customWidth="true" style="0"/>
     <col min="4" max="4" width="40" customWidth="true" style="0"/>
     <col min="5" max="5" width="40" customWidth="true" style="0"/>
     <col min="6" max="6" width="40" customWidth="true" style="0"/>
     <col min="7" max="7" width="40" customWidth="true" style="0"/>
     <col min="8" max="8" width="40" customWidth="true" style="0"/>
     <col min="9" max="9" width="40" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
@@ -741,1102 +732,1043 @@
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D2" s="2">
-        <v>306059186</v>
+        <v>303259527</v>
       </c>
       <c r="E2" s="2"/>
-      <c r="F2" s="2"/>
-[...1 lines deleted...]
-      <c r="H2" s="2"/>
+      <c r="F2" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="H2" s="2" t="s">
+        <v>14</v>
+      </c>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" s="2" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B3" s="2" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="C3" s="2" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="D3" s="2">
-        <v>303259527</v>
+        <v>304230261</v>
       </c>
       <c r="E3" s="2"/>
       <c r="F3" s="2" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="G3" s="2" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="H3" s="2" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B4" s="2" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="C4" s="2" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="D4" s="2">
-        <v>304230261</v>
+        <v>302447985</v>
       </c>
       <c r="E4" s="2"/>
-      <c r="F4" s="2" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="F4" s="2"/>
+      <c r="G4" s="2"/>
+      <c r="H4" s="2"/>
       <c r="I4" s="2"/>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" s="2" t="s">
         <v>24</v>
       </c>
       <c r="B5" s="2" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="C5" s="2" t="s">
-        <v>26</v>
-[...4 lines deleted...]
-      <c r="E5" s="2"/>
+        <v>23</v>
+      </c>
+      <c r="D5" s="2"/>
+      <c r="E5" s="2">
+        <v>11483929</v>
+      </c>
       <c r="F5" s="2"/>
       <c r="G5" s="2"/>
       <c r="H5" s="2"/>
       <c r="I5" s="2"/>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" s="2" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="B6" s="2" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>26</v>
       </c>
-      <c r="D6" s="2"/>
-[...2 lines deleted...]
-      </c>
+      <c r="D6" s="2">
+        <v>305626541</v>
+      </c>
+      <c r="E6" s="2"/>
       <c r="F6" s="2"/>
       <c r="G6" s="2"/>
       <c r="H6" s="2"/>
       <c r="I6" s="2"/>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" s="2" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="B7" s="2" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="D7" s="2">
-        <v>305626541</v>
+        <v>306462155</v>
       </c>
       <c r="E7" s="2"/>
       <c r="F7" s="2"/>
       <c r="G7" s="2"/>
       <c r="H7" s="2"/>
       <c r="I7" s="2"/>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="B8" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="C8" s="2" t="s">
         <v>30</v>
       </c>
-      <c r="B8" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D8" s="2">
-        <v>306462155</v>
+        <v>304478449</v>
       </c>
       <c r="E8" s="2"/>
       <c r="F8" s="2"/>
       <c r="G8" s="2"/>
       <c r="H8" s="2"/>
       <c r="I8" s="2"/>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B9" s="2" t="s">
-        <v>32</v>
+        <v>22</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>33</v>
+        <v>23</v>
       </c>
       <c r="D9" s="2">
-        <v>304478449</v>
+        <v>304604645</v>
       </c>
       <c r="E9" s="2"/>
       <c r="F9" s="2"/>
       <c r="G9" s="2"/>
       <c r="H9" s="2"/>
       <c r="I9" s="2"/>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" s="2" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="B10" s="2" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="D10" s="2">
-        <v>304604645</v>
+        <v>302653800</v>
       </c>
       <c r="E10" s="2"/>
       <c r="F10" s="2"/>
       <c r="G10" s="2"/>
       <c r="H10" s="2"/>
       <c r="I10" s="2"/>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="B11" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="C11" s="2" t="s">
         <v>35</v>
       </c>
-      <c r="B11" s="2" t="s">
-[...8 lines deleted...]
-      <c r="E11" s="2"/>
+      <c r="D11" s="2"/>
+      <c r="E11" s="2" t="s">
+        <v>36</v>
+      </c>
       <c r="F11" s="2"/>
       <c r="G11" s="2"/>
       <c r="H11" s="2"/>
       <c r="I11" s="2"/>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" s="2" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B12" s="2" t="s">
-        <v>37</v>
+        <v>22</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>38</v>
-[...4 lines deleted...]
-      </c>
+        <v>23</v>
+      </c>
+      <c r="D12" s="2">
+        <v>300622891</v>
+      </c>
+      <c r="E12" s="2"/>
       <c r="F12" s="2"/>
       <c r="G12" s="2"/>
       <c r="H12" s="2"/>
       <c r="I12" s="2"/>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" s="2" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="B13" s="2" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="D13" s="2">
-        <v>300622891</v>
+        <v>111746792</v>
       </c>
       <c r="E13" s="2"/>
       <c r="F13" s="2"/>
       <c r="G13" s="2"/>
       <c r="H13" s="2"/>
       <c r="I13" s="2"/>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" s="2" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="B14" s="2" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="D14" s="2">
-        <v>306100989</v>
-[...3 lines deleted...]
-      </c>
+        <v>111667277</v>
+      </c>
+      <c r="E14" s="2"/>
       <c r="F14" s="2"/>
       <c r="G14" s="2"/>
       <c r="H14" s="2"/>
       <c r="I14" s="2"/>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" s="2" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="B15" s="2" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="D15" s="2">
-        <v>111746792</v>
+        <v>306138630</v>
       </c>
       <c r="E15" s="2"/>
       <c r="F15" s="2"/>
       <c r="G15" s="2"/>
       <c r="H15" s="2"/>
       <c r="I15" s="2"/>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" s="2" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="B16" s="2" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="D16" s="2">
-        <v>111667277</v>
+        <v>302943102</v>
       </c>
       <c r="E16" s="2"/>
       <c r="F16" s="2"/>
       <c r="G16" s="2"/>
       <c r="H16" s="2"/>
       <c r="I16" s="2"/>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" s="2" t="s">
+        <v>42</v>
+      </c>
+      <c r="B17" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="C17" s="2" t="s">
         <v>44</v>
       </c>
-      <c r="B17" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D17" s="2">
-        <v>306138630</v>
+        <v>303225546</v>
       </c>
       <c r="E17" s="2"/>
-      <c r="F17" s="2"/>
-[...1 lines deleted...]
-      <c r="H17" s="2"/>
+      <c r="F17" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="G17" s="2" t="s">
+        <v>45</v>
+      </c>
+      <c r="H17" s="2" t="s">
+        <v>46</v>
+      </c>
       <c r="I17" s="2"/>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" s="2" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="B18" s="2" t="s">
-        <v>25</v>
+        <v>43</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>26</v>
+        <v>48</v>
       </c>
       <c r="D18" s="2">
-        <v>302943102</v>
+        <v>300060819</v>
       </c>
       <c r="E18" s="2"/>
-      <c r="F18" s="2"/>
-[...1 lines deleted...]
-      <c r="H18" s="2"/>
+      <c r="F18" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="G18" s="2" t="s">
+        <v>49</v>
+      </c>
+      <c r="H18" s="2" t="s">
+        <v>50</v>
+      </c>
       <c r="I18" s="2"/>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" s="2" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="B19" s="2" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>48</v>
+        <v>23</v>
       </c>
       <c r="D19" s="2">
-        <v>303225546</v>
+        <v>305864279</v>
       </c>
       <c r="E19" s="2"/>
-      <c r="F19" s="2" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="F19" s="2"/>
+      <c r="G19" s="2"/>
+      <c r="H19" s="2"/>
       <c r="I19" s="2"/>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" s="2" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B20" s="2" t="s">
-        <v>47</v>
+        <v>53</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="D20" s="2">
-        <v>300060819</v>
+        <v>304580906</v>
       </c>
       <c r="E20" s="2"/>
       <c r="F20" s="2" t="s">
-        <v>21</v>
+        <v>55</v>
       </c>
       <c r="G20" s="2" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="H20" s="2" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="I20" s="2"/>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" s="2" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="B21" s="2" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>11</v>
+        <v>23</v>
       </c>
       <c r="D21" s="2">
-        <v>305864279</v>
+        <v>302629475</v>
       </c>
       <c r="E21" s="2"/>
       <c r="F21" s="2"/>
       <c r="G21" s="2"/>
       <c r="H21" s="2"/>
       <c r="I21" s="2"/>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" s="2" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="B22" s="2" t="s">
-        <v>57</v>
+        <v>22</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>58</v>
+        <v>23</v>
       </c>
       <c r="D22" s="2">
-        <v>304580906</v>
+        <v>303026868</v>
       </c>
       <c r="E22" s="2"/>
-      <c r="F22" s="2" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="F22" s="2"/>
+      <c r="G22" s="2"/>
+      <c r="H22" s="2"/>
       <c r="I22" s="2"/>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" s="2" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="B23" s="2" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="D23" s="2">
-        <v>302629475</v>
+        <v>111568069</v>
       </c>
       <c r="E23" s="2"/>
       <c r="F23" s="2"/>
       <c r="G23" s="2"/>
       <c r="H23" s="2"/>
       <c r="I23" s="2"/>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" s="2" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="B24" s="2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>26</v>
-[...4 lines deleted...]
-      <c r="E24" s="2"/>
+        <v>35</v>
+      </c>
+      <c r="D24" s="2"/>
+      <c r="E24" s="2" t="s">
+        <v>62</v>
+      </c>
       <c r="F24" s="2"/>
       <c r="G24" s="2"/>
       <c r="H24" s="2"/>
       <c r="I24" s="2"/>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" s="2" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="B25" s="2" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="D25" s="2">
-        <v>111568069</v>
+        <v>304097804</v>
       </c>
       <c r="E25" s="2"/>
       <c r="F25" s="2"/>
       <c r="G25" s="2"/>
       <c r="H25" s="2"/>
       <c r="I25" s="2"/>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" s="2" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="B26" s="2" t="s">
-        <v>37</v>
+        <v>22</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>38</v>
-[...4 lines deleted...]
-      </c>
+        <v>23</v>
+      </c>
+      <c r="D26" s="2">
+        <v>302249035</v>
+      </c>
+      <c r="E26" s="2"/>
       <c r="F26" s="2"/>
       <c r="G26" s="2"/>
       <c r="H26" s="2"/>
       <c r="I26" s="2"/>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" s="2" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="B27" s="2" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="D27" s="2">
-        <v>304097804</v>
+        <v>234995490</v>
       </c>
       <c r="E27" s="2"/>
       <c r="F27" s="2"/>
       <c r="G27" s="2"/>
       <c r="H27" s="2"/>
       <c r="I27" s="2"/>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" s="2" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="B28" s="2" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="D28" s="2">
-        <v>302249035</v>
+        <v>305353384</v>
       </c>
       <c r="E28" s="2"/>
       <c r="F28" s="2"/>
       <c r="G28" s="2"/>
       <c r="H28" s="2"/>
       <c r="I28" s="2"/>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" s="2" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="B29" s="2" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="D29" s="2">
-        <v>234995490</v>
+        <v>305955152</v>
       </c>
       <c r="E29" s="2"/>
       <c r="F29" s="2"/>
       <c r="G29" s="2"/>
       <c r="H29" s="2"/>
       <c r="I29" s="2"/>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" s="2" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="B30" s="2" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="D30" s="2">
-        <v>305353384</v>
+        <v>126233315</v>
       </c>
       <c r="E30" s="2"/>
       <c r="F30" s="2"/>
       <c r="G30" s="2"/>
       <c r="H30" s="2"/>
       <c r="I30" s="2"/>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" s="2" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="B31" s="2" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="D31" s="2">
-        <v>305955152</v>
+        <v>305543622</v>
       </c>
       <c r="E31" s="2"/>
       <c r="F31" s="2"/>
       <c r="G31" s="2"/>
       <c r="H31" s="2"/>
       <c r="I31" s="2"/>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" s="2" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="B32" s="2" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="D32" s="2">
-        <v>126233315</v>
+        <v>302314255</v>
       </c>
       <c r="E32" s="2"/>
       <c r="F32" s="2"/>
       <c r="G32" s="2"/>
       <c r="H32" s="2"/>
       <c r="I32" s="2"/>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" s="2" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="B33" s="2" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="D33" s="2">
-        <v>305543622</v>
+        <v>302431575</v>
       </c>
       <c r="E33" s="2"/>
       <c r="F33" s="2"/>
       <c r="G33" s="2"/>
       <c r="H33" s="2"/>
       <c r="I33" s="2"/>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" s="2" t="s">
+        <v>72</v>
+      </c>
+      <c r="B34" s="2" t="s">
+        <v>73</v>
+      </c>
+      <c r="C34" s="2" t="s">
         <v>74</v>
       </c>
-      <c r="B34" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D34" s="2">
-        <v>302314255</v>
+        <v>302583330</v>
       </c>
       <c r="E34" s="2"/>
       <c r="F34" s="2"/>
       <c r="G34" s="2"/>
       <c r="H34" s="2"/>
       <c r="I34" s="2"/>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" s="2" t="s">
         <v>75</v>
       </c>
       <c r="B35" s="2" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="D35" s="2">
-        <v>302431575</v>
+        <v>304990969</v>
       </c>
       <c r="E35" s="2"/>
       <c r="F35" s="2"/>
       <c r="G35" s="2"/>
       <c r="H35" s="2"/>
       <c r="I35" s="2"/>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" s="2" t="s">
         <v>76</v>
       </c>
       <c r="B36" s="2" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>11</v>
+        <v>23</v>
       </c>
       <c r="D36" s="2">
-        <v>302583330</v>
+        <v>305219905</v>
       </c>
       <c r="E36" s="2"/>
       <c r="F36" s="2"/>
       <c r="G36" s="2"/>
       <c r="H36" s="2"/>
       <c r="I36" s="2"/>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" s="2" t="s">
         <v>77</v>
       </c>
       <c r="B37" s="2" t="s">
-        <v>25</v>
+        <v>78</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>26</v>
+        <v>79</v>
       </c>
       <c r="D37" s="2">
-        <v>304990969</v>
+        <v>304051511</v>
       </c>
       <c r="E37" s="2"/>
       <c r="F37" s="2"/>
       <c r="G37" s="2"/>
       <c r="H37" s="2"/>
       <c r="I37" s="2"/>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" s="2" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="B38" s="2" t="s">
-        <v>25</v>
+        <v>81</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>26</v>
+        <v>82</v>
       </c>
       <c r="D38" s="2">
-        <v>305219905</v>
+        <v>305377937</v>
       </c>
       <c r="E38" s="2"/>
       <c r="F38" s="2"/>
       <c r="G38" s="2"/>
       <c r="H38" s="2"/>
       <c r="I38" s="2"/>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" s="2" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="B39" s="2" t="s">
-        <v>80</v>
+        <v>22</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>81</v>
+        <v>23</v>
       </c>
       <c r="D39" s="2">
-        <v>304051511</v>
+        <v>307157103</v>
       </c>
       <c r="E39" s="2"/>
       <c r="F39" s="2"/>
       <c r="G39" s="2"/>
       <c r="H39" s="2"/>
       <c r="I39" s="2"/>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" s="2" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="B40" s="2" t="s">
-        <v>83</v>
+        <v>34</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="D40" s="2">
-        <v>305377937</v>
+        <v>300515252</v>
       </c>
       <c r="E40" s="2"/>
-      <c r="F40" s="2"/>
-[...1 lines deleted...]
-      <c r="H40" s="2"/>
+      <c r="F40" s="2" t="s">
+        <v>86</v>
+      </c>
+      <c r="G40" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="H40" s="2" t="s">
+        <v>88</v>
+      </c>
       <c r="I40" s="2"/>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" s="2" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="B41" s="2" t="s">
-        <v>37</v>
+        <v>22</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>86</v>
+        <v>23</v>
       </c>
       <c r="D41" s="2">
-        <v>300515252</v>
+        <v>304952954</v>
       </c>
       <c r="E41" s="2"/>
-      <c r="F41" s="2" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="F41" s="2"/>
+      <c r="G41" s="2"/>
+      <c r="H41" s="2"/>
       <c r="I41" s="2"/>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" s="2" t="s">
         <v>90</v>
       </c>
       <c r="B42" s="2" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="D42" s="2">
-        <v>304952954</v>
+        <v>305583951</v>
       </c>
       <c r="E42" s="2"/>
       <c r="F42" s="2"/>
       <c r="G42" s="2"/>
       <c r="H42" s="2"/>
       <c r="I42" s="2"/>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" s="2" t="s">
         <v>91</v>
       </c>
       <c r="B43" s="2" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="D43" s="2">
-        <v>305583951</v>
+        <v>302414832</v>
       </c>
       <c r="E43" s="2"/>
       <c r="F43" s="2"/>
       <c r="G43" s="2"/>
       <c r="H43" s="2"/>
       <c r="I43" s="2"/>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" s="2" t="s">
         <v>92</v>
       </c>
       <c r="B44" s="2" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="D44" s="2">
-        <v>302414832</v>
+        <v>301850677</v>
       </c>
       <c r="E44" s="2"/>
       <c r="F44" s="2"/>
       <c r="G44" s="2"/>
       <c r="H44" s="2"/>
       <c r="I44" s="2"/>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" s="2" t="s">
         <v>93</v>
       </c>
       <c r="B45" s="2" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="D45" s="2">
-        <v>301850677</v>
+        <v>300657515</v>
       </c>
       <c r="E45" s="2"/>
       <c r="F45" s="2"/>
       <c r="G45" s="2"/>
       <c r="H45" s="2"/>
       <c r="I45" s="2"/>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" s="2" t="s">
         <v>94</v>
       </c>
       <c r="B46" s="2" t="s">
-        <v>25</v>
+        <v>73</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>26</v>
+        <v>74</v>
       </c>
       <c r="D46" s="2">
-        <v>300657515</v>
+        <v>302535232</v>
       </c>
       <c r="E46" s="2"/>
       <c r="F46" s="2"/>
       <c r="G46" s="2"/>
       <c r="H46" s="2"/>
       <c r="I46" s="2"/>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" s="2" t="s">
         <v>95</v>
       </c>
       <c r="B47" s="2" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="C47" s="2" t="s">
-        <v>11</v>
+        <v>23</v>
       </c>
       <c r="D47" s="2">
-        <v>302535232</v>
+        <v>305600347</v>
       </c>
       <c r="E47" s="2"/>
       <c r="F47" s="2"/>
       <c r="G47" s="2"/>
       <c r="H47" s="2"/>
       <c r="I47" s="2"/>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" s="2" t="s">
         <v>96</v>
       </c>
       <c r="B48" s="2" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="C48" s="2" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="D48" s="2">
-        <v>305600347</v>
+        <v>302453988</v>
       </c>
       <c r="E48" s="2"/>
       <c r="F48" s="2"/>
       <c r="G48" s="2"/>
       <c r="H48" s="2"/>
       <c r="I48" s="2"/>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" s="2" t="s">
         <v>97</v>
       </c>
       <c r="B49" s="2" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="C49" s="2" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="D49" s="2">
-        <v>302453988</v>
+        <v>305625261</v>
       </c>
       <c r="E49" s="2"/>
       <c r="F49" s="2"/>
       <c r="G49" s="2"/>
       <c r="H49" s="2"/>
       <c r="I49" s="2"/>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" s="2" t="s">
         <v>98</v>
       </c>
       <c r="B50" s="2" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="C50" s="2" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="D50" s="2">
-        <v>302547722</v>
+        <v>302513887</v>
       </c>
       <c r="E50" s="2"/>
       <c r="F50" s="2"/>
       <c r="G50" s="2"/>
       <c r="H50" s="2"/>
       <c r="I50" s="2"/>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" s="2" t="s">
         <v>99</v>
       </c>
       <c r="B51" s="2" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="D51" s="2">
-        <v>305625261</v>
+        <v>305317406</v>
       </c>
       <c r="E51" s="2"/>
       <c r="F51" s="2"/>
       <c r="G51" s="2"/>
       <c r="H51" s="2"/>
       <c r="I51" s="2"/>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" s="2" t="s">
         <v>100</v>
       </c>
       <c r="B52" s="2" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="D52" s="2">
-        <v>302513887</v>
+        <v>302893208</v>
       </c>
       <c r="E52" s="2"/>
       <c r="F52" s="2"/>
       <c r="G52" s="2"/>
       <c r="H52" s="2"/>
       <c r="I52" s="2"/>
-    </row>
-[...55 lines deleted...]
-      <c r="I55" s="2"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>