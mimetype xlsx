--- v1 (2026-01-15)
+++ v2 (2026-03-01)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="101">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="100">
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Type</t>
   </si>
   <si>
     <t>Business form</t>
   </si>
   <si>
     <t>Company code</t>
   </si>
   <si>
     <t>Registration code</t>
   </si>
   <si>
     <t>Licence type/kind</t>
   </si>
   <si>
     <t>Authorization code</t>
   </si>
   <si>
     <t>valid from</t>
   </si>
   <si>
@@ -210,53 +210,50 @@
     <t>2021-12-13</t>
   </si>
   <si>
     <t>SIA ,,Citadele Leasing“ Lietuvos filialas</t>
   </si>
   <si>
     <t>Stokker Finance, UAB</t>
   </si>
   <si>
     <t>„Swedbank lizingas“, UAB</t>
   </si>
   <si>
     <t>TRUMPF Financial Services GmbH</t>
   </si>
   <si>
     <t>BAK 130120</t>
   </si>
   <si>
     <t>UAB „Amberio kreditas“</t>
   </si>
   <si>
     <t>UAB „ARN group"</t>
   </si>
   <si>
     <t>UAB Artea lizingas</t>
-  </si>
-[...1 lines deleted...]
-    <t>UAB BLENDER LITHUANIA F1</t>
   </si>
   <si>
     <t>UAB BLENDER LITHUANIA F2</t>
   </si>
   <si>
     <t>UAB „Citadele Factoring“</t>
   </si>
   <si>
     <t>UAB Craftsoft</t>
   </si>
   <si>
     <t>UAB "Credit Consulting Services"</t>
   </si>
   <si>
     <t>UAB „Credit Service“</t>
   </si>
   <si>
     <t>UAB EDS INVEST 2</t>
   </si>
   <si>
     <t>Real-estate related credit provider, Consumer credit provider</t>
   </si>
   <si>
     <t>Consumer credit providers, Lenders operating in accordance with the Republic of Lithuania Law on Real Estate Related Credit</t>
   </si>
@@ -673,54 +670,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I52"/>
+  <dimension ref="A1:I51"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I52" sqref="I52"/>
+      <selection activeCell="I51" sqref="I51"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="40" customWidth="true" style="0"/>
     <col min="2" max="2" width="40" customWidth="true" style="0"/>
     <col min="3" max="3" width="40" customWidth="true" style="0"/>
     <col min="4" max="4" width="40" customWidth="true" style="0"/>
     <col min="5" max="5" width="40" customWidth="true" style="0"/>
     <col min="6" max="6" width="40" customWidth="true" style="0"/>
     <col min="7" max="7" width="40" customWidth="true" style="0"/>
     <col min="8" max="8" width="40" customWidth="true" style="0"/>
     <col min="9" max="9" width="40" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
@@ -1256,519 +1253,500 @@
         <v>22</v>
       </c>
       <c r="C27" s="2" t="s">
         <v>23</v>
       </c>
       <c r="D27" s="2">
         <v>234995490</v>
       </c>
       <c r="E27" s="2"/>
       <c r="F27" s="2"/>
       <c r="G27" s="2"/>
       <c r="H27" s="2"/>
       <c r="I27" s="2"/>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" s="2" t="s">
         <v>66</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>22</v>
       </c>
       <c r="C28" s="2" t="s">
         <v>23</v>
       </c>
       <c r="D28" s="2">
-        <v>305353384</v>
+        <v>305955152</v>
       </c>
       <c r="E28" s="2"/>
       <c r="F28" s="2"/>
       <c r="G28" s="2"/>
       <c r="H28" s="2"/>
       <c r="I28" s="2"/>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" s="2" t="s">
         <v>67</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>22</v>
       </c>
       <c r="C29" s="2" t="s">
         <v>23</v>
       </c>
       <c r="D29" s="2">
-        <v>305955152</v>
+        <v>126233315</v>
       </c>
       <c r="E29" s="2"/>
       <c r="F29" s="2"/>
       <c r="G29" s="2"/>
       <c r="H29" s="2"/>
       <c r="I29" s="2"/>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" s="2" t="s">
         <v>68</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>22</v>
       </c>
       <c r="C30" s="2" t="s">
         <v>23</v>
       </c>
       <c r="D30" s="2">
-        <v>126233315</v>
+        <v>305543622</v>
       </c>
       <c r="E30" s="2"/>
       <c r="F30" s="2"/>
       <c r="G30" s="2"/>
       <c r="H30" s="2"/>
       <c r="I30" s="2"/>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" s="2" t="s">
         <v>69</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>22</v>
       </c>
       <c r="C31" s="2" t="s">
         <v>23</v>
       </c>
       <c r="D31" s="2">
-        <v>305543622</v>
+        <v>302314255</v>
       </c>
       <c r="E31" s="2"/>
       <c r="F31" s="2"/>
       <c r="G31" s="2"/>
       <c r="H31" s="2"/>
       <c r="I31" s="2"/>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" s="2" t="s">
         <v>70</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>22</v>
       </c>
       <c r="C32" s="2" t="s">
         <v>23</v>
       </c>
       <c r="D32" s="2">
-        <v>302314255</v>
+        <v>302431575</v>
       </c>
       <c r="E32" s="2"/>
       <c r="F32" s="2"/>
       <c r="G32" s="2"/>
       <c r="H32" s="2"/>
       <c r="I32" s="2"/>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" s="2" t="s">
         <v>71</v>
       </c>
       <c r="B33" s="2" t="s">
-        <v>22</v>
+        <v>72</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>23</v>
+        <v>73</v>
       </c>
       <c r="D33" s="2">
-        <v>302431575</v>
+        <v>302583330</v>
       </c>
       <c r="E33" s="2"/>
       <c r="F33" s="2"/>
       <c r="G33" s="2"/>
       <c r="H33" s="2"/>
       <c r="I33" s="2"/>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" s="2" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="B34" s="2" t="s">
-        <v>73</v>
+        <v>22</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>74</v>
+        <v>23</v>
       </c>
       <c r="D34" s="2">
-        <v>302583330</v>
+        <v>304990969</v>
       </c>
       <c r="E34" s="2"/>
       <c r="F34" s="2"/>
       <c r="G34" s="2"/>
       <c r="H34" s="2"/>
       <c r="I34" s="2"/>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" s="2" t="s">
         <v>75</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>22</v>
       </c>
       <c r="C35" s="2" t="s">
         <v>23</v>
       </c>
       <c r="D35" s="2">
-        <v>304990969</v>
+        <v>305219905</v>
       </c>
       <c r="E35" s="2"/>
       <c r="F35" s="2"/>
       <c r="G35" s="2"/>
       <c r="H35" s="2"/>
       <c r="I35" s="2"/>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" s="2" t="s">
         <v>76</v>
       </c>
       <c r="B36" s="2" t="s">
-        <v>22</v>
+        <v>77</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>23</v>
+        <v>78</v>
       </c>
       <c r="D36" s="2">
-        <v>305219905</v>
+        <v>304051511</v>
       </c>
       <c r="E36" s="2"/>
       <c r="F36" s="2"/>
       <c r="G36" s="2"/>
       <c r="H36" s="2"/>
       <c r="I36" s="2"/>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" s="2" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="B37" s="2" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="D37" s="2">
-        <v>304051511</v>
+        <v>305377937</v>
       </c>
       <c r="E37" s="2"/>
       <c r="F37" s="2"/>
       <c r="G37" s="2"/>
       <c r="H37" s="2"/>
       <c r="I37" s="2"/>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" s="2" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="B38" s="2" t="s">
-        <v>81</v>
+        <v>22</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>82</v>
+        <v>23</v>
       </c>
       <c r="D38" s="2">
-        <v>305377937</v>
+        <v>307157103</v>
       </c>
       <c r="E38" s="2"/>
       <c r="F38" s="2"/>
       <c r="G38" s="2"/>
       <c r="H38" s="2"/>
       <c r="I38" s="2"/>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" s="2" t="s">
         <v>83</v>
       </c>
       <c r="B39" s="2" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>23</v>
+        <v>84</v>
       </c>
       <c r="D39" s="2">
-        <v>307157103</v>
+        <v>300515252</v>
       </c>
       <c r="E39" s="2"/>
-      <c r="F39" s="2"/>
-[...1 lines deleted...]
-      <c r="H39" s="2"/>
+      <c r="F39" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="G39" s="2" t="s">
+        <v>86</v>
+      </c>
+      <c r="H39" s="2" t="s">
+        <v>87</v>
+      </c>
       <c r="I39" s="2"/>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" s="2" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="B40" s="2" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>85</v>
+        <v>23</v>
       </c>
       <c r="D40" s="2">
-        <v>300515252</v>
+        <v>304952954</v>
       </c>
       <c r="E40" s="2"/>
-      <c r="F40" s="2" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="F40" s="2"/>
+      <c r="G40" s="2"/>
+      <c r="H40" s="2"/>
       <c r="I40" s="2"/>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" s="2" t="s">
         <v>89</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>22</v>
       </c>
       <c r="C41" s="2" t="s">
         <v>23</v>
       </c>
       <c r="D41" s="2">
-        <v>304952954</v>
+        <v>305583951</v>
       </c>
       <c r="E41" s="2"/>
       <c r="F41" s="2"/>
       <c r="G41" s="2"/>
       <c r="H41" s="2"/>
       <c r="I41" s="2"/>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" s="2" t="s">
         <v>90</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>22</v>
       </c>
       <c r="C42" s="2" t="s">
         <v>23</v>
       </c>
       <c r="D42" s="2">
-        <v>305583951</v>
+        <v>302414832</v>
       </c>
       <c r="E42" s="2"/>
       <c r="F42" s="2"/>
       <c r="G42" s="2"/>
       <c r="H42" s="2"/>
       <c r="I42" s="2"/>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" s="2" t="s">
         <v>91</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>22</v>
       </c>
       <c r="C43" s="2" t="s">
         <v>23</v>
       </c>
       <c r="D43" s="2">
-        <v>302414832</v>
+        <v>301850677</v>
       </c>
       <c r="E43" s="2"/>
       <c r="F43" s="2"/>
       <c r="G43" s="2"/>
       <c r="H43" s="2"/>
       <c r="I43" s="2"/>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" s="2" t="s">
         <v>92</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>22</v>
       </c>
       <c r="C44" s="2" t="s">
         <v>23</v>
       </c>
       <c r="D44" s="2">
-        <v>301850677</v>
+        <v>300657515</v>
       </c>
       <c r="E44" s="2"/>
       <c r="F44" s="2"/>
       <c r="G44" s="2"/>
       <c r="H44" s="2"/>
       <c r="I44" s="2"/>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" s="2" t="s">
         <v>93</v>
       </c>
       <c r="B45" s="2" t="s">
-        <v>22</v>
+        <v>72</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>23</v>
+        <v>73</v>
       </c>
       <c r="D45" s="2">
-        <v>300657515</v>
+        <v>302535232</v>
       </c>
       <c r="E45" s="2"/>
       <c r="F45" s="2"/>
       <c r="G45" s="2"/>
       <c r="H45" s="2"/>
       <c r="I45" s="2"/>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" s="2" t="s">
         <v>94</v>
       </c>
       <c r="B46" s="2" t="s">
-        <v>73</v>
+        <v>22</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>74</v>
+        <v>23</v>
       </c>
       <c r="D46" s="2">
-        <v>302535232</v>
+        <v>305600347</v>
       </c>
       <c r="E46" s="2"/>
       <c r="F46" s="2"/>
       <c r="G46" s="2"/>
       <c r="H46" s="2"/>
       <c r="I46" s="2"/>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" s="2" t="s">
         <v>95</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>22</v>
       </c>
       <c r="C47" s="2" t="s">
         <v>23</v>
       </c>
       <c r="D47" s="2">
-        <v>305600347</v>
+        <v>302453988</v>
       </c>
       <c r="E47" s="2"/>
       <c r="F47" s="2"/>
       <c r="G47" s="2"/>
       <c r="H47" s="2"/>
       <c r="I47" s="2"/>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" s="2" t="s">
         <v>96</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>22</v>
       </c>
       <c r="C48" s="2" t="s">
         <v>23</v>
       </c>
       <c r="D48" s="2">
-        <v>302453988</v>
+        <v>305625261</v>
       </c>
       <c r="E48" s="2"/>
       <c r="F48" s="2"/>
       <c r="G48" s="2"/>
       <c r="H48" s="2"/>
       <c r="I48" s="2"/>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" s="2" t="s">
         <v>97</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>22</v>
       </c>
       <c r="C49" s="2" t="s">
         <v>23</v>
       </c>
       <c r="D49" s="2">
-        <v>305625261</v>
+        <v>302513887</v>
       </c>
       <c r="E49" s="2"/>
       <c r="F49" s="2"/>
       <c r="G49" s="2"/>
       <c r="H49" s="2"/>
       <c r="I49" s="2"/>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" s="2" t="s">
         <v>98</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>22</v>
       </c>
       <c r="C50" s="2" t="s">
         <v>23</v>
       </c>
       <c r="D50" s="2">
-        <v>302513887</v>
+        <v>305317406</v>
       </c>
       <c r="E50" s="2"/>
       <c r="F50" s="2"/>
       <c r="G50" s="2"/>
       <c r="H50" s="2"/>
       <c r="I50" s="2"/>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" s="2" t="s">
         <v>99</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>22</v>
       </c>
       <c r="C51" s="2" t="s">
         <v>23</v>
       </c>
       <c r="D51" s="2">
-        <v>305317406</v>
+        <v>302893208</v>
       </c>
       <c r="E51" s="2"/>
       <c r="F51" s="2"/>
       <c r="G51" s="2"/>
       <c r="H51" s="2"/>
       <c r="I51" s="2"/>
-    </row>
-[...17 lines deleted...]
-      <c r="I52" s="2"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>