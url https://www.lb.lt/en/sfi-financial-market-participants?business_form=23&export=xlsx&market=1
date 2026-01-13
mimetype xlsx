--- v0 (2025-10-11)
+++ v1 (2026-01-13)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="134">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="131">
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Type</t>
   </si>
   <si>
     <t>Business form</t>
   </si>
   <si>
     <t>Company code</t>
   </si>
   <si>
     <t>Registration code</t>
   </si>
   <si>
     <t>Licence type/kind</t>
   </si>
   <si>
     <t>Authorization code</t>
   </si>
   <si>
     <t>valid from</t>
   </si>
   <si>
@@ -327,59 +327,50 @@
     <t>LB000309</t>
   </si>
   <si>
     <t>Pasvalio kredito unija</t>
   </si>
   <si>
     <t>LB000334</t>
   </si>
   <si>
     <t>Plungės kredito unija</t>
   </si>
   <si>
     <t>LB000266</t>
   </si>
   <si>
     <t>Radviliškio kredito unija (Under reorganisation)</t>
   </si>
   <si>
     <t>LB000262</t>
   </si>
   <si>
     <t>Raseinių kredito unija</t>
   </si>
   <si>
     <t>LB000282</t>
-  </si>
-[...7 lines deleted...]
-    <t>LB000285</t>
   </si>
   <si>
     <t>SAGA kredito unija</t>
   </si>
   <si>
     <t>LB000300</t>
   </si>
   <si>
     <t>Šeimos kredito unija</t>
   </si>
   <si>
     <t>LB000311</t>
   </si>
   <si>
     <t>Šilalės kredito unija</t>
   </si>
   <si>
     <t>LB000335</t>
   </si>
   <si>
     <t>Šilutės kredito unija</t>
   </si>
   <si>
     <t>LB000318</t>
   </si>
@@ -772,54 +763,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I61"/>
+  <dimension ref="A1:I60"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I61" sqref="I61"/>
+      <selection activeCell="I60" sqref="I60"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="40" customWidth="true" style="0"/>
     <col min="2" max="2" width="40" customWidth="true" style="0"/>
     <col min="3" max="3" width="40" customWidth="true" style="0"/>
     <col min="4" max="4" width="40" customWidth="true" style="0"/>
     <col min="5" max="5" width="40" customWidth="true" style="0"/>
     <col min="6" max="6" width="40" customWidth="true" style="0"/>
     <col min="7" max="7" width="40" customWidth="true" style="0"/>
     <col min="8" max="8" width="40" customWidth="true" style="0"/>
     <col min="9" max="9" width="40" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
@@ -1888,363 +1879,340 @@
       </c>
       <c r="C47" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D47" s="2">
         <v>110086568</v>
       </c>
       <c r="E47" s="2"/>
       <c r="F47" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G47" s="2" t="s">
         <v>104</v>
       </c>
       <c r="H47" s="2"/>
       <c r="I47" s="2"/>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" s="2" t="s">
         <v>105</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C48" s="2" t="s">
-        <v>106</v>
+        <v>11</v>
       </c>
       <c r="D48" s="2">
-        <v>112043124</v>
+        <v>300123739</v>
       </c>
       <c r="E48" s="2"/>
       <c r="F48" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G48" s="2" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="H48" s="2"/>
       <c r="I48" s="2"/>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" s="2" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C49" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D49" s="2">
-        <v>300123739</v>
+        <v>302826202</v>
       </c>
       <c r="E49" s="2"/>
       <c r="F49" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G49" s="2" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="H49" s="2"/>
       <c r="I49" s="2"/>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" s="2" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C50" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D50" s="2">
-        <v>302826202</v>
+        <v>112046953</v>
       </c>
       <c r="E50" s="2"/>
       <c r="F50" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G50" s="2" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="H50" s="2"/>
       <c r="I50" s="2"/>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" s="2" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C51" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D51" s="2">
-        <v>112046953</v>
+        <v>112041116</v>
       </c>
       <c r="E51" s="2"/>
       <c r="F51" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G51" s="2" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="H51" s="2"/>
       <c r="I51" s="2"/>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" s="2" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C52" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D52" s="2">
-        <v>112041116</v>
+        <v>112046768</v>
       </c>
       <c r="E52" s="2"/>
       <c r="F52" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G52" s="2" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="H52" s="2"/>
       <c r="I52" s="2"/>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" s="2" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C53" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D53" s="2">
-        <v>112046768</v>
+        <v>112047293</v>
       </c>
       <c r="E53" s="2"/>
       <c r="F53" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G53" s="2" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="H53" s="2"/>
       <c r="I53" s="2"/>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" s="2" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C54" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D54" s="2">
-        <v>112047293</v>
+        <v>300027153</v>
       </c>
       <c r="E54" s="2"/>
       <c r="F54" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G54" s="2" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="H54" s="2"/>
       <c r="I54" s="2"/>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" s="2" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C55" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D55" s="2">
-        <v>300027153</v>
+        <v>110083981</v>
       </c>
       <c r="E55" s="2"/>
       <c r="F55" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G55" s="2" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="H55" s="2"/>
       <c r="I55" s="2"/>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" s="2" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C56" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D56" s="2">
-        <v>110083981</v>
+        <v>110088423</v>
       </c>
       <c r="E56" s="2"/>
       <c r="F56" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G56" s="2" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="H56" s="2"/>
       <c r="I56" s="2"/>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" s="2" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C57" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D57" s="2">
-        <v>110088423</v>
+        <v>112040014</v>
       </c>
       <c r="E57" s="2"/>
       <c r="F57" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G57" s="2" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="H57" s="2"/>
       <c r="I57" s="2"/>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" s="2" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C58" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D58" s="2">
-        <v>112040014</v>
+        <v>301788649</v>
       </c>
       <c r="E58" s="2"/>
       <c r="F58" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G58" s="2" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="H58" s="2"/>
       <c r="I58" s="2"/>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" s="2" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C59" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D59" s="2">
-        <v>301788649</v>
+        <v>112043996</v>
       </c>
       <c r="E59" s="2"/>
       <c r="F59" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G59" s="2" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="H59" s="2"/>
       <c r="I59" s="2"/>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" s="2" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C60" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D60" s="2">
-        <v>112043996</v>
+        <v>112046049</v>
       </c>
       <c r="E60" s="2"/>
       <c r="F60" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G60" s="2" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="H60" s="2"/>
       <c r="I60" s="2"/>
-    </row>
-[...21 lines deleted...]
-      <c r="I61" s="2"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>