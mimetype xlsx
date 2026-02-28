--- v1 (2026-01-13)
+++ v2 (2026-02-28)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="131">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="129">
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Type</t>
   </si>
   <si>
     <t>Business form</t>
   </si>
   <si>
     <t>Company code</t>
   </si>
   <si>
     <t>Registration code</t>
   </si>
   <si>
     <t>Licence type/kind</t>
   </si>
   <si>
     <t>Authorization code</t>
   </si>
   <si>
     <t>valid from</t>
   </si>
   <si>
@@ -293,138 +293,132 @@
   <si>
     <t>LB000333</t>
   </si>
   <si>
     <t>Kredito unija ,,Neris"</t>
   </si>
   <si>
     <t>LB000447</t>
   </si>
   <si>
     <t>2018-02-01</t>
   </si>
   <si>
     <t>Pagėgių kredito unija</t>
   </si>
   <si>
     <t>LB000271</t>
   </si>
   <si>
     <t>Pakruojo kredito unija</t>
   </si>
   <si>
     <t>LB000307</t>
   </si>
   <si>
-    <t>Palangos kredito unija</t>
+    <t>Panevėžio kredito unija</t>
+  </si>
+  <si>
+    <t>LB000309</t>
+  </si>
+  <si>
+    <t>Pasvalio kredito unija</t>
+  </si>
+  <si>
+    <t>LB000334</t>
+  </si>
+  <si>
+    <t>Plungės kredito unija</t>
+  </si>
+  <si>
+    <t>LB000266</t>
+  </si>
+  <si>
+    <t>Raseinių kredito unija</t>
+  </si>
+  <si>
+    <t>LB000282</t>
+  </si>
+  <si>
+    <t>SAGA kredito unija</t>
+  </si>
+  <si>
+    <t>LB000300</t>
+  </si>
+  <si>
+    <t>Šeimos kredito unija</t>
+  </si>
+  <si>
+    <t>LB000311</t>
+  </si>
+  <si>
+    <t>Šilalės kredito unija</t>
+  </si>
+  <si>
+    <t>LB000335</t>
+  </si>
+  <si>
+    <t>Šilutės kredito unija</t>
+  </si>
+  <si>
+    <t>LB000318</t>
+  </si>
+  <si>
+    <t>Tauragės kredito unija</t>
+  </si>
+  <si>
+    <t>LB000290</t>
+  </si>
+  <si>
+    <t>Tikslo kredito unija</t>
+  </si>
+  <si>
+    <t>LB000296</t>
+  </si>
+  <si>
+    <t>Trakų kredito unija</t>
+  </si>
+  <si>
+    <t>LB000284</t>
+  </si>
+  <si>
+    <t>Ukmergės ūkininkų kredito unija</t>
+  </si>
+  <si>
+    <t>LB000330</t>
+  </si>
+  <si>
+    <t>Utenos kredito unija</t>
+  </si>
+  <si>
+    <t>LB000308</t>
+  </si>
+  <si>
+    <t>Vakarų Lietuvos kredito unija</t>
   </si>
   <si>
     <t>LB000267</t>
-  </si>
-[...82 lines deleted...]
-    <t>LB000308</t>
   </si>
   <si>
     <t>Vilkaviškio kredito unija</t>
   </si>
   <si>
     <t>LB000294</t>
   </si>
   <si>
     <t>Vilniaus krašto kredito unija</t>
   </si>
   <si>
     <t>LB000283</t>
   </si>
   <si>
     <t>Vilniaus kredito unija</t>
   </si>
   <si>
     <t>LB000312</t>
   </si>
   <si>
     <t>Vytauto Didžiojo kredito unija</t>
   </si>
   <si>
     <t>LB000336</t>
   </si>
@@ -763,54 +757,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I60"/>
+  <dimension ref="A1:I59"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I60" sqref="I60"/>
+      <selection activeCell="I59" sqref="I59"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="40" customWidth="true" style="0"/>
     <col min="2" max="2" width="40" customWidth="true" style="0"/>
     <col min="3" max="3" width="40" customWidth="true" style="0"/>
     <col min="4" max="4" width="40" customWidth="true" style="0"/>
     <col min="5" max="5" width="40" customWidth="true" style="0"/>
     <col min="6" max="6" width="40" customWidth="true" style="0"/>
     <col min="7" max="7" width="40" customWidth="true" style="0"/>
     <col min="8" max="8" width="40" customWidth="true" style="0"/>
     <col min="9" max="9" width="40" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
@@ -1744,475 +1738,452 @@
       </c>
       <c r="D41" s="2">
         <v>110067443</v>
       </c>
       <c r="E41" s="2"/>
       <c r="F41" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G41" s="2" t="s">
         <v>92</v>
       </c>
       <c r="H41" s="2"/>
       <c r="I41" s="2"/>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" s="2" t="s">
         <v>93</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C42" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D42" s="2">
-        <v>110085313</v>
+        <v>112040352</v>
       </c>
       <c r="E42" s="2"/>
       <c r="F42" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G42" s="2" t="s">
         <v>94</v>
       </c>
       <c r="H42" s="2"/>
       <c r="I42" s="2"/>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" s="2" t="s">
         <v>95</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C43" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D43" s="2">
-        <v>112040352</v>
+        <v>112046387</v>
       </c>
       <c r="E43" s="2"/>
       <c r="F43" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G43" s="2" t="s">
         <v>96</v>
       </c>
       <c r="H43" s="2"/>
       <c r="I43" s="2"/>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" s="2" t="s">
         <v>97</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C44" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D44" s="2">
-        <v>112046387</v>
+        <v>112041269</v>
       </c>
       <c r="E44" s="2"/>
       <c r="F44" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G44" s="2" t="s">
         <v>98</v>
       </c>
       <c r="H44" s="2"/>
       <c r="I44" s="2"/>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" s="2" t="s">
         <v>99</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C45" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D45" s="2">
-        <v>112041269</v>
+        <v>110086568</v>
       </c>
       <c r="E45" s="2"/>
       <c r="F45" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G45" s="2" t="s">
         <v>100</v>
       </c>
       <c r="H45" s="2"/>
       <c r="I45" s="2"/>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" s="2" t="s">
         <v>101</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C46" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D46" s="2">
-        <v>110067258</v>
+        <v>300123739</v>
       </c>
       <c r="E46" s="2"/>
       <c r="F46" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G46" s="2" t="s">
         <v>102</v>
       </c>
       <c r="H46" s="2"/>
       <c r="I46" s="2"/>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" s="2" t="s">
         <v>103</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C47" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D47" s="2">
-        <v>110086568</v>
+        <v>302826202</v>
       </c>
       <c r="E47" s="2"/>
       <c r="F47" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G47" s="2" t="s">
         <v>104</v>
       </c>
       <c r="H47" s="2"/>
       <c r="I47" s="2"/>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" s="2" t="s">
         <v>105</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C48" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D48" s="2">
-        <v>300123739</v>
+        <v>112046953</v>
       </c>
       <c r="E48" s="2"/>
       <c r="F48" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G48" s="2" t="s">
         <v>106</v>
       </c>
       <c r="H48" s="2"/>
       <c r="I48" s="2"/>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" s="2" t="s">
         <v>107</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C49" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D49" s="2">
-        <v>302826202</v>
+        <v>112041116</v>
       </c>
       <c r="E49" s="2"/>
       <c r="F49" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G49" s="2" t="s">
         <v>108</v>
       </c>
       <c r="H49" s="2"/>
       <c r="I49" s="2"/>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" s="2" t="s">
         <v>109</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C50" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D50" s="2">
-        <v>112046953</v>
+        <v>112046768</v>
       </c>
       <c r="E50" s="2"/>
       <c r="F50" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G50" s="2" t="s">
         <v>110</v>
       </c>
       <c r="H50" s="2"/>
       <c r="I50" s="2"/>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" s="2" t="s">
         <v>111</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C51" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D51" s="2">
-        <v>112041116</v>
+        <v>112047293</v>
       </c>
       <c r="E51" s="2"/>
       <c r="F51" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G51" s="2" t="s">
         <v>112</v>
       </c>
       <c r="H51" s="2"/>
       <c r="I51" s="2"/>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" s="2" t="s">
         <v>113</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C52" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D52" s="2">
-        <v>112046768</v>
+        <v>300027153</v>
       </c>
       <c r="E52" s="2"/>
       <c r="F52" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G52" s="2" t="s">
         <v>114</v>
       </c>
       <c r="H52" s="2"/>
       <c r="I52" s="2"/>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" s="2" t="s">
         <v>115</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C53" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D53" s="2">
-        <v>112047293</v>
+        <v>110083981</v>
       </c>
       <c r="E53" s="2"/>
       <c r="F53" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G53" s="2" t="s">
         <v>116</v>
       </c>
       <c r="H53" s="2"/>
       <c r="I53" s="2"/>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" s="2" t="s">
         <v>117</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C54" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D54" s="2">
-        <v>300027153</v>
+        <v>110088423</v>
       </c>
       <c r="E54" s="2"/>
       <c r="F54" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G54" s="2" t="s">
         <v>118</v>
       </c>
       <c r="H54" s="2"/>
       <c r="I54" s="2"/>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" s="2" t="s">
         <v>119</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C55" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D55" s="2">
-        <v>110083981</v>
+        <v>110085313</v>
       </c>
       <c r="E55" s="2"/>
       <c r="F55" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G55" s="2" t="s">
         <v>120</v>
       </c>
       <c r="H55" s="2"/>
       <c r="I55" s="2"/>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" s="2" t="s">
         <v>121</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C56" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D56" s="2">
-        <v>110088423</v>
+        <v>112040014</v>
       </c>
       <c r="E56" s="2"/>
       <c r="F56" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G56" s="2" t="s">
         <v>122</v>
       </c>
       <c r="H56" s="2"/>
       <c r="I56" s="2"/>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" s="2" t="s">
         <v>123</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C57" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D57" s="2">
-        <v>112040014</v>
+        <v>301788649</v>
       </c>
       <c r="E57" s="2"/>
       <c r="F57" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G57" s="2" t="s">
         <v>124</v>
       </c>
       <c r="H57" s="2"/>
       <c r="I57" s="2"/>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" s="2" t="s">
         <v>125</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C58" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D58" s="2">
-        <v>301788649</v>
+        <v>112043996</v>
       </c>
       <c r="E58" s="2"/>
       <c r="F58" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G58" s="2" t="s">
         <v>126</v>
       </c>
       <c r="H58" s="2"/>
       <c r="I58" s="2"/>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" s="2" t="s">
         <v>127</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C59" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D59" s="2">
-        <v>112043996</v>
+        <v>112046049</v>
       </c>
       <c r="E59" s="2"/>
       <c r="F59" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G59" s="2" t="s">
         <v>128</v>
       </c>
       <c r="H59" s="2"/>
       <c r="I59" s="2"/>
-    </row>
-[...21 lines deleted...]
-      <c r="I60" s="2"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>