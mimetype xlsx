--- v0 (2025-10-12)
+++ v1 (2026-01-13)
@@ -47,51 +47,51 @@
   <si>
     <t>Company code</t>
   </si>
   <si>
     <t>Registration code</t>
   </si>
   <si>
     <t>Licence type/kind</t>
   </si>
   <si>
     <t>Authorization code</t>
   </si>
   <si>
     <t>valid from</t>
   </si>
   <si>
     <t>valid till</t>
   </si>
   <si>
     <t>Jungtinė centrinė kredito unija</t>
   </si>
   <si>
     <t>Central Credit Union, Consumer credit provider</t>
   </si>
   <si>
-    <t>Central Credit Union</t>
+    <t>Central Credit Union, Issuers whose securities are admitted to trading on multilateral trading facilities</t>
   </si>
   <si>
     <t>Central credit union licence</t>
   </si>
   <si>
     <t>LB000439</t>
   </si>
   <si>
     <t>2017-12-21</t>
   </si>
   <si>
     <t>Lietuvos centrinė kredito unija</t>
   </si>
   <si>
     <t>Central Credit Union, Real-estate related credit intermediary, Consumer credit provider</t>
   </si>
   <si>
     <t>Central Credit Union, Dependent credit intermediaries operating on behalf of more than one lender and in accordance with the Republic of Lithuania Law on Real Estate Related Credit</t>
   </si>
   <si>
     <t>LB000277</t>
   </si>
 </sst>
 </file>
 