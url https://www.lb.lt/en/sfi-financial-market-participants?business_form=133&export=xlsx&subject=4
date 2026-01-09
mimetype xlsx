--- v0 (2025-11-20)
+++ v1 (2026-01-09)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="82">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="104">
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Type</t>
   </si>
   <si>
     <t>Business form</t>
   </si>
   <si>
     <t>Company code</t>
   </si>
   <si>
     <t>Registration code</t>
   </si>
   <si>
     <t>Licence type/kind</t>
   </si>
   <si>
     <t>Authorization code</t>
   </si>
   <si>
     <t>valid from</t>
   </si>
   <si>
@@ -80,225 +80,291 @@
   <si>
     <t>N/A</t>
   </si>
   <si>
     <t>AvianLabs Netherlands B.V.</t>
   </si>
   <si>
     <t>Baader Bank Aktiengesellschaft</t>
   </si>
   <si>
     <t>Bank, Crypto-asset service provider</t>
   </si>
   <si>
     <t>EU banks operating in the Republic of Lithuania without a branch, EU/EEA crypto-asset service provider providing services without establishment in the Republic of Lithuania</t>
   </si>
   <si>
     <t>EU Internet Ventures B.V.</t>
   </si>
   <si>
     <t>Bybit EU GmbH</t>
   </si>
   <si>
     <t>5299005V5GBSN2A4C303</t>
   </si>
   <si>
+    <t>FINTECH SK s. r. o.</t>
+  </si>
+  <si>
     <t xml:space="preserve">BitgGo Europe GmbH </t>
   </si>
   <si>
     <t>BitGo Europe GmbH</t>
   </si>
   <si>
     <t>Bitpanda GmbH</t>
   </si>
   <si>
     <t>Bitpanda Asset Management GmbH</t>
   </si>
   <si>
     <t>BITSTACK SAS</t>
   </si>
   <si>
     <t>Bitstamp Europe S.A.</t>
   </si>
   <si>
     <t>Payment institution, Crypto-asset service provider</t>
   </si>
   <si>
     <t>Payment institutions of EU Member States providing services in the Republic of Lithuania without a branch, EU/EEA crypto-asset service provider providing services without establishment in the Republic of Lithuania</t>
   </si>
   <si>
     <t>B196856</t>
   </si>
   <si>
     <t>Bitvavo B.V.</t>
   </si>
   <si>
     <t>724500MX2WBKDJP9HE56</t>
   </si>
   <si>
+    <t xml:space="preserve">BlockBen SIA </t>
+  </si>
+  <si>
     <t>Blue Cube (Malta) Limited</t>
   </si>
   <si>
     <t>Bullish Europe GmbH</t>
   </si>
   <si>
     <t>Clearstream Banking S.A.</t>
   </si>
   <si>
     <t>B9248</t>
   </si>
   <si>
     <t>Coinbase Luxembourg S.A.</t>
   </si>
   <si>
     <t>984500F14CA4571AAC11</t>
   </si>
   <si>
+    <t>Coinjar Europe Limited</t>
+  </si>
+  <si>
     <t>Coinshare Asset Management</t>
   </si>
   <si>
     <t>969500DBF3ZL9U0KUA51</t>
   </si>
   <si>
+    <t xml:space="preserve">Collect &amp; Exchange Cy Ltd </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Confirmo Limited </t>
+  </si>
+  <si>
     <t>Cryptonow GmbH</t>
   </si>
   <si>
+    <t>Fintegence, s.r.o.</t>
+  </si>
+  <si>
     <t>Deblock SAS</t>
   </si>
   <si>
     <t>Electronic money institution, Crypto-asset service provider</t>
   </si>
   <si>
     <t>Electronic money institutions of EU Member States providing services in the Republic of Lithuania without a branch, EU/EEA crypto-asset service provider providing services without establishment in the Republic of Lithuania</t>
   </si>
   <si>
     <t>Decubate B.V.</t>
   </si>
   <si>
     <t>eToro (Europe) Ltd</t>
   </si>
   <si>
     <t>Fiat Republic Netherlands B.V.</t>
   </si>
   <si>
     <t>R190553</t>
   </si>
   <si>
     <t>Finst B.V.</t>
   </si>
   <si>
     <t>724500UI8UD7HKGVJX65</t>
   </si>
   <si>
     <t xml:space="preserve">Foris Dax Malta Ltd </t>
   </si>
   <si>
     <t>Gate Technology Limited</t>
   </si>
   <si>
     <t>Gemini Intergalactic EU Ltd</t>
   </si>
   <si>
     <t>GOin SAS</t>
   </si>
   <si>
     <t>894500LM6DICD790FQ34</t>
   </si>
   <si>
+    <t xml:space="preserve">Hyphe Markets GmbH </t>
+  </si>
+  <si>
+    <t>IG Europe GmbH</t>
+  </si>
+  <si>
+    <t>Financial brokerage company, Crypto-asset service provider</t>
+  </si>
+  <si>
+    <t>Financial brokerage firms of EU Member States providing services in the Republic of Lithuania without a branch, EU/EEA crypto-asset service provider providing services without establishment in the Republic of Lithuania</t>
+  </si>
+  <si>
     <t>ILIRIKA borzno posredniška hiša d.d., Ljubljana</t>
   </si>
   <si>
     <t>Payward Europe Solutions Limited</t>
   </si>
   <si>
     <t>254900641D8KNHUZYX24</t>
   </si>
   <si>
+    <t>KuCoin EU Exchange GmbH</t>
+  </si>
+  <si>
+    <t>Kvarn Capital Oy</t>
+  </si>
+  <si>
+    <t>3288803-2</t>
+  </si>
+  <si>
     <t xml:space="preserve">Legend Financial Ireland Limited </t>
   </si>
   <si>
+    <t>Madison Six j. s. a.</t>
+  </si>
+  <si>
     <t>METAL GEAR SAS</t>
   </si>
   <si>
     <t>969500PQYLQG3CSJ5041</t>
   </si>
   <si>
-    <t xml:space="preserve">OKCoin Europe Limited </t>
+    <t>Nexdesk SIA</t>
+  </si>
+  <si>
+    <t>OKX Europe Limited</t>
   </si>
   <si>
     <t>One Trading Exchange B.V.</t>
   </si>
   <si>
-    <t>Financial brokerage company, Crypto-asset service provider</t>
-[...2 lines deleted...]
-    <t>Financial brokerage firms of EU Member States providing services in the Republic of Lithuania without a branch, EU/EEA crypto-asset service provider providing services without establishment in the Republic of Lithuania</t>
+    <t>Payhound Limited</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Paysafe Payment Solutions Limited </t>
   </si>
   <si>
     <t>Push Virtual Assets Ireland Limited</t>
   </si>
   <si>
+    <t>Ramp Swaps (Ireland) Limited</t>
+  </si>
+  <si>
     <t>RELAI EU SASU</t>
   </si>
   <si>
     <t xml:space="preserve">Revolut Digital Assets Europe Ltd </t>
   </si>
   <si>
     <t>Societe Generale - Forge</t>
   </si>
   <si>
     <t>Electronic money institution, Investment company, Crypto-asset service provider</t>
   </si>
   <si>
     <t>Electronic money institutions of EU Member States providing services in the Republic of Lithuania without a branch, Foreign alternative investment undertaking, EU/EEA crypto-asset service provider providing services without establishment in the Republic of Lithuania</t>
   </si>
   <si>
     <t>Socios Europe Services Limited</t>
   </si>
   <si>
+    <t>StoneX Digital International Limited</t>
+  </si>
+  <si>
     <t>Tangany GmbH</t>
   </si>
   <si>
+    <t xml:space="preserve">Teroxx Digital Asset Ltd </t>
+  </si>
+  <si>
     <t>Tesseract Investment Oy</t>
   </si>
   <si>
     <t>Trade Republic Bank GmbH</t>
   </si>
   <si>
     <t xml:space="preserve">Tradias GmbH </t>
   </si>
   <si>
+    <t>Stratos Europe Limited</t>
+  </si>
+  <si>
     <t>Vivid Money B.V.</t>
   </si>
   <si>
+    <t>Pionew Ireland Limited</t>
+  </si>
+  <si>
     <t>Zebedee Europe B.V.</t>
   </si>
   <si>
     <t>Zillion Bits Limited</t>
   </si>
   <si>
     <t xml:space="preserve">C 88757   </t>
+  </si>
+  <si>
+    <t>Zodia Custody (Europe) S.A.</t>
+  </si>
+  <si>
+    <t>FIOR Digital GmbH</t>
   </si>
   <si>
     <t>360 Treasury Systems AG</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -616,54 +682,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I48"/>
+  <dimension ref="A1:I69"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I48" sqref="I48"/>
+      <selection activeCell="I69" sqref="I69"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="40" customWidth="true" style="0"/>
     <col min="2" max="2" width="40" customWidth="true" style="0"/>
     <col min="3" max="3" width="40" customWidth="true" style="0"/>
     <col min="4" max="4" width="40" customWidth="true" style="0"/>
     <col min="5" max="5" width="40" customWidth="true" style="0"/>
     <col min="6" max="6" width="40" customWidth="true" style="0"/>
     <col min="7" max="7" width="40" customWidth="true" style="0"/>
     <col min="8" max="8" width="40" customWidth="true" style="0"/>
     <col min="9" max="9" width="40" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
@@ -789,805 +855,1178 @@
         <v>10</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
         <v>21</v>
       </c>
       <c r="F7" s="2"/>
       <c r="G7" s="2"/>
       <c r="H7" s="2"/>
       <c r="I7" s="2"/>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" s="2" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D8" s="2"/>
-      <c r="E8" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E8" s="2"/>
       <c r="F8" s="2"/>
       <c r="G8" s="2"/>
       <c r="H8" s="2"/>
       <c r="I8" s="2"/>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" s="2" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="2"/>
       <c r="G9" s="2"/>
       <c r="H9" s="2"/>
       <c r="I9" s="2"/>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" s="2" t="s">
         <v>24</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D10" s="2"/>
-      <c r="E10" s="2"/>
+      <c r="E10" s="2" t="s">
+        <v>14</v>
+      </c>
       <c r="F10" s="2"/>
       <c r="G10" s="2"/>
       <c r="H10" s="2"/>
       <c r="I10" s="2"/>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D11" s="2"/>
-      <c r="E11" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E11" s="2"/>
       <c r="F11" s="2"/>
       <c r="G11" s="2"/>
       <c r="H11" s="2"/>
       <c r="I11" s="2"/>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" s="2" t="s">
         <v>26</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="2"/>
       <c r="G12" s="2"/>
       <c r="H12" s="2"/>
       <c r="I12" s="2"/>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" s="2" t="s">
         <v>27</v>
       </c>
       <c r="B13" s="2" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>29</v>
+        <v>11</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
-        <v>30</v>
+        <v>14</v>
       </c>
       <c r="F13" s="2"/>
       <c r="G13" s="2"/>
       <c r="H13" s="2"/>
       <c r="I13" s="2"/>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" s="2" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="B14" s="2" t="s">
-        <v>10</v>
+        <v>29</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>11</v>
+        <v>30</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="F14" s="2"/>
       <c r="G14" s="2"/>
       <c r="H14" s="2"/>
       <c r="I14" s="2"/>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" s="2" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
-        <v>14</v>
+        <v>33</v>
       </c>
       <c r="F15" s="2"/>
       <c r="G15" s="2"/>
       <c r="H15" s="2"/>
       <c r="I15" s="2"/>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" s="2" t="s">
         <v>34</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D16" s="2"/>
-      <c r="E16" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E16" s="2"/>
       <c r="F16" s="2"/>
       <c r="G16" s="2"/>
       <c r="H16" s="2"/>
       <c r="I16" s="2"/>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" s="2" t="s">
         <v>35</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
-        <v>36</v>
+        <v>14</v>
       </c>
       <c r="F17" s="2"/>
       <c r="G17" s="2"/>
       <c r="H17" s="2"/>
       <c r="I17" s="2"/>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" s="2" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
-        <v>38</v>
+        <v>14</v>
       </c>
       <c r="F18" s="2"/>
       <c r="G18" s="2"/>
       <c r="H18" s="2"/>
       <c r="I18" s="2"/>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" s="2" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="F19" s="2"/>
       <c r="G19" s="2"/>
       <c r="H19" s="2"/>
       <c r="I19" s="2"/>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" s="2" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
-        <v>14</v>
+        <v>40</v>
       </c>
       <c r="F20" s="2"/>
       <c r="G20" s="2"/>
       <c r="H20" s="2"/>
       <c r="I20" s="2"/>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" s="2" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="B21" s="2" t="s">
-        <v>43</v>
+        <v>10</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>44</v>
+        <v>11</v>
       </c>
       <c r="D21" s="2"/>
-      <c r="E21" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E21" s="2"/>
       <c r="F21" s="2"/>
       <c r="G21" s="2"/>
       <c r="H21" s="2"/>
       <c r="I21" s="2"/>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" s="2" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
-        <v>14</v>
+        <v>43</v>
       </c>
       <c r="F22" s="2"/>
       <c r="G22" s="2"/>
       <c r="H22" s="2"/>
       <c r="I22" s="2"/>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" s="2" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C23" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D23" s="2"/>
-      <c r="E23" s="2">
-        <v>200585</v>
+      <c r="E23" s="2" t="s">
+        <v>14</v>
       </c>
       <c r="F23" s="2"/>
       <c r="G23" s="2"/>
       <c r="H23" s="2"/>
       <c r="I23" s="2"/>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" s="2" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="B24" s="2" t="s">
-        <v>43</v>
+        <v>10</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>44</v>
+        <v>11</v>
       </c>
       <c r="D24" s="2"/>
-      <c r="E24" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E24" s="2"/>
       <c r="F24" s="2"/>
       <c r="G24" s="2"/>
       <c r="H24" s="2"/>
       <c r="I24" s="2"/>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" s="2" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C25" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
-        <v>50</v>
+        <v>14</v>
       </c>
       <c r="F25" s="2"/>
       <c r="G25" s="2"/>
       <c r="H25" s="2"/>
       <c r="I25" s="2"/>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" s="2" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C26" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2"/>
       <c r="F26" s="2"/>
       <c r="G26" s="2"/>
       <c r="H26" s="2"/>
       <c r="I26" s="2"/>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" s="2" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="B27" s="2" t="s">
-        <v>10</v>
+        <v>49</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>11</v>
+        <v>50</v>
       </c>
       <c r="D27" s="2"/>
-      <c r="E27" s="2" t="s">
-        <v>14</v>
+      <c r="E27" s="2">
+        <v>948264163</v>
       </c>
       <c r="F27" s="2"/>
       <c r="G27" s="2"/>
       <c r="H27" s="2"/>
       <c r="I27" s="2"/>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" s="2" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C28" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="2"/>
       <c r="G28" s="2"/>
       <c r="H28" s="2"/>
       <c r="I28" s="2"/>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" s="2" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C29" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D29" s="2"/>
-      <c r="E29" s="2" t="s">
-        <v>55</v>
+      <c r="E29" s="2">
+        <v>200585</v>
       </c>
       <c r="F29" s="2"/>
       <c r="G29" s="2"/>
       <c r="H29" s="2"/>
       <c r="I29" s="2"/>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" s="2" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="B30" s="2" t="s">
-        <v>10</v>
+        <v>49</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>11</v>
+        <v>50</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
-        <v>14</v>
+        <v>54</v>
       </c>
       <c r="F30" s="2"/>
       <c r="G30" s="2"/>
       <c r="H30" s="2"/>
       <c r="I30" s="2"/>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" s="2" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C31" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="F31" s="2"/>
       <c r="G31" s="2"/>
       <c r="H31" s="2"/>
       <c r="I31" s="2"/>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" s="2" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C32" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D32" s="2"/>
-      <c r="E32" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E32" s="2"/>
       <c r="F32" s="2"/>
       <c r="G32" s="2"/>
       <c r="H32" s="2"/>
       <c r="I32" s="2"/>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" s="2" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C33" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
-        <v>61</v>
+        <v>14</v>
       </c>
       <c r="F33" s="2"/>
       <c r="G33" s="2"/>
       <c r="H33" s="2"/>
       <c r="I33" s="2"/>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" s="2" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C34" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D34" s="2"/>
-      <c r="E34" s="2"/>
+      <c r="E34" s="2" t="s">
+        <v>14</v>
+      </c>
       <c r="F34" s="2"/>
       <c r="G34" s="2"/>
       <c r="H34" s="2"/>
       <c r="I34" s="2"/>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" s="2" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="B35" s="2" t="s">
-        <v>64</v>
+        <v>10</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>65</v>
+        <v>11</v>
       </c>
       <c r="D35" s="2"/>
-      <c r="E35" s="2"/>
+      <c r="E35" s="2" t="s">
+        <v>61</v>
+      </c>
       <c r="F35" s="2"/>
       <c r="G35" s="2"/>
       <c r="H35" s="2"/>
       <c r="I35" s="2"/>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" s="2" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C36" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2" t="s">
         <v>14</v>
       </c>
       <c r="F36" s="2"/>
       <c r="G36" s="2"/>
       <c r="H36" s="2"/>
       <c r="I36" s="2"/>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" s="2" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="B37" s="2" t="s">
-        <v>10</v>
+        <v>64</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>11</v>
+        <v>65</v>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2" t="s">
         <v>14</v>
       </c>
       <c r="F37" s="2"/>
       <c r="G37" s="2"/>
       <c r="H37" s="2"/>
       <c r="I37" s="2"/>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" s="2" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C38" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="s">
         <v>14</v>
       </c>
       <c r="F38" s="2"/>
       <c r="G38" s="2"/>
       <c r="H38" s="2"/>
       <c r="I38" s="2"/>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" s="2" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="B39" s="2" t="s">
-        <v>70</v>
+        <v>10</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>71</v>
+        <v>11</v>
       </c>
       <c r="D39" s="2"/>
-      <c r="E39" s="2">
-        <v>882696628</v>
+      <c r="E39" s="2" t="s">
+        <v>68</v>
       </c>
       <c r="F39" s="2"/>
       <c r="G39" s="2"/>
       <c r="H39" s="2"/>
       <c r="I39" s="2"/>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" s="2" t="s">
-        <v>72</v>
+        <v>69</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C40" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="s">
         <v>14</v>
       </c>
       <c r="F40" s="2"/>
       <c r="G40" s="2"/>
       <c r="H40" s="2"/>
       <c r="I40" s="2"/>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" s="2" t="s">
-        <v>73</v>
+        <v>70</v>
       </c>
       <c r="B41" s="2" t="s">
-        <v>10</v>
+        <v>29</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>11</v>
+        <v>30</v>
       </c>
       <c r="D41" s="2"/>
-      <c r="E41" s="2"/>
+      <c r="E41" s="2" t="s">
+        <v>71</v>
+      </c>
       <c r="F41" s="2"/>
       <c r="G41" s="2"/>
       <c r="H41" s="2"/>
       <c r="I41" s="2"/>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" s="2" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C42" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="s">
         <v>14</v>
       </c>
       <c r="F42" s="2"/>
       <c r="G42" s="2"/>
       <c r="H42" s="2"/>
       <c r="I42" s="2"/>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" s="2" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="B43" s="2" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="D43" s="2"/>
-      <c r="E43" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E43" s="2"/>
       <c r="F43" s="2"/>
       <c r="G43" s="2"/>
       <c r="H43" s="2"/>
       <c r="I43" s="2"/>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" s="2" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C44" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D44" s="2"/>
-      <c r="E44" s="2">
-        <v>160903</v>
+      <c r="E44" s="2" t="s">
+        <v>75</v>
       </c>
       <c r="F44" s="2"/>
       <c r="G44" s="2"/>
       <c r="H44" s="2"/>
       <c r="I44" s="2"/>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" s="2" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="B45" s="2" t="s">
-        <v>64</v>
+        <v>10</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>65</v>
+        <v>11</v>
       </c>
       <c r="D45" s="2"/>
-      <c r="E45" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E45" s="2"/>
       <c r="F45" s="2"/>
       <c r="G45" s="2"/>
       <c r="H45" s="2"/>
       <c r="I45" s="2"/>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" s="2" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C46" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D46" s="2"/>
-      <c r="E46" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E46" s="2"/>
       <c r="F46" s="2"/>
       <c r="G46" s="2"/>
       <c r="H46" s="2"/>
       <c r="I46" s="2"/>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" s="2" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="B47" s="2" t="s">
-        <v>10</v>
+        <v>64</v>
       </c>
       <c r="C47" s="2" t="s">
-        <v>11</v>
+        <v>65</v>
       </c>
       <c r="D47" s="2"/>
-      <c r="E47" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E47" s="2"/>
       <c r="F47" s="2"/>
       <c r="G47" s="2"/>
       <c r="H47" s="2"/>
       <c r="I47" s="2"/>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" s="2" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C48" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2"/>
       <c r="F48" s="2"/>
       <c r="G48" s="2"/>
       <c r="H48" s="2"/>
       <c r="I48" s="2"/>
+    </row>
+    <row r="49" spans="1:9">
+      <c r="A49" s="2" t="s">
+        <v>80</v>
+      </c>
+      <c r="B49" s="2" t="s">
+        <v>49</v>
+      </c>
+      <c r="C49" s="2" t="s">
+        <v>50</v>
+      </c>
+      <c r="D49" s="2"/>
+      <c r="E49" s="2">
+        <v>626665</v>
+      </c>
+      <c r="F49" s="2"/>
+      <c r="G49" s="2"/>
+      <c r="H49" s="2"/>
+      <c r="I49" s="2"/>
+    </row>
+    <row r="50" spans="1:9">
+      <c r="A50" s="2" t="s">
+        <v>81</v>
+      </c>
+      <c r="B50" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="C50" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D50" s="2"/>
+      <c r="E50" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="F50" s="2"/>
+      <c r="G50" s="2"/>
+      <c r="H50" s="2"/>
+      <c r="I50" s="2"/>
+    </row>
+    <row r="51" spans="1:9">
+      <c r="A51" s="2" t="s">
+        <v>82</v>
+      </c>
+      <c r="B51" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="C51" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D51" s="2"/>
+      <c r="E51" s="2"/>
+      <c r="F51" s="2"/>
+      <c r="G51" s="2"/>
+      <c r="H51" s="2"/>
+      <c r="I51" s="2"/>
+    </row>
+    <row r="52" spans="1:9">
+      <c r="A52" s="2" t="s">
+        <v>83</v>
+      </c>
+      <c r="B52" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="C52" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D52" s="2"/>
+      <c r="E52" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="F52" s="2"/>
+      <c r="G52" s="2"/>
+      <c r="H52" s="2"/>
+      <c r="I52" s="2"/>
+    </row>
+    <row r="53" spans="1:9">
+      <c r="A53" s="2" t="s">
+        <v>84</v>
+      </c>
+      <c r="B53" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="C53" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D53" s="2"/>
+      <c r="E53" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="F53" s="2"/>
+      <c r="G53" s="2"/>
+      <c r="H53" s="2"/>
+      <c r="I53" s="2"/>
+    </row>
+    <row r="54" spans="1:9">
+      <c r="A54" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="B54" s="2" t="s">
+        <v>86</v>
+      </c>
+      <c r="C54" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="D54" s="2"/>
+      <c r="E54" s="2">
+        <v>882696628</v>
+      </c>
+      <c r="F54" s="2"/>
+      <c r="G54" s="2"/>
+      <c r="H54" s="2"/>
+      <c r="I54" s="2"/>
+    </row>
+    <row r="55" spans="1:9">
+      <c r="A55" s="2" t="s">
+        <v>88</v>
+      </c>
+      <c r="B55" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="C55" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D55" s="2"/>
+      <c r="E55" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="F55" s="2"/>
+      <c r="G55" s="2"/>
+      <c r="H55" s="2"/>
+      <c r="I55" s="2"/>
+    </row>
+    <row r="56" spans="1:9">
+      <c r="A56" s="2" t="s">
+        <v>89</v>
+      </c>
+      <c r="B56" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="C56" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D56" s="2"/>
+      <c r="E56" s="2"/>
+      <c r="F56" s="2"/>
+      <c r="G56" s="2"/>
+      <c r="H56" s="2"/>
+      <c r="I56" s="2"/>
+    </row>
+    <row r="57" spans="1:9">
+      <c r="A57" s="2" t="s">
+        <v>90</v>
+      </c>
+      <c r="B57" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="C57" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D57" s="2"/>
+      <c r="E57" s="2"/>
+      <c r="F57" s="2"/>
+      <c r="G57" s="2"/>
+      <c r="H57" s="2"/>
+      <c r="I57" s="2"/>
+    </row>
+    <row r="58" spans="1:9">
+      <c r="A58" s="2" t="s">
+        <v>91</v>
+      </c>
+      <c r="B58" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="C58" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D58" s="2"/>
+      <c r="E58" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="F58" s="2"/>
+      <c r="G58" s="2"/>
+      <c r="H58" s="2"/>
+      <c r="I58" s="2"/>
+    </row>
+    <row r="59" spans="1:9">
+      <c r="A59" s="2" t="s">
+        <v>92</v>
+      </c>
+      <c r="B59" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="C59" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D59" s="2"/>
+      <c r="E59" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="F59" s="2"/>
+      <c r="G59" s="2"/>
+      <c r="H59" s="2"/>
+      <c r="I59" s="2"/>
+    </row>
+    <row r="60" spans="1:9">
+      <c r="A60" s="2" t="s">
+        <v>93</v>
+      </c>
+      <c r="B60" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="C60" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D60" s="2"/>
+      <c r="E60" s="2">
+        <v>150368</v>
+      </c>
+      <c r="F60" s="2"/>
+      <c r="G60" s="2"/>
+      <c r="H60" s="2"/>
+      <c r="I60" s="2"/>
+    </row>
+    <row r="61" spans="1:9">
+      <c r="A61" s="2" t="s">
+        <v>94</v>
+      </c>
+      <c r="B61" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="C61" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D61" s="2"/>
+      <c r="E61" s="2">
+        <v>160903</v>
+      </c>
+      <c r="F61" s="2"/>
+      <c r="G61" s="2"/>
+      <c r="H61" s="2"/>
+      <c r="I61" s="2"/>
+    </row>
+    <row r="62" spans="1:9">
+      <c r="A62" s="2" t="s">
+        <v>95</v>
+      </c>
+      <c r="B62" s="2" t="s">
+        <v>64</v>
+      </c>
+      <c r="C62" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="D62" s="2"/>
+      <c r="E62" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="F62" s="2"/>
+      <c r="G62" s="2"/>
+      <c r="H62" s="2"/>
+      <c r="I62" s="2"/>
+    </row>
+    <row r="63" spans="1:9">
+      <c r="A63" s="2" t="s">
+        <v>96</v>
+      </c>
+      <c r="B63" s="2" t="s">
+        <v>64</v>
+      </c>
+      <c r="C63" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="D63" s="2"/>
+      <c r="E63" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="F63" s="2"/>
+      <c r="G63" s="2"/>
+      <c r="H63" s="2"/>
+      <c r="I63" s="2"/>
+    </row>
+    <row r="64" spans="1:9">
+      <c r="A64" s="2" t="s">
+        <v>97</v>
+      </c>
+      <c r="B64" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="C64" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D64" s="2"/>
+      <c r="E64" s="2"/>
+      <c r="F64" s="2"/>
+      <c r="G64" s="2"/>
+      <c r="H64" s="2"/>
+      <c r="I64" s="2"/>
+    </row>
+    <row r="65" spans="1:9">
+      <c r="A65" s="2" t="s">
+        <v>98</v>
+      </c>
+      <c r="B65" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="C65" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D65" s="2"/>
+      <c r="E65" s="2">
+        <v>90944127</v>
+      </c>
+      <c r="F65" s="2"/>
+      <c r="G65" s="2"/>
+      <c r="H65" s="2"/>
+      <c r="I65" s="2"/>
+    </row>
+    <row r="66" spans="1:9">
+      <c r="A66" s="2" t="s">
+        <v>99</v>
+      </c>
+      <c r="B66" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="C66" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D66" s="2"/>
+      <c r="E66" s="2" t="s">
+        <v>100</v>
+      </c>
+      <c r="F66" s="2"/>
+      <c r="G66" s="2"/>
+      <c r="H66" s="2"/>
+      <c r="I66" s="2"/>
+    </row>
+    <row r="67" spans="1:9">
+      <c r="A67" s="2" t="s">
+        <v>101</v>
+      </c>
+      <c r="B67" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="C67" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D67" s="2"/>
+      <c r="E67" s="2"/>
+      <c r="F67" s="2"/>
+      <c r="G67" s="2"/>
+      <c r="H67" s="2"/>
+      <c r="I67" s="2"/>
+    </row>
+    <row r="68" spans="1:9">
+      <c r="A68" s="2" t="s">
+        <v>102</v>
+      </c>
+      <c r="B68" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="C68" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D68" s="2"/>
+      <c r="E68" s="2"/>
+      <c r="F68" s="2"/>
+      <c r="G68" s="2"/>
+      <c r="H68" s="2"/>
+      <c r="I68" s="2"/>
+    </row>
+    <row r="69" spans="1:9">
+      <c r="A69" s="2" t="s">
+        <v>103</v>
+      </c>
+      <c r="B69" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="C69" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D69" s="2"/>
+      <c r="E69" s="2"/>
+      <c r="F69" s="2"/>
+      <c r="G69" s="2"/>
+      <c r="H69" s="2"/>
+      <c r="I69" s="2"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>