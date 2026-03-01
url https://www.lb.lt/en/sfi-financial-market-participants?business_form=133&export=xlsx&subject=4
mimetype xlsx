--- v1 (2026-01-09)
+++ v2 (2026-03-01)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="104">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="111">
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Type</t>
   </si>
   <si>
     <t>Business form</t>
   </si>
   <si>
     <t>Company code</t>
   </si>
   <si>
     <t>Registration code</t>
   </si>
   <si>
     <t>Licence type/kind</t>
   </si>
   <si>
     <t>Authorization code</t>
   </si>
   <si>
     <t>valid from</t>
   </si>
   <si>
@@ -89,95 +89,104 @@
   <si>
     <t>Bank, Crypto-asset service provider</t>
   </si>
   <si>
     <t>EU banks operating in the Republic of Lithuania without a branch, EU/EEA crypto-asset service provider providing services without establishment in the Republic of Lithuania</t>
   </si>
   <si>
     <t>EU Internet Ventures B.V.</t>
   </si>
   <si>
     <t>Bybit EU GmbH</t>
   </si>
   <si>
     <t>5299005V5GBSN2A4C303</t>
   </si>
   <si>
     <t>FINTECH SK s. r. o.</t>
   </si>
   <si>
     <t xml:space="preserve">BitgGo Europe GmbH </t>
   </si>
   <si>
     <t>BitGo Europe GmbH</t>
   </si>
   <si>
+    <t>Bitonic B.V.</t>
+  </si>
+  <si>
     <t>Bitpanda GmbH</t>
   </si>
   <si>
     <t>Bitpanda Asset Management GmbH</t>
   </si>
   <si>
     <t>BITSTACK SAS</t>
   </si>
   <si>
     <t>Bitstamp Europe S.A.</t>
   </si>
   <si>
     <t>Payment institution, Crypto-asset service provider</t>
   </si>
   <si>
     <t>Payment institutions of EU Member States providing services in the Republic of Lithuania without a branch, EU/EEA crypto-asset service provider providing services without establishment in the Republic of Lithuania</t>
   </si>
   <si>
     <t>B196856</t>
   </si>
   <si>
     <t>Bitvavo B.V.</t>
   </si>
   <si>
     <t>724500MX2WBKDJP9HE56</t>
   </si>
   <si>
+    <t>BITCOINFORME, S.L.</t>
+  </si>
+  <si>
     <t xml:space="preserve">BlockBen SIA </t>
   </si>
   <si>
     <t>Blue Cube (Malta) Limited</t>
   </si>
   <si>
     <t>Bullish Europe GmbH</t>
   </si>
   <si>
     <t>Clearstream Banking S.A.</t>
   </si>
   <si>
     <t>B9248</t>
   </si>
   <si>
     <t>Coinbase Luxembourg S.A.</t>
   </si>
   <si>
+    <t>B292147</t>
+  </si>
+  <si>
     <t>984500F14CA4571AAC11</t>
   </si>
   <si>
     <t>Coinjar Europe Limited</t>
   </si>
   <si>
     <t>Coinshare Asset Management</t>
   </si>
   <si>
     <t>969500DBF3ZL9U0KUA51</t>
   </si>
   <si>
     <t xml:space="preserve">Collect &amp; Exchange Cy Ltd </t>
   </si>
   <si>
     <t xml:space="preserve">Confirmo Limited </t>
   </si>
   <si>
     <t>Cryptonow GmbH</t>
   </si>
   <si>
     <t>Fintegence, s.r.o.</t>
   </si>
   <si>
     <t>Deblock SAS</t>
@@ -185,80 +194,86 @@
   <si>
     <t>Electronic money institution, Crypto-asset service provider</t>
   </si>
   <si>
     <t>Electronic money institutions of EU Member States providing services in the Republic of Lithuania without a branch, EU/EEA crypto-asset service provider providing services without establishment in the Republic of Lithuania</t>
   </si>
   <si>
     <t>Decubate B.V.</t>
   </si>
   <si>
     <t>eToro (Europe) Ltd</t>
   </si>
   <si>
     <t>Fiat Republic Netherlands B.V.</t>
   </si>
   <si>
     <t>R190553</t>
   </si>
   <si>
     <t>Finst B.V.</t>
   </si>
   <si>
     <t>724500UI8UD7HKGVJX65</t>
   </si>
   <si>
+    <t>Fipto PI SAS</t>
+  </si>
+  <si>
     <t xml:space="preserve">Foris Dax Malta Ltd </t>
   </si>
   <si>
     <t>Gate Technology Limited</t>
   </si>
   <si>
     <t>Gemini Intergalactic EU Ltd</t>
   </si>
   <si>
     <t>GOin SAS</t>
   </si>
   <si>
     <t>894500LM6DICD790FQ34</t>
   </si>
   <si>
     <t xml:space="preserve">Hyphe Markets GmbH </t>
   </si>
   <si>
     <t>IG Europe GmbH</t>
   </si>
   <si>
     <t>Financial brokerage company, Crypto-asset service provider</t>
   </si>
   <si>
     <t>Financial brokerage firms of EU Member States providing services in the Republic of Lithuania without a branch, EU/EEA crypto-asset service provider providing services without establishment in the Republic of Lithuania</t>
   </si>
   <si>
     <t>ILIRIKA borzno posredniška hiša d.d., Ljubljana</t>
   </si>
   <si>
+    <t>Interactive Brokers Ireland Limited</t>
+  </si>
+  <si>
     <t>Payward Europe Solutions Limited</t>
   </si>
   <si>
     <t>254900641D8KNHUZYX24</t>
   </si>
   <si>
     <t>KuCoin EU Exchange GmbH</t>
   </si>
   <si>
     <t>Kvarn Capital Oy</t>
   </si>
   <si>
     <t>3288803-2</t>
   </si>
   <si>
     <t xml:space="preserve">Legend Financial Ireland Limited </t>
   </si>
   <si>
     <t>Madison Six j. s. a.</t>
   </si>
   <si>
     <t>METAL GEAR SAS</t>
   </si>
   <si>
     <t>969500PQYLQG3CSJ5041</t>
@@ -309,50 +324,56 @@
     <t>Tangany GmbH</t>
   </si>
   <si>
     <t xml:space="preserve">Teroxx Digital Asset Ltd </t>
   </si>
   <si>
     <t>Tesseract Investment Oy</t>
   </si>
   <si>
     <t>Trade Republic Bank GmbH</t>
   </si>
   <si>
     <t xml:space="preserve">Tradias GmbH </t>
   </si>
   <si>
     <t>Stratos Europe Limited</t>
   </si>
   <si>
     <t>Vivid Money B.V.</t>
   </si>
   <si>
     <t>Pionew Ireland Limited</t>
   </si>
   <si>
     <t>Zebedee Europe B.V.</t>
+  </si>
+  <si>
+    <t>zerohash europe BV</t>
+  </si>
+  <si>
+    <t>724500G7QSOMFR1GQA47</t>
   </si>
   <si>
     <t>Zillion Bits Limited</t>
   </si>
   <si>
     <t xml:space="preserve">C 88757   </t>
   </si>
   <si>
     <t>Zodia Custody (Europe) S.A.</t>
   </si>
   <si>
     <t>FIOR Digital GmbH</t>
   </si>
   <si>
     <t>360 Treasury Systems AG</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
@@ -682,54 +703,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I69"/>
+  <dimension ref="A1:I75"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I69" sqref="I69"/>
+      <selection activeCell="I75" sqref="I75"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="40" customWidth="true" style="0"/>
     <col min="2" max="2" width="40" customWidth="true" style="0"/>
     <col min="3" max="3" width="40" customWidth="true" style="0"/>
     <col min="4" max="4" width="40" customWidth="true" style="0"/>
     <col min="5" max="5" width="40" customWidth="true" style="0"/>
     <col min="6" max="6" width="40" customWidth="true" style="0"/>
     <col min="7" max="7" width="40" customWidth="true" style="0"/>
     <col min="8" max="8" width="40" customWidth="true" style="0"/>
     <col min="9" max="9" width="40" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
@@ -927,1106 +948,1216 @@
       </c>
       <c r="B11" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2"/>
       <c r="F11" s="2"/>
       <c r="G11" s="2"/>
       <c r="H11" s="2"/>
       <c r="I11" s="2"/>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" s="2" t="s">
         <v>26</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D12" s="2"/>
-      <c r="E12" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E12" s="2"/>
       <c r="F12" s="2"/>
       <c r="G12" s="2"/>
       <c r="H12" s="2"/>
       <c r="I12" s="2"/>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" s="2" t="s">
         <v>27</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="2"/>
       <c r="G13" s="2"/>
       <c r="H13" s="2"/>
       <c r="I13" s="2"/>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" s="2" t="s">
         <v>28</v>
       </c>
       <c r="B14" s="2" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>30</v>
+        <v>11</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
-        <v>31</v>
+        <v>14</v>
       </c>
       <c r="F14" s="2"/>
       <c r="G14" s="2"/>
       <c r="H14" s="2"/>
       <c r="I14" s="2"/>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" s="2" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="B15" s="2" t="s">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="F15" s="2"/>
       <c r="G15" s="2"/>
       <c r="H15" s="2"/>
       <c r="I15" s="2"/>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="B16" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="C16" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D16" s="2"/>
+      <c r="E16" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="B16" s="2" t="s">
-[...6 lines deleted...]
-      <c r="E16" s="2"/>
       <c r="F16" s="2"/>
       <c r="G16" s="2"/>
       <c r="H16" s="2"/>
       <c r="I16" s="2"/>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" s="2" t="s">
         <v>35</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D17" s="2"/>
-      <c r="E17" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E17" s="2"/>
       <c r="F17" s="2"/>
       <c r="G17" s="2"/>
       <c r="H17" s="2"/>
       <c r="I17" s="2"/>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" s="2" t="s">
         <v>36</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D18" s="2"/>
-      <c r="E18" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E18" s="2"/>
       <c r="F18" s="2"/>
       <c r="G18" s="2"/>
       <c r="H18" s="2"/>
       <c r="I18" s="2"/>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" s="2" t="s">
         <v>37</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
-        <v>38</v>
+        <v>14</v>
       </c>
       <c r="F19" s="2"/>
       <c r="G19" s="2"/>
       <c r="H19" s="2"/>
       <c r="I19" s="2"/>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" s="2" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
-        <v>40</v>
+        <v>14</v>
       </c>
       <c r="F20" s="2"/>
       <c r="G20" s="2"/>
       <c r="H20" s="2"/>
       <c r="I20" s="2"/>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" s="2" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C21" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D21" s="2"/>
-      <c r="E21" s="2"/>
+      <c r="E21" s="2" t="s">
+        <v>40</v>
+      </c>
       <c r="F21" s="2"/>
       <c r="G21" s="2"/>
       <c r="H21" s="2"/>
       <c r="I21" s="2"/>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" s="2" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="F22" s="2"/>
       <c r="G22" s="2"/>
       <c r="H22" s="2"/>
       <c r="I22" s="2"/>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" s="2" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C23" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
-        <v>14</v>
+        <v>43</v>
       </c>
       <c r="F23" s="2"/>
       <c r="G23" s="2"/>
       <c r="H23" s="2"/>
       <c r="I23" s="2"/>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" s="2" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C24" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2"/>
       <c r="F24" s="2"/>
       <c r="G24" s="2"/>
       <c r="H24" s="2"/>
       <c r="I24" s="2"/>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" s="2" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C25" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
-        <v>14</v>
+        <v>46</v>
       </c>
       <c r="F25" s="2"/>
       <c r="G25" s="2"/>
       <c r="H25" s="2"/>
       <c r="I25" s="2"/>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" s="2" t="s">
         <v>47</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C26" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D26" s="2"/>
-      <c r="E26" s="2"/>
+      <c r="E26" s="2" t="s">
+        <v>14</v>
+      </c>
       <c r="F26" s="2"/>
       <c r="G26" s="2"/>
       <c r="H26" s="2"/>
       <c r="I26" s="2"/>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" s="2" t="s">
         <v>48</v>
       </c>
       <c r="B27" s="2" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="D27" s="2"/>
-      <c r="E27" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E27" s="2"/>
       <c r="F27" s="2"/>
       <c r="G27" s="2"/>
       <c r="H27" s="2"/>
       <c r="I27" s="2"/>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" s="2" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C28" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="2"/>
       <c r="G28" s="2"/>
       <c r="H28" s="2"/>
       <c r="I28" s="2"/>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" s="2" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C29" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D29" s="2"/>
-      <c r="E29" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E29" s="2"/>
       <c r="F29" s="2"/>
       <c r="G29" s="2"/>
       <c r="H29" s="2"/>
       <c r="I29" s="2"/>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" s="2" t="s">
+        <v>51</v>
+      </c>
+      <c r="B30" s="2" t="s">
+        <v>52</v>
+      </c>
+      <c r="C30" s="2" t="s">
         <v>53</v>
       </c>
-      <c r="B30" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D30" s="2"/>
-      <c r="E30" s="2" t="s">
-        <v>54</v>
+      <c r="E30" s="2">
+        <v>948264163</v>
       </c>
       <c r="F30" s="2"/>
       <c r="G30" s="2"/>
       <c r="H30" s="2"/>
       <c r="I30" s="2"/>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" s="2" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C31" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
-        <v>56</v>
+        <v>14</v>
       </c>
       <c r="F31" s="2"/>
       <c r="G31" s="2"/>
       <c r="H31" s="2"/>
       <c r="I31" s="2"/>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" s="2" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C32" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D32" s="2"/>
-      <c r="E32" s="2"/>
+      <c r="E32" s="2">
+        <v>200585</v>
+      </c>
       <c r="F32" s="2"/>
       <c r="G32" s="2"/>
       <c r="H32" s="2"/>
       <c r="I32" s="2"/>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" s="2" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="B33" s="2" t="s">
-        <v>10</v>
+        <v>52</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>11</v>
+        <v>53</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
-        <v>14</v>
+        <v>57</v>
       </c>
       <c r="F33" s="2"/>
       <c r="G33" s="2"/>
       <c r="H33" s="2"/>
       <c r="I33" s="2"/>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" s="2" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C34" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
-        <v>14</v>
+        <v>59</v>
       </c>
       <c r="F34" s="2"/>
       <c r="G34" s="2"/>
       <c r="H34" s="2"/>
       <c r="I34" s="2"/>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" s="2" t="s">
         <v>60</v>
       </c>
       <c r="B35" s="2" t="s">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="D35" s="2"/>
-      <c r="E35" s="2" t="s">
-        <v>61</v>
+      <c r="E35" s="2">
+        <v>929508893</v>
       </c>
       <c r="F35" s="2"/>
       <c r="G35" s="2"/>
       <c r="H35" s="2"/>
       <c r="I35" s="2"/>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" s="2" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C36" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D36" s="2"/>
-      <c r="E36" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E36" s="2"/>
       <c r="F36" s="2"/>
       <c r="G36" s="2"/>
       <c r="H36" s="2"/>
       <c r="I36" s="2"/>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" s="2" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="B37" s="2" t="s">
-        <v>64</v>
+        <v>10</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>65</v>
+        <v>11</v>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2" t="s">
         <v>14</v>
       </c>
       <c r="F37" s="2"/>
       <c r="G37" s="2"/>
       <c r="H37" s="2"/>
       <c r="I37" s="2"/>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" s="2" t="s">
-        <v>66</v>
+        <v>63</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C38" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="s">
         <v>14</v>
       </c>
       <c r="F38" s="2"/>
       <c r="G38" s="2"/>
       <c r="H38" s="2"/>
       <c r="I38" s="2"/>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" s="2" t="s">
-        <v>67</v>
+        <v>64</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C39" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2" t="s">
-        <v>68</v>
+        <v>65</v>
       </c>
       <c r="F39" s="2"/>
       <c r="G39" s="2"/>
       <c r="H39" s="2"/>
       <c r="I39" s="2"/>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" s="2" t="s">
-        <v>69</v>
+        <v>66</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C40" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="s">
         <v>14</v>
       </c>
       <c r="F40" s="2"/>
       <c r="G40" s="2"/>
       <c r="H40" s="2"/>
       <c r="I40" s="2"/>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" s="2" t="s">
-        <v>70</v>
+        <v>67</v>
       </c>
       <c r="B41" s="2" t="s">
-        <v>29</v>
+        <v>68</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>30</v>
+        <v>69</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="s">
-        <v>71</v>
+        <v>14</v>
       </c>
       <c r="F41" s="2"/>
       <c r="G41" s="2"/>
       <c r="H41" s="2"/>
       <c r="I41" s="2"/>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" s="2" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C42" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="s">
         <v>14</v>
       </c>
       <c r="F42" s="2"/>
       <c r="G42" s="2"/>
       <c r="H42" s="2"/>
       <c r="I42" s="2"/>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" s="2" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="B43" s="2" t="s">
-        <v>10</v>
+        <v>68</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>11</v>
+        <v>69</v>
       </c>
       <c r="D43" s="2"/>
-      <c r="E43" s="2"/>
+      <c r="E43" s="2" t="s">
+        <v>14</v>
+      </c>
       <c r="F43" s="2"/>
       <c r="G43" s="2"/>
       <c r="H43" s="2"/>
       <c r="I43" s="2"/>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" s="2" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C44" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="F44" s="2"/>
       <c r="G44" s="2"/>
       <c r="H44" s="2"/>
       <c r="I44" s="2"/>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" s="2" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C45" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D45" s="2"/>
-      <c r="E45" s="2"/>
+      <c r="E45" s="2" t="s">
+        <v>14</v>
+      </c>
       <c r="F45" s="2"/>
       <c r="G45" s="2"/>
       <c r="H45" s="2"/>
       <c r="I45" s="2"/>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" s="2" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="B46" s="2" t="s">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="D46" s="2"/>
-      <c r="E46" s="2"/>
+      <c r="E46" s="2" t="s">
+        <v>76</v>
+      </c>
       <c r="F46" s="2"/>
       <c r="G46" s="2"/>
       <c r="H46" s="2"/>
       <c r="I46" s="2"/>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" s="2" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="B47" s="2" t="s">
-        <v>64</v>
+        <v>10</v>
       </c>
       <c r="C47" s="2" t="s">
-        <v>65</v>
+        <v>11</v>
       </c>
       <c r="D47" s="2"/>
-      <c r="E47" s="2"/>
+      <c r="E47" s="2" t="s">
+        <v>14</v>
+      </c>
       <c r="F47" s="2"/>
       <c r="G47" s="2"/>
       <c r="H47" s="2"/>
       <c r="I47" s="2"/>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" s="2" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C48" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2"/>
       <c r="F48" s="2"/>
       <c r="G48" s="2"/>
       <c r="H48" s="2"/>
       <c r="I48" s="2"/>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" s="2" t="s">
+        <v>79</v>
+      </c>
+      <c r="B49" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="C49" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D49" s="2"/>
+      <c r="E49" s="2" t="s">
         <v>80</v>
-      </c>
-[...8 lines deleted...]
-        <v>626665</v>
       </c>
       <c r="F49" s="2"/>
       <c r="G49" s="2"/>
       <c r="H49" s="2"/>
       <c r="I49" s="2"/>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" s="2" t="s">
         <v>81</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C50" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D50" s="2"/>
-      <c r="E50" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E50" s="2"/>
       <c r="F50" s="2"/>
       <c r="G50" s="2"/>
       <c r="H50" s="2"/>
       <c r="I50" s="2"/>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" s="2" t="s">
         <v>82</v>
       </c>
       <c r="B51" s="2" t="s">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="D51" s="2"/>
       <c r="E51" s="2"/>
       <c r="F51" s="2"/>
       <c r="G51" s="2"/>
       <c r="H51" s="2"/>
       <c r="I51" s="2"/>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" s="2" t="s">
         <v>83</v>
       </c>
       <c r="B52" s="2" t="s">
-        <v>10</v>
+        <v>68</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>11</v>
+        <v>69</v>
       </c>
       <c r="D52" s="2"/>
-      <c r="E52" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E52" s="2"/>
       <c r="F52" s="2"/>
       <c r="G52" s="2"/>
       <c r="H52" s="2"/>
       <c r="I52" s="2"/>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" s="2" t="s">
         <v>84</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C53" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D53" s="2"/>
-      <c r="E53" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E53" s="2"/>
       <c r="F53" s="2"/>
       <c r="G53" s="2"/>
       <c r="H53" s="2"/>
       <c r="I53" s="2"/>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" s="2" t="s">
         <v>85</v>
       </c>
       <c r="B54" s="2" t="s">
-        <v>86</v>
+        <v>52</v>
       </c>
       <c r="C54" s="2" t="s">
-        <v>87</v>
+        <v>53</v>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2">
-        <v>882696628</v>
+        <v>626665</v>
       </c>
       <c r="F54" s="2"/>
       <c r="G54" s="2"/>
       <c r="H54" s="2"/>
       <c r="I54" s="2"/>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" s="2" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C55" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D55" s="2"/>
       <c r="E55" s="2" t="s">
         <v>14</v>
       </c>
       <c r="F55" s="2"/>
       <c r="G55" s="2"/>
       <c r="H55" s="2"/>
       <c r="I55" s="2"/>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" s="2" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C56" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2"/>
       <c r="F56" s="2"/>
       <c r="G56" s="2"/>
       <c r="H56" s="2"/>
       <c r="I56" s="2"/>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" s="2" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C57" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D57" s="2"/>
-      <c r="E57" s="2"/>
+      <c r="E57" s="2" t="s">
+        <v>14</v>
+      </c>
       <c r="F57" s="2"/>
       <c r="G57" s="2"/>
       <c r="H57" s="2"/>
       <c r="I57" s="2"/>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" s="2" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C58" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D58" s="2"/>
       <c r="E58" s="2" t="s">
         <v>14</v>
       </c>
       <c r="F58" s="2"/>
       <c r="G58" s="2"/>
       <c r="H58" s="2"/>
       <c r="I58" s="2"/>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" s="2" t="s">
+        <v>90</v>
+      </c>
+      <c r="B59" s="2" t="s">
+        <v>91</v>
+      </c>
+      <c r="C59" s="2" t="s">
         <v>92</v>
       </c>
-      <c r="B59" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D59" s="2"/>
-      <c r="E59" s="2" t="s">
-        <v>14</v>
+      <c r="E59" s="2">
+        <v>882696628</v>
       </c>
       <c r="F59" s="2"/>
       <c r="G59" s="2"/>
       <c r="H59" s="2"/>
       <c r="I59" s="2"/>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" s="2" t="s">
         <v>93</v>
       </c>
       <c r="B60" s="2" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="D60" s="2"/>
-      <c r="E60" s="2">
-        <v>150368</v>
+      <c r="E60" s="2" t="s">
+        <v>14</v>
       </c>
       <c r="F60" s="2"/>
       <c r="G60" s="2"/>
       <c r="H60" s="2"/>
       <c r="I60" s="2"/>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" s="2" t="s">
         <v>94</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C61" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D61" s="2"/>
-      <c r="E61" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="E61" s="2"/>
       <c r="F61" s="2"/>
       <c r="G61" s="2"/>
       <c r="H61" s="2"/>
       <c r="I61" s="2"/>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" s="2" t="s">
         <v>95</v>
       </c>
       <c r="B62" s="2" t="s">
-        <v>64</v>
+        <v>10</v>
       </c>
       <c r="C62" s="2" t="s">
-        <v>65</v>
+        <v>11</v>
       </c>
       <c r="D62" s="2"/>
-      <c r="E62" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E62" s="2"/>
       <c r="F62" s="2"/>
       <c r="G62" s="2"/>
       <c r="H62" s="2"/>
       <c r="I62" s="2"/>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" s="2" t="s">
         <v>96</v>
       </c>
       <c r="B63" s="2" t="s">
-        <v>64</v>
+        <v>10</v>
       </c>
       <c r="C63" s="2" t="s">
-        <v>65</v>
+        <v>11</v>
       </c>
       <c r="D63" s="2"/>
       <c r="E63" s="2" t="s">
         <v>14</v>
       </c>
       <c r="F63" s="2"/>
       <c r="G63" s="2"/>
       <c r="H63" s="2"/>
       <c r="I63" s="2"/>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" s="2" t="s">
         <v>97</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C64" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D64" s="2"/>
-      <c r="E64" s="2"/>
+      <c r="E64" s="2" t="s">
+        <v>14</v>
+      </c>
       <c r="F64" s="2"/>
       <c r="G64" s="2"/>
       <c r="H64" s="2"/>
       <c r="I64" s="2"/>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" s="2" t="s">
         <v>98</v>
       </c>
       <c r="B65" s="2" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="C65" s="2" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="D65" s="2"/>
       <c r="E65" s="2">
-        <v>90944127</v>
+        <v>150368</v>
       </c>
       <c r="F65" s="2"/>
       <c r="G65" s="2"/>
       <c r="H65" s="2"/>
       <c r="I65" s="2"/>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" s="2" t="s">
         <v>99</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C66" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D66" s="2"/>
-      <c r="E66" s="2" t="s">
-        <v>100</v>
+      <c r="E66" s="2">
+        <v>160903</v>
       </c>
       <c r="F66" s="2"/>
       <c r="G66" s="2"/>
       <c r="H66" s="2"/>
       <c r="I66" s="2"/>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" s="2" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="B67" s="2" t="s">
-        <v>10</v>
+        <v>68</v>
       </c>
       <c r="C67" s="2" t="s">
-        <v>11</v>
+        <v>69</v>
       </c>
       <c r="D67" s="2"/>
-      <c r="E67" s="2"/>
+      <c r="E67" s="2" t="s">
+        <v>14</v>
+      </c>
       <c r="F67" s="2"/>
       <c r="G67" s="2"/>
       <c r="H67" s="2"/>
       <c r="I67" s="2"/>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" s="2" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="B68" s="2" t="s">
-        <v>10</v>
+        <v>68</v>
       </c>
       <c r="C68" s="2" t="s">
-        <v>11</v>
+        <v>69</v>
       </c>
       <c r="D68" s="2"/>
-      <c r="E68" s="2"/>
+      <c r="E68" s="2" t="s">
+        <v>14</v>
+      </c>
       <c r="F68" s="2"/>
       <c r="G68" s="2"/>
       <c r="H68" s="2"/>
       <c r="I68" s="2"/>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" s="2" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C69" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D69" s="2"/>
       <c r="E69" s="2"/>
       <c r="F69" s="2"/>
       <c r="G69" s="2"/>
       <c r="H69" s="2"/>
       <c r="I69" s="2"/>
+    </row>
+    <row r="70" spans="1:9">
+      <c r="A70" s="2" t="s">
+        <v>103</v>
+      </c>
+      <c r="B70" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="C70" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D70" s="2"/>
+      <c r="E70" s="2">
+        <v>90944127</v>
+      </c>
+      <c r="F70" s="2"/>
+      <c r="G70" s="2"/>
+      <c r="H70" s="2"/>
+      <c r="I70" s="2"/>
+    </row>
+    <row r="71" spans="1:9">
+      <c r="A71" s="2" t="s">
+        <v>104</v>
+      </c>
+      <c r="B71" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="C71" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D71" s="2"/>
+      <c r="E71" s="2" t="s">
+        <v>105</v>
+      </c>
+      <c r="F71" s="2"/>
+      <c r="G71" s="2"/>
+      <c r="H71" s="2"/>
+      <c r="I71" s="2"/>
+    </row>
+    <row r="72" spans="1:9">
+      <c r="A72" s="2" t="s">
+        <v>106</v>
+      </c>
+      <c r="B72" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="C72" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D72" s="2"/>
+      <c r="E72" s="2" t="s">
+        <v>107</v>
+      </c>
+      <c r="F72" s="2"/>
+      <c r="G72" s="2"/>
+      <c r="H72" s="2"/>
+      <c r="I72" s="2"/>
+    </row>
+    <row r="73" spans="1:9">
+      <c r="A73" s="2" t="s">
+        <v>108</v>
+      </c>
+      <c r="B73" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="C73" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D73" s="2"/>
+      <c r="E73" s="2"/>
+      <c r="F73" s="2"/>
+      <c r="G73" s="2"/>
+      <c r="H73" s="2"/>
+      <c r="I73" s="2"/>
+    </row>
+    <row r="74" spans="1:9">
+      <c r="A74" s="2" t="s">
+        <v>109</v>
+      </c>
+      <c r="B74" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="C74" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D74" s="2"/>
+      <c r="E74" s="2"/>
+      <c r="F74" s="2"/>
+      <c r="G74" s="2"/>
+      <c r="H74" s="2"/>
+      <c r="I74" s="2"/>
+    </row>
+    <row r="75" spans="1:9">
+      <c r="A75" s="2" t="s">
+        <v>110</v>
+      </c>
+      <c r="B75" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="C75" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D75" s="2"/>
+      <c r="E75" s="2"/>
+      <c r="F75" s="2"/>
+      <c r="G75" s="2"/>
+      <c r="H75" s="2"/>
+      <c r="I75" s="2"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>