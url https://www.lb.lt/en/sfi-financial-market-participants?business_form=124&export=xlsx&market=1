--- v0 (2025-11-18)
+++ v1 (2026-02-16)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="97">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="95">
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Type</t>
   </si>
   <si>
     <t>Business form</t>
   </si>
   <si>
     <t>Company code</t>
   </si>
   <si>
     <t>Registration code</t>
   </si>
   <si>
     <t>Licence type/kind</t>
   </si>
   <si>
     <t>Authorization code</t>
   </si>
   <si>
     <t>valid from</t>
   </si>
   <si>
@@ -210,56 +210,50 @@
     <t>LB002246</t>
   </si>
   <si>
     <t>2024-04-16</t>
   </si>
   <si>
     <t xml:space="preserve">Bridge Peer Financial Limited </t>
   </si>
   <si>
     <t>UAB sutelktinio finansavimo platforma „Revestus“</t>
   </si>
   <si>
     <t>LB002266</t>
   </si>
   <si>
     <t>2024-10-22</t>
   </si>
   <si>
     <t>Seedrs Europe Limited</t>
   </si>
   <si>
     <t xml:space="preserve">STARTUPXPLORE, PSFP, S.L. </t>
   </si>
   <si>
     <t>STOCKESTATE CROWDFUNDING S.R.L.</t>
-  </si>
-[...4 lines deleted...]
-    <t>815600B20D4A401EEF31</t>
   </si>
   <si>
     <t>UAB Crowdpear</t>
   </si>
   <si>
     <t>LB002204</t>
   </si>
   <si>
     <t>2023-07-25</t>
   </si>
   <si>
     <t>UAB "FinoMark"</t>
   </si>
   <si>
     <t>LB002226</t>
   </si>
   <si>
     <t>UAB Go investing</t>
   </si>
   <si>
     <t>LB002202</t>
   </si>
   <si>
     <t>2023-07-14</t>
   </si>
@@ -661,54 +655,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I47"/>
+  <dimension ref="A1:I46"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I47" sqref="I47"/>
+      <selection activeCell="I46" sqref="I46"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="40" customWidth="true" style="0"/>
     <col min="2" max="2" width="40" customWidth="true" style="0"/>
     <col min="3" max="3" width="40" customWidth="true" style="0"/>
     <col min="4" max="4" width="40" customWidth="true" style="0"/>
     <col min="5" max="5" width="40" customWidth="true" style="0"/>
     <col min="6" max="6" width="40" customWidth="true" style="0"/>
     <col min="7" max="7" width="40" customWidth="true" style="0"/>
     <col min="8" max="8" width="40" customWidth="true" style="0"/>
     <col min="9" max="9" width="40" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
@@ -1355,365 +1349,346 @@
       <c r="B33" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C33" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
         <v>25</v>
       </c>
       <c r="F33" s="2"/>
       <c r="G33" s="2"/>
       <c r="H33" s="2"/>
       <c r="I33" s="2"/>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" s="2" t="s">
         <v>66</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C34" s="2" t="s">
         <v>10</v>
       </c>
-      <c r="D34" s="2"/>
-      <c r="E34" s="2" t="s">
+      <c r="D34" s="2">
+        <v>305888586</v>
+      </c>
+      <c r="E34" s="2"/>
+      <c r="F34" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="G34" s="2" t="s">
         <v>67</v>
       </c>
-      <c r="F34" s="2"/>
-[...1 lines deleted...]
-      <c r="H34" s="2"/>
+      <c r="H34" s="2" t="s">
+        <v>68</v>
+      </c>
       <c r="I34" s="2"/>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" s="2" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C35" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D35" s="2">
-        <v>305888586</v>
+        <v>305538582</v>
       </c>
       <c r="E35" s="2"/>
       <c r="F35" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G35" s="2" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="H35" s="2" t="s">
-        <v>70</v>
+        <v>42</v>
       </c>
       <c r="I35" s="2"/>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" s="2" t="s">
         <v>71</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C36" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D36" s="2">
-        <v>305538582</v>
+        <v>304784129</v>
       </c>
       <c r="E36" s="2"/>
       <c r="F36" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G36" s="2" t="s">
         <v>72</v>
       </c>
       <c r="H36" s="2" t="s">
-        <v>42</v>
+        <v>73</v>
       </c>
       <c r="I36" s="2"/>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" s="2" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C37" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D37" s="2">
-        <v>304784129</v>
+        <v>305682255</v>
       </c>
       <c r="E37" s="2"/>
       <c r="F37" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G37" s="2" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="H37" s="2" t="s">
-        <v>75</v>
+        <v>68</v>
       </c>
       <c r="I37" s="2"/>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" s="2" t="s">
         <v>76</v>
       </c>
       <c r="B38" s="2" t="s">
-        <v>10</v>
+        <v>77</v>
       </c>
       <c r="C38" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D38" s="2">
-        <v>305682255</v>
+        <v>305576227</v>
       </c>
       <c r="E38" s="2"/>
       <c r="F38" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G38" s="2" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="H38" s="2" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="I38" s="2"/>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" s="2" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B39" s="2" t="s">
-        <v>79</v>
+        <v>10</v>
       </c>
       <c r="C39" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D39" s="2">
-        <v>305576227</v>
+        <v>305519977</v>
       </c>
       <c r="E39" s="2"/>
       <c r="F39" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G39" s="2" t="s">
         <v>80</v>
       </c>
       <c r="H39" s="2" t="s">
-        <v>75</v>
+        <v>42</v>
       </c>
       <c r="I39" s="2"/>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" s="2" t="s">
         <v>81</v>
       </c>
       <c r="B40" s="2" t="s">
-        <v>10</v>
+        <v>49</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="D40" s="2">
-        <v>305519977</v>
+        <v>304570552</v>
       </c>
       <c r="E40" s="2"/>
       <c r="F40" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G40" s="2" t="s">
         <v>82</v>
       </c>
       <c r="H40" s="2" t="s">
         <v>42</v>
       </c>
       <c r="I40" s="2"/>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" s="2" t="s">
         <v>83</v>
       </c>
       <c r="B41" s="2" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="D41" s="2">
-        <v>304570552</v>
+        <v>305328324</v>
       </c>
       <c r="E41" s="2"/>
       <c r="F41" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G41" s="2" t="s">
         <v>84</v>
       </c>
       <c r="H41" s="2" t="s">
-        <v>42</v>
+        <v>85</v>
       </c>
       <c r="I41" s="2"/>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" s="2" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C42" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D42" s="2">
-        <v>305328324</v>
+        <v>304211859</v>
       </c>
       <c r="E42" s="2"/>
       <c r="F42" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G42" s="2" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="H42" s="2" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="I42" s="2"/>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" s="2" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C43" s="2" t="s">
         <v>10</v>
       </c>
-      <c r="D43" s="2">
-[...11 lines deleted...]
-      </c>
+      <c r="D43" s="2"/>
+      <c r="E43" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="F43" s="2"/>
+      <c r="G43" s="2"/>
+      <c r="H43" s="2"/>
       <c r="I43" s="2"/>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" s="2" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C44" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D44" s="2"/>
-      <c r="E44" s="2" t="s">
-        <v>25</v>
+      <c r="E44" s="2">
+        <v>912891868</v>
       </c>
       <c r="F44" s="2"/>
       <c r="G44" s="2"/>
       <c r="H44" s="2"/>
       <c r="I44" s="2"/>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" s="2" t="s">
+        <v>91</v>
+      </c>
+      <c r="B45" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="C45" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="D45" s="2"/>
+      <c r="E45" s="2" t="s">
         <v>92</v>
-      </c>
-[...8 lines deleted...]
-        <v>912891868</v>
       </c>
       <c r="F45" s="2"/>
       <c r="G45" s="2"/>
       <c r="H45" s="2"/>
       <c r="I45" s="2"/>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" s="2" t="s">
         <v>93</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C46" s="2" t="s">
         <v>10</v>
       </c>
-      <c r="D46" s="2"/>
-      <c r="E46" s="2" t="s">
+      <c r="D46" s="2">
+        <v>303336450</v>
+      </c>
+      <c r="E46" s="2"/>
+      <c r="F46" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="G46" s="2" t="s">
         <v>94</v>
       </c>
-      <c r="F46" s="2"/>
-[...1 lines deleted...]
-      <c r="H46" s="2"/>
+      <c r="H46" s="2" t="s">
+        <v>68</v>
+      </c>
       <c r="I46" s="2"/>
-    </row>
-[...23 lines deleted...]
-      <c r="I47" s="2"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>