--- v0 (2025-10-01)
+++ v1 (2026-02-17)
@@ -12,101 +12,107 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="39">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="41">
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Type</t>
   </si>
   <si>
     <t>Business form</t>
   </si>
   <si>
     <t>Company code</t>
   </si>
   <si>
     <t>Registration code</t>
   </si>
   <si>
     <t>Licence type/kind</t>
   </si>
   <si>
     <t>Authorization code</t>
   </si>
   <si>
     <t>valid from</t>
   </si>
   <si>
     <t>valid till</t>
   </si>
   <si>
     <t>BonoDomo Pay, UAB</t>
   </si>
   <si>
     <t>Electronic money institution intermediary</t>
   </si>
   <si>
     <t>Intermediary of an electronic money institution licensed by the Republic of Lithuania</t>
   </si>
   <si>
     <t>DCC Data Communication Company LTD</t>
   </si>
   <si>
     <t>HE367993</t>
   </si>
   <si>
     <t>Era Finance Ltd</t>
   </si>
   <si>
     <t>C 92740</t>
   </si>
   <si>
     <t>Era Finance OU</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Euronet Polska sp. z o. o. </t>
+  </si>
+  <si>
+    <t>526-10-30-333</t>
   </si>
   <si>
     <t>Uždaroji akcinė bendrovė ,,Grūstė"</t>
   </si>
   <si>
     <t>UAB "Gulbelė"</t>
   </si>
   <si>
     <t>Kėdainių rajono vartotojų kooperatyvas</t>
   </si>
   <si>
     <t>MAXIMA LT, UAB</t>
   </si>
   <si>
     <t>Payment institution intermediary, Electronic money institution intermediary, Service providers (non-payment institutions), excluded from the Law on Payments</t>
   </si>
   <si>
     <t>Intermediary of a payment institution licensed in the Republic of Lithuania, Services based on payment instruments that can be used only in a limited way  in the premises of the issuer or within a limited network of service providers, Intermediary of an electronic money institution licensed by the Republic of Lithuania</t>
   </si>
   <si>
     <t xml:space="preserve">More2Save Technologies ApS </t>
   </si>
   <si>
     <t>PS MOBILE ACCESS S.A.S</t>
   </si>
@@ -487,54 +493,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I18"/>
+  <dimension ref="A1:I19"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I18" sqref="I18"/>
+      <selection activeCell="I19" sqref="I19"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="40" customWidth="true" style="0"/>
     <col min="2" max="2" width="40" customWidth="true" style="0"/>
     <col min="3" max="3" width="40" customWidth="true" style="0"/>
     <col min="4" max="4" width="40" customWidth="true" style="0"/>
     <col min="5" max="5" width="40" customWidth="true" style="0"/>
     <col min="6" max="6" width="40" customWidth="true" style="0"/>
     <col min="7" max="7" width="40" customWidth="true" style="0"/>
     <col min="8" max="8" width="40" customWidth="true" style="0"/>
     <col min="9" max="9" width="40" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
@@ -621,292 +627,311 @@
       <c r="B5" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2">
         <v>16080633</v>
       </c>
       <c r="F5" s="2"/>
       <c r="G5" s="2"/>
       <c r="H5" s="2"/>
       <c r="I5" s="2"/>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" s="2" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="D6" s="2">
-[...2 lines deleted...]
-      <c r="E6" s="2"/>
+      <c r="D6" s="2"/>
+      <c r="E6" s="2" t="s">
+        <v>18</v>
+      </c>
       <c r="F6" s="2"/>
       <c r="G6" s="2"/>
       <c r="H6" s="2"/>
       <c r="I6" s="2"/>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D7" s="2">
-        <v>174278339</v>
+        <v>166576122</v>
       </c>
       <c r="E7" s="2"/>
       <c r="F7" s="2"/>
       <c r="G7" s="2"/>
       <c r="H7" s="2"/>
       <c r="I7" s="2"/>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D8" s="2">
-        <v>161387573</v>
+        <v>174278339</v>
       </c>
       <c r="E8" s="2"/>
       <c r="F8" s="2"/>
       <c r="G8" s="2"/>
       <c r="H8" s="2"/>
       <c r="I8" s="2"/>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B9" s="2" t="s">
-        <v>21</v>
+        <v>10</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D9" s="2">
-        <v>123033512</v>
+        <v>161387573</v>
       </c>
       <c r="E9" s="2"/>
       <c r="F9" s="2"/>
       <c r="G9" s="2"/>
       <c r="H9" s="2"/>
       <c r="I9" s="2"/>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="B10" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="B10" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C10" s="2" t="s">
-        <v>11</v>
-[...4 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="D10" s="2">
+        <v>123033512</v>
+      </c>
+      <c r="E10" s="2"/>
       <c r="F10" s="2"/>
       <c r="G10" s="2"/>
       <c r="H10" s="2"/>
       <c r="I10" s="2"/>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" s="2" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2">
-        <v>14966456</v>
+        <v>304715528</v>
       </c>
       <c r="F11" s="2"/>
       <c r="G11" s="2"/>
       <c r="H11" s="2"/>
       <c r="I11" s="2"/>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" s="2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D12" s="2"/>
-      <c r="E12" s="2" t="s">
-        <v>26</v>
+      <c r="E12" s="2">
+        <v>14966456</v>
       </c>
       <c r="F12" s="2"/>
       <c r="G12" s="2"/>
       <c r="H12" s="2"/>
       <c r="I12" s="2"/>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" s="2" t="s">
         <v>27</v>
       </c>
       <c r="B13" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="C13" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D13" s="2"/>
+      <c r="E13" s="2" t="s">
         <v>28</v>
       </c>
-      <c r="C13" s="2" t="s">
-[...14 lines deleted...]
-      </c>
+      <c r="F13" s="2"/>
+      <c r="G13" s="2"/>
+      <c r="H13" s="2"/>
       <c r="I13" s="2"/>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="B14" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="C14" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="D14" s="2">
+        <v>302575294</v>
+      </c>
+      <c r="E14" s="2"/>
+      <c r="F14" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="G14" s="2" t="s">
         <v>33</v>
       </c>
-      <c r="B14" s="2" t="s">
-[...11 lines deleted...]
-      <c r="H14" s="2"/>
+      <c r="H14" s="2" t="s">
+        <v>34</v>
+      </c>
       <c r="I14" s="2"/>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" s="2" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D15" s="2">
-        <v>305243621</v>
+        <v>145626981</v>
       </c>
       <c r="E15" s="2"/>
       <c r="F15" s="2"/>
       <c r="G15" s="2"/>
       <c r="H15" s="2"/>
       <c r="I15" s="2"/>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" s="2" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B16" s="2" t="s">
-        <v>36</v>
+        <v>10</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D16" s="2">
-        <v>178715423</v>
+        <v>305243621</v>
       </c>
       <c r="E16" s="2"/>
       <c r="F16" s="2"/>
       <c r="G16" s="2"/>
       <c r="H16" s="2"/>
       <c r="I16" s="2"/>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" s="2" t="s">
         <v>37</v>
       </c>
       <c r="B17" s="2" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D17" s="2">
-        <v>182906466</v>
+        <v>178715423</v>
       </c>
       <c r="E17" s="2"/>
       <c r="F17" s="2"/>
       <c r="G17" s="2"/>
       <c r="H17" s="2"/>
       <c r="I17" s="2"/>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" s="2" t="s">
+        <v>39</v>
+      </c>
+      <c r="B18" s="2" t="s">
         <v>38</v>
       </c>
-      <c r="B18" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C18" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D18" s="2">
-        <v>183738929</v>
+        <v>182906466</v>
       </c>
       <c r="E18" s="2"/>
       <c r="F18" s="2"/>
       <c r="G18" s="2"/>
       <c r="H18" s="2"/>
       <c r="I18" s="2"/>
+    </row>
+    <row r="19" spans="1:9">
+      <c r="A19" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="B19" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="C19" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D19" s="2">
+        <v>183738929</v>
+      </c>
+      <c r="E19" s="2"/>
+      <c r="F19" s="2"/>
+      <c r="G19" s="2"/>
+      <c r="H19" s="2"/>
+      <c r="I19" s="2"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>