--- v0 (2025-10-11)
+++ v1 (2025-11-28)
@@ -12,113 +12,110 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="21">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="20">
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Type</t>
   </si>
   <si>
     <t>Business form</t>
   </si>
   <si>
     <t>Company code</t>
   </si>
   <si>
     <t>Registration code</t>
   </si>
   <si>
     <t>Licence type/kind</t>
   </si>
   <si>
     <t>Authorization code</t>
   </si>
   <si>
     <t>valid from</t>
   </si>
   <si>
     <t>valid till</t>
   </si>
   <si>
     <t>Lietuvos centrinė kredito unija</t>
   </si>
   <si>
     <t>Central Credit Union, Real-estate related credit intermediary, Consumer credit provider</t>
   </si>
   <si>
     <t>Central Credit Union, Dependent credit intermediaries operating on behalf of more than one lender and in accordance with the Republic of Lithuania Law on Real Estate Related Credit</t>
   </si>
   <si>
     <t>Central credit union licence</t>
   </si>
   <si>
     <t>LB000277</t>
   </si>
   <si>
-    <t>MB „Finansų patarimai“</t>
+    <t>UAB "Hipotekiniai kreditai"</t>
+  </si>
+  <si>
+    <t>Real-estate related credit provider, Real-estate related credit intermediary</t>
+  </si>
+  <si>
+    <t>Lenders operating in accordance with the Republic of Lithuania Law on Real Estate Related Credit, Dependent credit intermediaries operating on behalf of more than one lender and in accordance with the Republic of Lithuania Law on Real Estate Related Credit</t>
+  </si>
+  <si>
+    <t>UAB "Vertikalus dangus"</t>
   </si>
   <si>
     <t>Real-estate related credit intermediary</t>
   </si>
   <si>
     <t>Dependent credit intermediaries operating on behalf of more than one lender and in accordance with the Republic of Lithuania Law on Real Estate Related Credit</t>
-  </si>
-[...10 lines deleted...]
-    <t>UAB "Vertikalus dangus"</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -433,54 +430,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I5"/>
+  <dimension ref="A1:I4"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I5" sqref="I5"/>
+      <selection activeCell="I4" sqref="I4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="40" customWidth="true" style="0"/>
     <col min="2" max="2" width="40" customWidth="true" style="0"/>
     <col min="3" max="3" width="40" customWidth="true" style="0"/>
     <col min="4" max="4" width="40" customWidth="true" style="0"/>
     <col min="5" max="5" width="40" customWidth="true" style="0"/>
     <col min="6" max="6" width="40" customWidth="true" style="0"/>
     <col min="7" max="7" width="40" customWidth="true" style="0"/>
     <col min="8" max="8" width="40" customWidth="true" style="0"/>
     <col min="9" max="9" width="40" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
@@ -515,95 +512,76 @@
       </c>
       <c r="D2" s="2">
         <v>110086034</v>
       </c>
       <c r="E2" s="2"/>
       <c r="F2" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>13</v>
       </c>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" s="2" t="s">
         <v>14</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>15</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>16</v>
       </c>
       <c r="D3" s="2">
-        <v>305261427</v>
+        <v>304374977</v>
       </c>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" s="2" t="s">
         <v>17</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>19</v>
       </c>
       <c r="D4" s="2">
-        <v>304374977</v>
+        <v>305088516</v>
       </c>
       <c r="E4" s="2"/>
       <c r="F4" s="2"/>
       <c r="G4" s="2"/>
       <c r="H4" s="2"/>
       <c r="I4" s="2"/>
-    </row>
-[...17 lines deleted...]
-      <c r="I5" s="2"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>