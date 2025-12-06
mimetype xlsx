--- v0 (2025-10-15)
+++ v1 (2025-12-06)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="117">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="118">
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Type</t>
   </si>
   <si>
     <t>Business form</t>
   </si>
   <si>
     <t>Company code</t>
   </si>
   <si>
     <t>Registration code</t>
   </si>
   <si>
     <t>Licence type/kind</t>
   </si>
   <si>
     <t>Authorization code</t>
   </si>
   <si>
     <t>valid from</t>
   </si>
   <si>
@@ -270,50 +270,53 @@
     <t>UADBB „Mama LT“</t>
   </si>
   <si>
     <t xml:space="preserve">„Man ramu“, UAB </t>
   </si>
   <si>
     <t>UADBB „Mano brokeris“</t>
   </si>
   <si>
     <t>UADBB „MARSH LIETUVA“</t>
   </si>
   <si>
     <t>UADBB „Minaris“</t>
   </si>
   <si>
     <t>UADBB ,,MTI brokeris"</t>
   </si>
   <si>
     <t>UADBB „NAUDRA“</t>
   </si>
   <si>
     <t>UADBB  „NNSA“</t>
   </si>
   <si>
     <t>UADBB „Noxale“</t>
+  </si>
+  <si>
+    <t>Olara, UAB</t>
   </si>
   <si>
     <t>UADBB „Olvirga“</t>
   </si>
   <si>
     <t>One underwriting, UAB</t>
   </si>
   <si>
     <t>UADBB „Pamario draudimas“</t>
   </si>
   <si>
     <t>UADBB „Perlo draudimo brokeris“</t>
   </si>
   <si>
     <t>UADBB "Pragma Insurance Brokers"</t>
   </si>
   <si>
     <t>Primus Insurance Brokers, UAB</t>
   </si>
   <si>
     <t>Revolut Insurance Europe UAB</t>
   </si>
   <si>
     <t>UADDB „Rinkos Insurance Solutions“</t>
   </si>
@@ -721,54 +724,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I106"/>
+  <dimension ref="A1:I107"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I106" sqref="I106"/>
+      <selection activeCell="I107" sqref="I107"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="40" customWidth="true" style="0"/>
     <col min="2" max="2" width="40" customWidth="true" style="0"/>
     <col min="3" max="3" width="40" customWidth="true" style="0"/>
     <col min="4" max="4" width="40" customWidth="true" style="0"/>
     <col min="5" max="5" width="40" customWidth="true" style="0"/>
     <col min="6" max="6" width="40" customWidth="true" style="0"/>
     <col min="7" max="7" width="40" customWidth="true" style="0"/>
     <col min="8" max="8" width="40" customWidth="true" style="0"/>
     <col min="9" max="9" width="40" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
@@ -2188,627 +2191,646 @@
         <v>10</v>
       </c>
       <c r="C75" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D75" s="2">
         <v>135518053</v>
       </c>
       <c r="E75" s="2"/>
       <c r="F75" s="2"/>
       <c r="G75" s="2"/>
       <c r="H75" s="2"/>
       <c r="I75" s="2"/>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" s="2" t="s">
         <v>86</v>
       </c>
       <c r="B76" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C76" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D76" s="2">
-        <v>179419555</v>
+        <v>307268491</v>
       </c>
       <c r="E76" s="2"/>
       <c r="F76" s="2"/>
       <c r="G76" s="2"/>
       <c r="H76" s="2"/>
       <c r="I76" s="2"/>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" s="2" t="s">
         <v>87</v>
       </c>
       <c r="B77" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C77" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D77" s="2">
-        <v>125961851</v>
+        <v>179419555</v>
       </c>
       <c r="E77" s="2"/>
       <c r="F77" s="2"/>
       <c r="G77" s="2"/>
       <c r="H77" s="2"/>
       <c r="I77" s="2"/>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" s="2" t="s">
         <v>88</v>
       </c>
       <c r="B78" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C78" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D78" s="2">
-        <v>177412462</v>
+        <v>125961851</v>
       </c>
       <c r="E78" s="2"/>
       <c r="F78" s="2"/>
       <c r="G78" s="2"/>
       <c r="H78" s="2"/>
       <c r="I78" s="2"/>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" s="2" t="s">
         <v>89</v>
       </c>
       <c r="B79" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C79" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D79" s="2">
-        <v>302919813</v>
+        <v>177412462</v>
       </c>
       <c r="E79" s="2"/>
       <c r="F79" s="2"/>
       <c r="G79" s="2"/>
       <c r="H79" s="2"/>
       <c r="I79" s="2"/>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" s="2" t="s">
         <v>90</v>
       </c>
       <c r="B80" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C80" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D80" s="2">
-        <v>300554522</v>
+        <v>302919813</v>
       </c>
       <c r="E80" s="2"/>
       <c r="F80" s="2"/>
       <c r="G80" s="2"/>
       <c r="H80" s="2"/>
       <c r="I80" s="2"/>
     </row>
     <row r="81" spans="1:9">
       <c r="A81" s="2" t="s">
         <v>91</v>
       </c>
       <c r="B81" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C81" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D81" s="2">
-        <v>135600365</v>
+        <v>300554522</v>
       </c>
       <c r="E81" s="2"/>
       <c r="F81" s="2"/>
       <c r="G81" s="2"/>
       <c r="H81" s="2"/>
       <c r="I81" s="2"/>
     </row>
     <row r="82" spans="1:9">
       <c r="A82" s="2" t="s">
         <v>92</v>
       </c>
       <c r="B82" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C82" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D82" s="2">
-        <v>305910164</v>
+        <v>135600365</v>
       </c>
       <c r="E82" s="2"/>
       <c r="F82" s="2"/>
       <c r="G82" s="2"/>
       <c r="H82" s="2"/>
       <c r="I82" s="2"/>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" s="2" t="s">
         <v>93</v>
       </c>
       <c r="B83" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C83" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D83" s="2">
-        <v>124277099</v>
+        <v>305910164</v>
       </c>
       <c r="E83" s="2"/>
       <c r="F83" s="2"/>
       <c r="G83" s="2"/>
       <c r="H83" s="2"/>
       <c r="I83" s="2"/>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" s="2" t="s">
         <v>94</v>
       </c>
       <c r="B84" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C84" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D84" s="2">
-        <v>126231645</v>
+        <v>124277099</v>
       </c>
       <c r="E84" s="2"/>
       <c r="F84" s="2"/>
       <c r="G84" s="2"/>
       <c r="H84" s="2"/>
       <c r="I84" s="2"/>
     </row>
     <row r="85" spans="1:9">
       <c r="A85" s="2" t="s">
         <v>95</v>
       </c>
       <c r="B85" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C85" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D85" s="2">
-        <v>124586925</v>
+        <v>126231645</v>
       </c>
       <c r="E85" s="2"/>
       <c r="F85" s="2"/>
       <c r="G85" s="2"/>
       <c r="H85" s="2"/>
       <c r="I85" s="2"/>
     </row>
     <row r="86" spans="1:9">
       <c r="A86" s="2" t="s">
         <v>96</v>
       </c>
       <c r="B86" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C86" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D86" s="2">
-        <v>123420249</v>
+        <v>124586925</v>
       </c>
       <c r="E86" s="2"/>
       <c r="F86" s="2"/>
       <c r="G86" s="2"/>
       <c r="H86" s="2"/>
       <c r="I86" s="2"/>
     </row>
     <row r="87" spans="1:9">
       <c r="A87" s="2" t="s">
         <v>97</v>
       </c>
       <c r="B87" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C87" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D87" s="2">
-        <v>148331096</v>
+        <v>123420249</v>
       </c>
       <c r="E87" s="2"/>
       <c r="F87" s="2"/>
       <c r="G87" s="2"/>
       <c r="H87" s="2"/>
       <c r="I87" s="2"/>
     </row>
     <row r="88" spans="1:9">
       <c r="A88" s="2" t="s">
         <v>98</v>
       </c>
       <c r="B88" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C88" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D88" s="2">
-        <v>135956518</v>
+        <v>148331096</v>
       </c>
       <c r="E88" s="2"/>
       <c r="F88" s="2"/>
       <c r="G88" s="2"/>
       <c r="H88" s="2"/>
       <c r="I88" s="2"/>
     </row>
     <row r="89" spans="1:9">
       <c r="A89" s="2" t="s">
         <v>99</v>
       </c>
       <c r="B89" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C89" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D89" s="2">
-        <v>134666241</v>
+        <v>135956518</v>
       </c>
       <c r="E89" s="2"/>
       <c r="F89" s="2"/>
       <c r="G89" s="2"/>
       <c r="H89" s="2"/>
       <c r="I89" s="2"/>
     </row>
     <row r="90" spans="1:9">
       <c r="A90" s="2" t="s">
         <v>100</v>
       </c>
       <c r="B90" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C90" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D90" s="2">
-        <v>136052719</v>
+        <v>134666241</v>
       </c>
       <c r="E90" s="2"/>
       <c r="F90" s="2"/>
       <c r="G90" s="2"/>
       <c r="H90" s="2"/>
       <c r="I90" s="2"/>
     </row>
     <row r="91" spans="1:9">
       <c r="A91" s="2" t="s">
         <v>101</v>
       </c>
       <c r="B91" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C91" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D91" s="2">
-        <v>125488416</v>
+        <v>136052719</v>
       </c>
       <c r="E91" s="2"/>
       <c r="F91" s="2"/>
       <c r="G91" s="2"/>
       <c r="H91" s="2"/>
       <c r="I91" s="2"/>
     </row>
     <row r="92" spans="1:9">
       <c r="A92" s="2" t="s">
         <v>102</v>
       </c>
       <c r="B92" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C92" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D92" s="2">
-        <v>135504267</v>
+        <v>125488416</v>
       </c>
       <c r="E92" s="2"/>
       <c r="F92" s="2"/>
       <c r="G92" s="2"/>
       <c r="H92" s="2"/>
       <c r="I92" s="2"/>
     </row>
     <row r="93" spans="1:9">
       <c r="A93" s="2" t="s">
         <v>103</v>
       </c>
       <c r="B93" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C93" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D93" s="2">
-        <v>304171699</v>
+        <v>135504267</v>
       </c>
       <c r="E93" s="2"/>
       <c r="F93" s="2"/>
       <c r="G93" s="2"/>
       <c r="H93" s="2"/>
       <c r="I93" s="2"/>
     </row>
     <row r="94" spans="1:9">
       <c r="A94" s="2" t="s">
         <v>104</v>
       </c>
       <c r="B94" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C94" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D94" s="2">
-        <v>302778451</v>
+        <v>304171699</v>
       </c>
       <c r="E94" s="2"/>
       <c r="F94" s="2"/>
       <c r="G94" s="2"/>
       <c r="H94" s="2"/>
       <c r="I94" s="2"/>
     </row>
     <row r="95" spans="1:9">
       <c r="A95" s="2" t="s">
         <v>105</v>
       </c>
       <c r="B95" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C95" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D95" s="2">
-        <v>305239434</v>
+        <v>302778451</v>
       </c>
       <c r="E95" s="2"/>
       <c r="F95" s="2"/>
       <c r="G95" s="2"/>
       <c r="H95" s="2"/>
       <c r="I95" s="2"/>
     </row>
     <row r="96" spans="1:9">
       <c r="A96" s="2" t="s">
         <v>106</v>
       </c>
       <c r="B96" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C96" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D96" s="2">
-        <v>306408645</v>
+        <v>305239434</v>
       </c>
       <c r="E96" s="2"/>
       <c r="F96" s="2"/>
       <c r="G96" s="2"/>
       <c r="H96" s="2"/>
       <c r="I96" s="2"/>
     </row>
     <row r="97" spans="1:9">
       <c r="A97" s="2" t="s">
         <v>107</v>
       </c>
       <c r="B97" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C97" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D97" s="2">
-        <v>304732456</v>
+        <v>306408645</v>
       </c>
       <c r="E97" s="2"/>
       <c r="F97" s="2"/>
       <c r="G97" s="2"/>
       <c r="H97" s="2"/>
       <c r="I97" s="2"/>
     </row>
     <row r="98" spans="1:9">
       <c r="A98" s="2" t="s">
         <v>108</v>
       </c>
       <c r="B98" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C98" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D98" s="2">
-        <v>306125280</v>
+        <v>304732456</v>
       </c>
       <c r="E98" s="2"/>
       <c r="F98" s="2"/>
       <c r="G98" s="2"/>
       <c r="H98" s="2"/>
       <c r="I98" s="2"/>
     </row>
     <row r="99" spans="1:9">
       <c r="A99" s="2" t="s">
         <v>109</v>
       </c>
       <c r="B99" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C99" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D99" s="2">
-        <v>307129716</v>
+        <v>306125280</v>
       </c>
       <c r="E99" s="2"/>
       <c r="F99" s="2"/>
       <c r="G99" s="2"/>
       <c r="H99" s="2"/>
       <c r="I99" s="2"/>
     </row>
     <row r="100" spans="1:9">
       <c r="A100" s="2" t="s">
         <v>110</v>
       </c>
       <c r="B100" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C100" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D100" s="2">
-        <v>305486388</v>
+        <v>307129716</v>
       </c>
       <c r="E100" s="2"/>
       <c r="F100" s="2"/>
       <c r="G100" s="2"/>
       <c r="H100" s="2"/>
       <c r="I100" s="2"/>
     </row>
     <row r="101" spans="1:9">
       <c r="A101" s="2" t="s">
         <v>111</v>
       </c>
       <c r="B101" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C101" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D101" s="2">
-        <v>305563895</v>
+        <v>305486388</v>
       </c>
       <c r="E101" s="2"/>
       <c r="F101" s="2"/>
       <c r="G101" s="2"/>
       <c r="H101" s="2"/>
       <c r="I101" s="2"/>
     </row>
     <row r="102" spans="1:9">
       <c r="A102" s="2" t="s">
         <v>112</v>
       </c>
       <c r="B102" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C102" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D102" s="2">
-        <v>305284721</v>
+        <v>305563895</v>
       </c>
       <c r="E102" s="2"/>
       <c r="F102" s="2"/>
       <c r="G102" s="2"/>
       <c r="H102" s="2"/>
       <c r="I102" s="2"/>
     </row>
     <row r="103" spans="1:9">
       <c r="A103" s="2" t="s">
         <v>113</v>
       </c>
       <c r="B103" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C103" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D103" s="2">
-        <v>125942922</v>
+        <v>305284721</v>
       </c>
       <c r="E103" s="2"/>
       <c r="F103" s="2"/>
       <c r="G103" s="2"/>
       <c r="H103" s="2"/>
       <c r="I103" s="2"/>
     </row>
     <row r="104" spans="1:9">
       <c r="A104" s="2" t="s">
         <v>114</v>
       </c>
       <c r="B104" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C104" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D104" s="2">
-        <v>135715225</v>
+        <v>125942922</v>
       </c>
       <c r="E104" s="2"/>
       <c r="F104" s="2"/>
       <c r="G104" s="2"/>
       <c r="H104" s="2"/>
       <c r="I104" s="2"/>
     </row>
     <row r="105" spans="1:9">
       <c r="A105" s="2" t="s">
         <v>115</v>
       </c>
       <c r="B105" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C105" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D105" s="2">
-        <v>124477185</v>
+        <v>135715225</v>
       </c>
       <c r="E105" s="2"/>
       <c r="F105" s="2"/>
       <c r="G105" s="2"/>
       <c r="H105" s="2"/>
       <c r="I105" s="2"/>
     </row>
     <row r="106" spans="1:9">
       <c r="A106" s="2" t="s">
         <v>116</v>
       </c>
       <c r="B106" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C106" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D106" s="2">
-        <v>305650923</v>
+        <v>124477185</v>
       </c>
       <c r="E106" s="2"/>
       <c r="F106" s="2"/>
       <c r="G106" s="2"/>
       <c r="H106" s="2"/>
       <c r="I106" s="2"/>
+    </row>
+    <row r="107" spans="1:9">
+      <c r="A107" s="2" t="s">
+        <v>117</v>
+      </c>
+      <c r="B107" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="C107" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D107" s="2">
+        <v>305650923</v>
+      </c>
+      <c r="E107" s="2"/>
+      <c r="F107" s="2"/>
+      <c r="G107" s="2"/>
+      <c r="H107" s="2"/>
+      <c r="I107" s="2"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>