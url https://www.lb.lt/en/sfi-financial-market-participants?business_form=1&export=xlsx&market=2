--- v1 (2025-12-06)
+++ v2 (2026-03-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="118">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="119">
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Type</t>
   </si>
   <si>
     <t>Business form</t>
   </si>
   <si>
     <t>Company code</t>
   </si>
   <si>
     <t>Registration code</t>
   </si>
   <si>
     <t>Licence type/kind</t>
   </si>
   <si>
     <t>Authorization code</t>
   </si>
   <si>
     <t>valid from</t>
   </si>
   <si>
@@ -182,51 +182,51 @@
   <si>
     <t>UADBB "EFEKTYVUS SPRENDIMAS"</t>
   </si>
   <si>
     <t>UADBB "Elviladė"</t>
   </si>
   <si>
     <t>UADBB "Esame kartu"</t>
   </si>
   <si>
     <t>UADBB "EUROBROKER"</t>
   </si>
   <si>
     <t>UADBB „Euromaksas“</t>
   </si>
   <si>
     <t>UADBB „FILLIX“</t>
   </si>
   <si>
     <t>UADBB „FT Broker“</t>
   </si>
   <si>
     <t xml:space="preserve">GrECo International LT, UADBB </t>
   </si>
   <si>
-    <t>GrECo Sagauta, UADBB</t>
+    <t>GrECo Lietuva, UADBB</t>
   </si>
   <si>
     <t>UADBB „Hokena“</t>
   </si>
   <si>
     <t>UADBB „Infodra“</t>
   </si>
   <si>
     <t>UADBB "Inpacto"</t>
   </si>
   <si>
     <t>UADBB  „Insurance Brokers Group“</t>
   </si>
   <si>
     <t>UADBB "Investicijų brokeris"</t>
   </si>
   <si>
     <t>UADBB "Investicijų garantas"</t>
   </si>
   <si>
     <t>UADBB IVP Partners</t>
   </si>
   <si>
     <t>UADBB „Jota“</t>
   </si>
@@ -336,50 +336,53 @@
     <t>UADBB "Sėkmės partneris"</t>
   </si>
   <si>
     <t>UADBB „Serdra“</t>
   </si>
   <si>
     <t>UADBB „SID insurance“</t>
   </si>
   <si>
     <t>UADBB "Socialines garantijos"</t>
   </si>
   <si>
     <t>UADBB „Spainetos draudimas“</t>
   </si>
   <si>
     <t>UADBB „SST Brokeris“</t>
   </si>
   <si>
     <t>UADBB ,,Tavo draudimas"</t>
   </si>
   <si>
     <t>UAB „Draudimo inovacijos“</t>
   </si>
   <si>
     <t>UAB "Drausfera"</t>
+  </si>
+  <si>
+    <t xml:space="preserve">UAB Inchcape Insurance Broker </t>
   </si>
   <si>
     <t>UADBB Baltijos draudimo centras</t>
   </si>
   <si>
     <t>UADBB Draudimo namai</t>
   </si>
   <si>
     <t>Uždaroji akcinė draudimo brokerių bendrovė "Draudimo partneriai"</t>
   </si>
   <si>
     <t>UADBB „H Brokers“</t>
   </si>
   <si>
     <t>UADBB „Noto draudimas“</t>
   </si>
   <si>
     <t>UADBB „Visos draudimo paslaugos“</t>
   </si>
   <si>
     <t>UADBB „VITAPOLIS“</t>
   </si>
   <si>
     <t>UADBB „VK draudimas“</t>
   </si>
@@ -724,54 +727,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I107"/>
+  <dimension ref="A1:I108"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I107" sqref="I107"/>
+      <selection activeCell="I108" sqref="I108"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="40" customWidth="true" style="0"/>
     <col min="2" max="2" width="40" customWidth="true" style="0"/>
     <col min="3" max="3" width="40" customWidth="true" style="0"/>
     <col min="4" max="4" width="40" customWidth="true" style="0"/>
     <col min="5" max="5" width="40" customWidth="true" style="0"/>
     <col min="6" max="6" width="40" customWidth="true" style="0"/>
     <col min="7" max="7" width="40" customWidth="true" style="0"/>
     <col min="8" max="8" width="40" customWidth="true" style="0"/>
     <col min="9" max="9" width="40" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
@@ -2609,228 +2612,247 @@
         <v>10</v>
       </c>
       <c r="C97" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D97" s="2">
         <v>306408645</v>
       </c>
       <c r="E97" s="2"/>
       <c r="F97" s="2"/>
       <c r="G97" s="2"/>
       <c r="H97" s="2"/>
       <c r="I97" s="2"/>
     </row>
     <row r="98" spans="1:9">
       <c r="A98" s="2" t="s">
         <v>108</v>
       </c>
       <c r="B98" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C98" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D98" s="2">
-        <v>304732456</v>
+        <v>307201763</v>
       </c>
       <c r="E98" s="2"/>
       <c r="F98" s="2"/>
       <c r="G98" s="2"/>
       <c r="H98" s="2"/>
       <c r="I98" s="2"/>
     </row>
     <row r="99" spans="1:9">
       <c r="A99" s="2" t="s">
         <v>109</v>
       </c>
       <c r="B99" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C99" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D99" s="2">
-        <v>306125280</v>
+        <v>304732456</v>
       </c>
       <c r="E99" s="2"/>
       <c r="F99" s="2"/>
       <c r="G99" s="2"/>
       <c r="H99" s="2"/>
       <c r="I99" s="2"/>
     </row>
     <row r="100" spans="1:9">
       <c r="A100" s="2" t="s">
         <v>110</v>
       </c>
       <c r="B100" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C100" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D100" s="2">
-        <v>307129716</v>
+        <v>306125280</v>
       </c>
       <c r="E100" s="2"/>
       <c r="F100" s="2"/>
       <c r="G100" s="2"/>
       <c r="H100" s="2"/>
       <c r="I100" s="2"/>
     </row>
     <row r="101" spans="1:9">
       <c r="A101" s="2" t="s">
         <v>111</v>
       </c>
       <c r="B101" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C101" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D101" s="2">
-        <v>305486388</v>
+        <v>307129716</v>
       </c>
       <c r="E101" s="2"/>
       <c r="F101" s="2"/>
       <c r="G101" s="2"/>
       <c r="H101" s="2"/>
       <c r="I101" s="2"/>
     </row>
     <row r="102" spans="1:9">
       <c r="A102" s="2" t="s">
         <v>112</v>
       </c>
       <c r="B102" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C102" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D102" s="2">
-        <v>305563895</v>
+        <v>305486388</v>
       </c>
       <c r="E102" s="2"/>
       <c r="F102" s="2"/>
       <c r="G102" s="2"/>
       <c r="H102" s="2"/>
       <c r="I102" s="2"/>
     </row>
     <row r="103" spans="1:9">
       <c r="A103" s="2" t="s">
         <v>113</v>
       </c>
       <c r="B103" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C103" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D103" s="2">
-        <v>305284721</v>
+        <v>305563895</v>
       </c>
       <c r="E103" s="2"/>
       <c r="F103" s="2"/>
       <c r="G103" s="2"/>
       <c r="H103" s="2"/>
       <c r="I103" s="2"/>
     </row>
     <row r="104" spans="1:9">
       <c r="A104" s="2" t="s">
         <v>114</v>
       </c>
       <c r="B104" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C104" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D104" s="2">
-        <v>125942922</v>
+        <v>305284721</v>
       </c>
       <c r="E104" s="2"/>
       <c r="F104" s="2"/>
       <c r="G104" s="2"/>
       <c r="H104" s="2"/>
       <c r="I104" s="2"/>
     </row>
     <row r="105" spans="1:9">
       <c r="A105" s="2" t="s">
         <v>115</v>
       </c>
       <c r="B105" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C105" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D105" s="2">
-        <v>135715225</v>
+        <v>125942922</v>
       </c>
       <c r="E105" s="2"/>
       <c r="F105" s="2"/>
       <c r="G105" s="2"/>
       <c r="H105" s="2"/>
       <c r="I105" s="2"/>
     </row>
     <row r="106" spans="1:9">
       <c r="A106" s="2" t="s">
         <v>116</v>
       </c>
       <c r="B106" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C106" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D106" s="2">
-        <v>124477185</v>
+        <v>135715225</v>
       </c>
       <c r="E106" s="2"/>
       <c r="F106" s="2"/>
       <c r="G106" s="2"/>
       <c r="H106" s="2"/>
       <c r="I106" s="2"/>
     </row>
     <row r="107" spans="1:9">
       <c r="A107" s="2" t="s">
         <v>117</v>
       </c>
       <c r="B107" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C107" s="2" t="s">
         <v>11</v>
       </c>
       <c r="D107" s="2">
-        <v>305650923</v>
+        <v>124477185</v>
       </c>
       <c r="E107" s="2"/>
       <c r="F107" s="2"/>
       <c r="G107" s="2"/>
       <c r="H107" s="2"/>
       <c r="I107" s="2"/>
+    </row>
+    <row r="108" spans="1:9">
+      <c r="A108" s="2" t="s">
+        <v>118</v>
+      </c>
+      <c r="B108" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="C108" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D108" s="2">
+        <v>305650923</v>
+      </c>
+      <c r="E108" s="2"/>
+      <c r="F108" s="2"/>
+      <c r="G108" s="2"/>
+      <c r="H108" s="2"/>
+      <c r="I108" s="2"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>